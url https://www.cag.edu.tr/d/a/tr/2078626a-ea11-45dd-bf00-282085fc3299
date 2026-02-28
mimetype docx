--- v0 (2025-10-10)
+++ v1 (2026-02-28)
@@ -1,8695 +1,9373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/theme/themeOverride2.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10980" w:type="dxa"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
+        <w:tblW w:w="11358" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="897"/>
-[...13 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="967"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="47"/>
         <w:gridCol w:w="353"/>
-        <w:gridCol w:w="185"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1449"/>
+        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="959"/>
+        <w:gridCol w:w="688"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="366"/>
+        <w:gridCol w:w="718"/>
+        <w:gridCol w:w="27"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="2041"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E7D27" w:rsidTr="003E7D27">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00AD2EF8" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="00B50059">
         <w:trPr>
-          <w:trHeight w:val="550"/>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="26"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6671855B" w14:textId="77777777" w:rsidR="00731834" w:rsidRPr="00731834" w:rsidRDefault="00731834" w:rsidP="00731834">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00731834">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>DERS İZLENCESİ (SYLLABUS)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE1DD46" w14:textId="70112487" w:rsidR="005A2B8A" w:rsidRPr="00AD2EF8" w:rsidRDefault="001F3686" w:rsidP="00731834">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Fen Edebiyat</w:t>
+            </w:r>
+            <w:r w:rsidR="00731834" w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fakültesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="00AD2EF8" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="00471716">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin </w:t>
+            </w:r>
+            <w:r w:rsidR="00482527" w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00AD2EF8" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00AD2EF8" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00AD2EF8" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CE5" w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Değeri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="00471716">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD4430" w14:textId="6FD8282A" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FLG </w:t>
+            </w:r>
+            <w:r w:rsidR="00F30103">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A70B1C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332DDDD9" w14:textId="4C643766" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> İkinci Yabancı Dil I</w:t>
+            </w:r>
+            <w:r w:rsidR="008A57CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Almanca)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A4A3C7" w14:textId="7F08D67E" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00584167">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>-1-</w:t>
+            </w:r>
+            <w:r w:rsidR="00584167">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242BC9E2" w14:textId="1FE16292" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00584167" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A6A2EB" w14:textId="1A59B0E8" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Ön koşul Dersler:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC4E30B" w14:textId="551551AC" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FLG </w:t>
+            </w:r>
+            <w:r w:rsidR="00F30103">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A70B1C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="008A57CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, FLG </w:t>
+            </w:r>
+            <w:r w:rsidR="00F30103">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A70B1C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidR="008A57CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, FLG </w:t>
+            </w:r>
+            <w:r w:rsidR="00F30103">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A70B1C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00F30103">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C670231" w14:textId="5C6D7F6B" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Dersin Dili:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3294" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CBDD8E" w14:textId="6FBE1A50" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Almanca</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FF5C8F" w14:textId="22AC26C8" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...14 lines deleted...]
-              <w:t>İKTİSADİ VE İDARİ BİLİMLER FAKÜLTESİ</w:t>
+              </w:rPr>
+              <w:t>Ders İşleme Tarzı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608EE131" w14:textId="41588FDD" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Yüz yüze</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E7D27" w:rsidTr="003E7D27">
+      <w:tr w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00B50059">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1995" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21036217" w14:textId="2B997FDD" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Dersin Türü ve Düzeyi:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D6D351" w14:textId="2416320D" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Zorunlu Seçmeli / </w:t>
+            </w:r>
+            <w:r w:rsidR="00346BA9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Bahar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dönemi/ Lisans</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="00471716">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4DD77C" w14:textId="6D2A928F" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Dersin Öğretim Üyesinin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Unvanı, Adı ve Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1384" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38505A88" w14:textId="2330D829" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DADECDE" w14:textId="198C9361" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Görüşme Saatleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1464FC35" w14:textId="0656B893" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="00471716">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC02A2" w14:textId="47F39C65" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Öğretim Görevlisi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Selda Sekendur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5DF00B" w14:textId="5CAA40D0" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00471716" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Cuma</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10.15-12.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCEC51D" w14:textId="5D8EB2E0" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Salı </w:t>
+            </w:r>
+            <w:r w:rsidR="00471716">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9-10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="406CD1B0" w14:textId="46FDABBF" w:rsidR="00AD6C10" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>seldasekendur@cag.edu.tr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00AD2EF8" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00F96934" w:rsidRPr="00AD2EF8" w:rsidRDefault="00F96934" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Dersin Koordinatörü</w:t>
+            </w:r>
+            <w:r w:rsidR="00833C72" w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3B751E" w14:textId="0940D78D" w:rsidR="00F96934" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AD6C10" w:rsidP="00AD6C10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Öğretim Görevlisi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Selda Sekendur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003537D4" w:rsidRPr="00AD2EF8" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EAB58D" w14:textId="50B5CF6A" w:rsidR="003537D4" w:rsidRPr="00AD2EF8" w:rsidRDefault="003537D4" w:rsidP="003537D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Dersin Amacı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00AD2EF8" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="003A0CE5" w:rsidRPr="00AD2EF8" w:rsidRDefault="003A0CE5" w:rsidP="00A8173B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Dersin Öğrenme Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00AD2EF8" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="4359" w:type="dxa"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3519" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00AD2EF8" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00AD2EF8" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00AD2EF8" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00AD2EF8" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="003A0CE5" w:rsidRPr="00AD2EF8" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Program Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00AD2EF8" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Net Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00BD79D7">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23678C1D" w14:textId="4B517E2A" w:rsidR="005704F6" w:rsidRPr="003D7A2B" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:pStyle w:val="ListeParagraf"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5978" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="5676F5CC" w14:textId="43C847AB" w:rsidR="005704F6" w:rsidRPr="00274AA0" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>Günlük yaşam ve iş ile ilgili temel sözlü etkileşimler kurar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC074F8" w14:textId="3CF75597" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>PÇ-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2041" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E540A1C" w14:textId="1D11193D" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00BD79D7">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5D0A91" w14:textId="1061F943" w:rsidR="005704F6" w:rsidRPr="003D7A2B" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:pStyle w:val="ListeParagraf"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5978" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B3CF6" w14:textId="4828032A" w:rsidR="005704F6" w:rsidRPr="00274AA0" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>Günlük rutinlerini ve geçmişte yaşanan olayları Perfekt zamanı kullanarak ifade eder.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="130E6C82" w14:textId="365B25CF" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>PÇ-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B65611D" w14:textId="0D2501E6" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00BD79D7">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B8D73D" w14:textId="19A43750" w:rsidR="005704F6" w:rsidRPr="003D7A2B" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:pStyle w:val="ListeParagraf"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5978" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C26084B" w14:textId="5EB3A8B2" w:rsidR="005704F6" w:rsidRPr="00274AA0" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>Basit iş ilanlarını ve kısa mesleki metinleri ana hatlarıyla anlar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18E382" w14:textId="30DD89D7" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>PÇ-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2041" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCF042" w14:textId="4D799B9B" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00BD79D7">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3075A5A7" w14:textId="4BEAC5D6" w:rsidR="005704F6" w:rsidRPr="003D7A2B" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:pStyle w:val="ListeParagraf"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5978" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C60B735" w14:textId="110A11C2" w:rsidR="005704F6" w:rsidRPr="00274AA0" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>Telefon görüşmelerinde soru sorar, bilgi talep eder ve uygun yanıtlar verir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1561474B" w14:textId="2CED76D9" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>PÇ-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF8D652" w14:textId="524B9C06" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00BD79D7">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FFA632" w14:textId="08B4916A" w:rsidR="005704F6" w:rsidRPr="003D7A2B" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:pStyle w:val="ListeParagraf"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5978" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97A7BA" w14:textId="4F5A735D" w:rsidR="005704F6" w:rsidRPr="00274AA0" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>Alışveriş ve kıyafetler ile ilgili temel diyaloglara katılır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="070A6310" w14:textId="514A88A8" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>PÇ-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2041" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34872425" w14:textId="6F536CBB" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w14:paraId="32D5DA3A" w14:textId="77777777" w:rsidTr="00BD79D7">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A5425D" w14:textId="77777777" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59EFC4D2" w14:textId="77777777" w:rsidR="005704F6" w:rsidRPr="003D7A2B" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:pStyle w:val="ListeParagraf"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5978" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5EA0BA" w14:textId="235E075C" w:rsidR="005704F6" w:rsidRPr="00274AA0" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>Temel bağlaçları ve Dativ alan fiilleri doğru bağlamda kullanır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F48E3BF" w14:textId="4E9EACE9" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>PÇ-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5610F8" w14:textId="480B50BC" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w14:paraId="43D77739" w14:textId="77777777" w:rsidTr="00BD79D7">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="623787F7" w14:textId="77777777" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0767FEFA" w14:textId="77777777" w:rsidR="005704F6" w:rsidRPr="003D7A2B" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:pStyle w:val="ListeParagraf"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5978" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BAD740B" w14:textId="293CA07E" w:rsidR="005704F6" w:rsidRPr="00274AA0" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>Öğrendiği dil yapılarını günlük yaşamla ilişkilendirerek sözlü ve yazılı olarak kullanır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="08499ED2" w14:textId="2E54E5A4" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>PÇ-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2041" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5E8315" w14:textId="6A6930E9" w:rsidR="005704F6" w:rsidRPr="00AD2EF8" w:rsidRDefault="005704F6" w:rsidP="005704F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008851E8">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="00AD2EF8" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="001B5C97" w:rsidRPr="00AD2EF8" w:rsidRDefault="001B5C97" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Dersin İçeriği:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9497" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...24 lines deleted...]
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="36882A02" w:rsidR="001B5C97" w:rsidRPr="00AD2EF8" w:rsidRDefault="00B63E0A" w:rsidP="00B50059">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B63E0A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu derste öğrenciler, A1.2 düzeyine uygun olarak iş, meslekler ve günlük yaşamla ilgili konularda temel sözlü etkileşimler kurar; günlük rutinlerini ve geçmişte yaşanan olayları Perfekt zamanı kullanarak ifade eder. Öğrenciler basit iş ilanlarını ve mesleki metinleri anlar, telefon görüşmeleri yoluyla bilgi talep eder ve alışveriş ile kıyafetler konularında temel diyaloglara katılır. Ders sürecinde iletişimsel yaklaşım esas alınmakta; etkileşimli etkinlikler ve dijital araçlar (Quizizz, Wordwall) aracılığıyla öğrencilerin aktif katılımı </w:t>
+            </w:r>
+            <w:r w:rsidR="00B50059" w:rsidRPr="00B63E0A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>desteklenmektedir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B63E0A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00AD2EF8" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00AD2EF8" w:rsidRDefault="003360EF" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Ders İçerikleri:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>(Haftalık Ders Planı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="477"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612CA867" w14:textId="7515675D" w:rsidR="00AC1A72" w:rsidRPr="00B50059" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B50059">
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...214 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09455A41" w14:textId="03C21687" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...61 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Konu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A41321" w14:textId="01B6145D" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657EB692" w14:textId="16AD3E2B" w:rsidR="00AC1A72" w:rsidRPr="00B50059" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:ind w:left="-288" w:firstLine="288"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B50059">
+              <w:t>Öğretim Yöntem ve Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4227DD" w14:textId="3E407BE9" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41AC7DC9" w14:textId="77777777" w:rsidR="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>Kapitel 9 – Alles Arbeit?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470003E1" w14:textId="5F0AF02B" w:rsidR="00AC1A72" w:rsidRPr="002E1DA7" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Sprachhandlungen: Arbeit über sprechenWortschatz: Berufe und Arbeitsorte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1AA39" w14:textId="271025F2" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00B50059">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="630C4497" w14:textId="75F76EAF" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Karşılıklı konuşma, dinleme, okuma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D940AF3" w14:textId="2484A345" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4374FDA5" w14:textId="18AFE709" w:rsidR="00AC1A72" w:rsidRPr="002E1DA7" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Sprachhandlungen: Tagesablauf beschreiben (Perfekt)Wortschatz: Studium</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3375F5" w14:textId="1DE9C99B" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23414219" w14:textId="590C3E2F" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Grup çalışması, okuma, yazma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6548EC" w14:textId="1B008C0E" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAB814A" w14:textId="3138469D" w:rsidR="00AC1A72" w:rsidRPr="002E1DA7" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Sprachhandlungen: Über Vergangenes sprechenGrammatik: Perfekt, Partizip II (regelmäßige &amp; unregelmäßige Verben)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="47BEC1D7" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A682109" w14:textId="5507F830" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Karşılıklı konuşma, dinleme, yazma, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Easy German</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="541DA835" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D82AE08" w14:textId="17A334BF" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="295B3F60" w14:textId="731B5702" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Perfekt alıştırmaları (Partizip II, düzenli–düzensiz fiiller)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9B10E1" w14:textId="5E2B07CC" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E35AC2" w14:textId="5A3109E9" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Wordwall &amp; Quizizz, konuşma etkinliği</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DEC8DB" w14:textId="518DBF7D" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCC2790" w14:textId="566B705E" w:rsidR="00AC1A72" w:rsidRPr="001E2962" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E2962">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quiz </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E2962">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>(Kapitel 9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6216AD61" w14:textId="30DF2ECE" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B065C00" w14:textId="6CDD3C47" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Bireysel çalışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602CB1FF" w14:textId="04BF80A2" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB57E5F" w14:textId="11626289" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Stellungsanzeigen verstehen Meinungen über Jobs äußernKonjunktionen: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>und, oder, aber, sondern</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BDCA38" w14:textId="2A3CCA99" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0399AA" w14:textId="04978789" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Karşılıklı konuşma, okuma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2413084A" w14:textId="171BB5BC" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0931D2E2" w14:textId="4DF087A0" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Telefongespräch vorbereiten und führen/ Über Jobs sprechen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5773CCF7" w14:textId="09F5CD13" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="108B07A9" w14:textId="7D335CA5" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Grup çalışması, okuma, yazma, dinleme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D70DF3" w14:textId="6F6E167E" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="333F1193" w14:textId="5EC06CCE" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>Ara Sınav (Kapitel 9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1591F644" w14:textId="0200CD50" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA15B95" w14:textId="3C558C3C" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Yazılı sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E59DE5" w14:textId="2C8DB9FD" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE72139" w14:textId="2A02E871" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>Ara Sınav (Kapitel 9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="1595024D" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="02555BB5" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Yazılı sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351D79C" w14:textId="1F0A4F02" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="253B02FD" w14:textId="77777777" w:rsidR="001E2962" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>Kapitel 10 – Kleidung</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05C966E6" w14:textId="6A10E556" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Über Kleidung sprechen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7D3643" w14:textId="187DDC7C" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50975E5D" w14:textId="2F804828" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Dinleme, konuşma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BE0142" w14:textId="724F1770" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1242F594" w14:textId="297D84ED" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Kleidung &amp; ModeGrammatik: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Welcher / Welche / Welches</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD3F5E0" w14:textId="5F6C8594" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="378C5450" w14:textId="72E7BA77" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Bireysel &amp; grup çalışması, okuma, yazma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05452BF1" w14:textId="185A9FDE" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4763DB" w14:textId="77777777" w:rsidR="001E2962" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:r>
+              <w:t>Chat über Einkauf verstehen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B35FFE" w14:textId="63EE6938" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Über Vergangenes berichten (Perfekt mit untrennbaren Verben)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="017669E5" w14:textId="0009CA2E" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C928C5" w14:textId="129DF0E6" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Okuma, dinleme, yazma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD197EA" w14:textId="45482FC6" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BDADB8" w14:textId="0CAEB8BD" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Gespräche beim Kleiderkauf führen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BE5125" w14:textId="4C98A2BB" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="213BE876" w14:textId="399A891B" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Karşılıklı konuşma, grup çalışması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65311EE9" w14:textId="78EA092F" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287BBCEB" w14:textId="58289F67" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Grammatik: Verben mit Dativ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B48E8" w14:textId="013E0654" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F8B557" w14:textId="26BEF1FE" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alıştırmalar, </w:t>
+            </w:r>
+            <w:r w:rsidR="001E2962">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">karşılıklı </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>konuşma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF156B4" w14:textId="4DFEBEA8" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17983BCB" w14:textId="310B7794" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Wortschatz: Gefallen &amp; Missfallen ausdrückenFarben</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="463A8CB9" w14:textId="68D1E7DD" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3574F7" w14:textId="57B8E838" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Konuşma, eşli çalışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="177346A9" w14:textId="1541A191" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6A86DB" w14:textId="5863B0C9" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>Sözlü Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC441A5" w14:textId="0381E92A" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1738B9" w14:textId="40FC752C" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Alışveriş diyaloğu sunumu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726D5A50" w14:textId="06174BC9" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682EA4FF" w14:textId="47548659" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607CC73E" w14:textId="39276DFA" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF471FD" w14:textId="40620519" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Yazılı sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFB2011" w14:textId="09355987" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0A0783" w14:textId="5CF7C304" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CF168A" w14:textId="546C5257" w:rsidR="00AC1A72" w:rsidRPr="00AD2EF8" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3885" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA07FD4" w14:textId="3BC7D4D6" w:rsidR="00AC1A72" w:rsidRPr="00AC1A72" w:rsidRDefault="00AC1A72" w:rsidP="00AC1A72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1A72">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Yazılı sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Ders İçin Kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="75E85A2E" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A2AE68" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Ders Kitabı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A09C790" w14:textId="685A0D3E" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Netzwerk A1.</w:t>
+            </w:r>
+            <w:r w:rsidR="002E1DA7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kurs- und Arbeitsbuch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4439BBD9" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>ISBN:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>978-3-12-606131-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="5BF451C4" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD89B8E" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="3241"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Önerilen Kaynaklar:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D498BD" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Her Ünite için ek materyaller, Lernportal VHS/ A1 Deutsch/ Youtube Easygerman Videoları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="41A68CB5" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F1B481" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Dersin Ölçme ve Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="42B10D21" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D70DF69" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3788F3" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="138DA8E6" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5803" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C953222" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Notlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="6E0A8252" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D518F78" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ara Sınav </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF9B852" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="732117CC" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>%20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5803" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="579AF088" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Yazılı sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="6936A1FE" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="243679BA" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Quiz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E8AAD0" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70EDCA05" w14:textId="2804DF94" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>%1</w:t>
+            </w:r>
+            <w:r w:rsidR="00447C35">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5803" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6C2790" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Test </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="42A61070" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF16FA7" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Sözlü Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C554677" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E7D132F" w14:textId="12732E9F" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="00447C35">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5803" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F559E48" w14:textId="43501C6E" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C75B15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Diyalog sunumu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="63B7CB66" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D18242" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7F1B8F" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="165100E9" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>%50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5803" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9CBAD1" w14:textId="68E0E1CD" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00DF1351" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Y</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>azılı sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="278934DF" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D030257" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26A4D7F3" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="316875F8" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="526C8F78" w14:textId="77777777" w:rsidR="000E10F4" w:rsidRDefault="000E10F4" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="154B4CAF" w14:textId="77777777" w:rsidR="000E10F4" w:rsidRDefault="000E10F4" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CAB7C94" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E062147" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="177D87DE" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45D21555" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>AKTS Tablosu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w14:paraId="14377BA6" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BE246E" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A886C7E" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB72A7D" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E5DC0C" w14:textId="77777777" w:rsidR="00FF22AC" w:rsidRPr="00AD2EF8" w:rsidRDefault="00FF22AC" w:rsidP="00FF22AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2EF8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w14:paraId="15991762" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8F4721" w14:textId="09F12FEE" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A62D5">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A87CD4" w14:textId="196AAFCF" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C9A191" w14:textId="4300DE7B" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A47F544" w14:textId="7CF30EA4" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w14:paraId="131D03E9" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D22D0BC" w14:textId="0784C9CA" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A62D5">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAE96BD" w14:textId="41BC4D08" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D98D5A" w14:textId="1BDC899E" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C10947B" w14:textId="49E5A686" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w14:paraId="6796E6D1" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2BB139" w14:textId="5D821FF8" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A62D5">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quiz </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="363ABEA9" w14:textId="067C0942" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B122E7" w14:textId="2D9CE1A0" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5494B2A9" w14:textId="6D42C706" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B4BB5" w:rsidRPr="00AD2EF8" w14:paraId="63EFA417" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2321CF92" w14:textId="27D8F18B" w:rsidR="006B4BB5" w:rsidRPr="00AD2EF8" w:rsidRDefault="006B4BB5" w:rsidP="006B4BB5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A62D5">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sözlü Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6324E03D" w14:textId="48B72289" w:rsidR="006B4BB5" w:rsidRPr="00AD2EF8" w:rsidRDefault="006B4BB5" w:rsidP="006B4BB5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BB79F3" w14:textId="34B4AEB9" w:rsidR="006B4BB5" w:rsidRPr="00AD2EF8" w:rsidRDefault="006B4BB5" w:rsidP="006B4BB5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B42276E" w14:textId="129FB797" w:rsidR="006B4BB5" w:rsidRPr="00AD2EF8" w:rsidRDefault="006B4BB5" w:rsidP="006B4BB5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w14:paraId="7AF65A3D" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B76ED61" w14:textId="5966E8AE" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A62D5">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav (Ara Sınav Süresi + Ara Sınav Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7D9914" w14:textId="05CD9EDC" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19664B0A" w14:textId="0009C948" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04599002" w14:textId="28E7802A" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w14:paraId="33296AAF" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57F0DB3B" w14:textId="4A8BB5F8" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A62D5">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Sınavı (Final Sınavı Süresi + Final Sınavı Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E17570D" w14:textId="1FFA782E" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="707367C9" w14:textId="6A3B9980" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16617099" w14:textId="4ACEB4AF" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F12A22">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w14:paraId="089FAE3E" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56EE91E4" w14:textId="6AF090EA" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA60E0">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="195FBB43" w14:textId="1E67B032" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>128</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w14:paraId="3B3BD789" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70EC3D23" w14:textId="2F05EC23" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA60E0">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F265E5" w14:textId="7CF69679" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>128</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA60E0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>=4,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w14:paraId="36F3FB98" w14:textId="77777777" w:rsidTr="00B50059">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C87857" w14:textId="28693AFC" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA60E0">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Kredisi:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2774" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BD65B8" w14:textId="2FA4E17E" w:rsidR="00166E19" w:rsidRPr="00AD2EF8" w:rsidRDefault="00166E19" w:rsidP="00166E19">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA60E0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="18F37E36" w14:textId="77777777" w:rsidR="00B8101E" w:rsidRPr="00B8101E" w:rsidRDefault="00B8101E" w:rsidP="00B8101E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B8101E" w:rsidRPr="00B8101E" w14:paraId="64AF1A7E" w14:textId="77777777" w:rsidTr="00470B42">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="503D8F4B" w14:textId="77777777" w:rsidR="00B8101E" w:rsidRPr="00B8101E" w:rsidRDefault="00B8101E" w:rsidP="00B8101E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...66 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8101E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="00B8101E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-            <w:gridSpan w:val="6"/>
+              </w:rPr>
+              <w:t>Geçmiş Dönem Başarıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8101E" w:rsidRPr="00B8101E" w14:paraId="37E43A70" w14:textId="77777777" w:rsidTr="00470B42">
+        <w:trPr>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C984358" w14:textId="77777777" w:rsidR="00B8101E" w:rsidRPr="00B8101E" w:rsidRDefault="00B8101E" w:rsidP="00B8101E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-            <w:gridSpan w:val="9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8101E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0EFE7449" wp14:editId="0C950902">
+                  <wp:extent cx="3009900" cy="2019300"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2" name="Grafik 2"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="685C4C33" w14:textId="77777777" w:rsidR="00B8101E" w:rsidRPr="00B8101E" w:rsidRDefault="00B8101E" w:rsidP="00B8101E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...7060 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B8101E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="207149F1" wp14:editId="64B0A7CE">
+                  <wp:extent cx="3000375" cy="2066925"/>
+                  <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                  <wp:docPr id="1" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000D1A6F" w:rsidRDefault="000677AD"/>
-    <w:sectPr w:rsidR="000D1A6F">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="780" w:tblpY="-14076"/>
+        <w:tblW w:w="11055" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5502"/>
+        <w:gridCol w:w="5553"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B8101E" w:rsidRPr="00B8101E" w14:paraId="73C141FB" w14:textId="77777777" w:rsidTr="00470B42">
+        <w:trPr>
+          <w:trHeight w:val="380"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5502" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A2A278" w14:textId="77777777" w:rsidR="00B8101E" w:rsidRPr="00B8101E" w:rsidRDefault="00B8101E" w:rsidP="00B8101E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F3FAFE1" w14:textId="77777777" w:rsidR="00B8101E" w:rsidRPr="00B8101E" w:rsidRDefault="00B8101E" w:rsidP="00B8101E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5553" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="494B4638" w14:textId="77777777" w:rsidR="00B8101E" w:rsidRPr="00B8101E" w:rsidRDefault="00B8101E" w:rsidP="00B8101E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67D1B95E" w14:textId="77777777" w:rsidR="00B8101E" w:rsidRPr="00B8101E" w:rsidRDefault="00B8101E" w:rsidP="00B8101E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="580D3D88" w14:textId="77777777" w:rsidR="00B8101E" w:rsidRPr="00B8101E" w:rsidRDefault="00B8101E" w:rsidP="00B8101E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5269A0A7" w14:textId="1CC67F65" w:rsidR="003A4CE2" w:rsidRPr="00AD2EF8" w:rsidRDefault="003A4CE2" w:rsidP="00862C54">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00AD2EF8" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="72710F5B" w14:textId="77777777" w:rsidR="005B0FEB" w:rsidRDefault="005B0FEB" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="67DCE767" w14:textId="77777777" w:rsidR="005B0FEB" w:rsidRDefault="005B0FEB" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="601D4605" w14:textId="77777777" w:rsidR="005B0FEB" w:rsidRDefault="005B0FEB" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="46A3AE15" w14:textId="77777777" w:rsidR="005B0FEB" w:rsidRDefault="005B0FEB" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24150306"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="68D2E0C0"/>
+    <w:lvl w:ilvl="0" w:tplc="041F000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="283C41B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47A2A6D0"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1467888800">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="919221405">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00145FBE"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00B5034B"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00005C5B"/>
+    <w:rsid w:val="0001251C"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00057FEE"/>
+    <w:rsid w:val="00067D8C"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000C38E5"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000D7E94"/>
+    <w:rsid w:val="000E10F4"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="000F6918"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="00166E19"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="00186D63"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="0019573C"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001E2962"/>
+    <w:rsid w:val="001E7365"/>
+    <w:rsid w:val="001F3686"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="00274AA0"/>
+    <w:rsid w:val="002A3486"/>
+    <w:rsid w:val="002A4258"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002D3D5A"/>
+    <w:rsid w:val="002E1DA7"/>
+    <w:rsid w:val="002E5294"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="00321C5B"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="003368B6"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="00346BA9"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="0038348F"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A2AE6"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003B3116"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003C2CEC"/>
+    <w:rsid w:val="003D3F51"/>
+    <w:rsid w:val="003D7A2B"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="003F7B32"/>
+    <w:rsid w:val="003F7B37"/>
+    <w:rsid w:val="00415CB7"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00436FF0"/>
+    <w:rsid w:val="00447C35"/>
+    <w:rsid w:val="00465079"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471716"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004D6467"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="0050691F"/>
+    <w:rsid w:val="00520FD1"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="005704F6"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="00584167"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005B0FEB"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="00623347"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="0063696F"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="006762C5"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006901D4"/>
+    <w:rsid w:val="00690954"/>
+    <w:rsid w:val="006A15E3"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006B4BB5"/>
+    <w:rsid w:val="006C6425"/>
+    <w:rsid w:val="006D2F41"/>
+    <w:rsid w:val="006E700F"/>
+    <w:rsid w:val="00705E82"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="00731834"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="00747F2D"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="0078367A"/>
+    <w:rsid w:val="007853C6"/>
+    <w:rsid w:val="007B0B16"/>
+    <w:rsid w:val="007C502A"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="0082394E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="0084542C"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="008551FB"/>
+    <w:rsid w:val="00855DB3"/>
+    <w:rsid w:val="00862C54"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="00873E8F"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008A57CE"/>
+    <w:rsid w:val="008B0405"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008F18F5"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="0095512C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009A0A13"/>
+    <w:rsid w:val="009A18EC"/>
+    <w:rsid w:val="009B0816"/>
+    <w:rsid w:val="009B10A9"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A437FE"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A70B1C"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00A81C23"/>
+    <w:rsid w:val="00AC1A72"/>
+    <w:rsid w:val="00AD2EF8"/>
+    <w:rsid w:val="00AD495D"/>
+    <w:rsid w:val="00AD6C10"/>
+    <w:rsid w:val="00AE1196"/>
+    <w:rsid w:val="00AE5827"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B50059"/>
+    <w:rsid w:val="00B55586"/>
+    <w:rsid w:val="00B63E0A"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B8101E"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BC54F1"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C65250"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C71B4E"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C75B15"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C804EB"/>
+    <w:rsid w:val="00C94C7C"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA2BD6"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB399D"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D146AE"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D52756"/>
+    <w:rsid w:val="00D61779"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00D96136"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DA44D3"/>
+    <w:rsid w:val="00DA5368"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DF1351"/>
+    <w:rsid w:val="00DF54FF"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E17E53"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E34B89"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E75BFF"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA0F57"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F30103"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F54476"/>
+    <w:rsid w:val="00F76567"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FD4734"/>
+    <w:rsid w:val="00FF22AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="tr-TR"/>
+  <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6A0E76EB"/>
+  <w15:docId w15:val="{B76CD4F0-43E7-49FA-86F2-21EF7EC37DF9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003E7D27"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="003E7D27"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-    <w:name w:val="girinti"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="003E7D27"/>
+    <w:link w:val="stBilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003E7D27"/>
+    <w:rsid w:val="00C804EB"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
-    <w:uiPriority w:val="99"/>
-[...235 lines deleted...]
-    <w:rsid w:val="003E7D27"/>
+    <w:rsid w:val="00C804EB"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
-    <w:name w:val="Balon Metni Char"/>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="BalonMetni"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003E7D27"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C804EB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="tr-TR"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AE5827"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC1A72"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="1037465572">
+    <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1622029324">
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://xportal.langenscheidt.de/netzwerka1/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.langenscheidt-unterrichtsportal.de/optimal_a_149.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seldasekendur@cag.edu.tr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\oem\Desktop\syllbus%202022-2023\grafiktasar.xls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/></Relationships>
+</file>
+
+<file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="147"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="47"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="000080"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR"/>
+              <a:t>2023-2024</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t> SPRING</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR"/>
+              <a:t> SEMESTER
+FLG</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t> 202/404/204 GERMAN IV</a:t>
+            </a:r>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.28169474068905942"/>
+          <c:y val="3.2841083543802309E-2"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln w="25400">
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.13015913367786991"/>
+          <c:y val="0.29857889000224785"/>
+          <c:w val="0.82539938429868664"/>
+          <c:h val="0.48815278841636833"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+            <a:ln w="3175">
+              <a:solidFill>
+                <a:srgbClr val="CCFFFF"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:effectLst>
+              <a:outerShdw dist="35921" dir="2700000" algn="br">
+                <a:srgbClr val="000000"/>
+              </a:outerShdw>
+            </a:effectLst>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:dLbls>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="25400">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                    <a:solidFill>
+                      <a:srgbClr val="000000"/>
+                    </a:solidFill>
+                    <a:latin typeface="Calibri"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Calibri"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="tr-TR"/>
+              </a:p>
+            </c:txPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="0"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="3175">
+                <a:solidFill>
+                  <a:srgbClr val="000080"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:trendlineType val="poly"/>
+            <c:order val="4"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>6</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-14C9-4255-97C8-425BA8B64138}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="150"/>
+        <c:axId val="236263424"/>
+        <c:axId val="42303488"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="236263424"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:srgbClr val="000080"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="0" vert="horz"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="003366"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="42303488"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:tickLblSkip val="1"/>
+        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="42303488"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:txPr>
+          <a:bodyPr rot="0" vert="horz"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="000080"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="236263424"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:ln w="3175">
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="accent5">
+        <a:lumMod val="60000"/>
+        <a:lumOff val="40000"/>
+      </a:schemeClr>
+    </a:solidFill>
+    <a:ln w="3175">
+      <a:solidFill>
+        <a:srgbClr val="3366FF"/>
+      </a:solidFill>
+      <a:prstDash val="solid"/>
+    </a:ln>
+  </c:spPr>
+  <c:externalData r:id="rId2">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="147"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="47"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="000080"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR"/>
+              <a:t>2024-202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR"/>
+              <a:t>SPRING</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t> SEMESTER</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR"/>
+              <a:t>
+FLG</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t> 202/404/204 GERMAN IV</a:t>
+            </a:r>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.25209182185560136"/>
+          <c:y val="6.9852074942245046E-2"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln w="25400">
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.13015913367786991"/>
+          <c:y val="0.29857889000224785"/>
+          <c:w val="0.82539938429868664"/>
+          <c:h val="0.48815278841636833"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+            <a:ln w="3175">
+              <a:solidFill>
+                <a:srgbClr val="CCFFFF"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:effectLst>
+              <a:outerShdw dist="35921" dir="2700000" algn="br">
+                <a:srgbClr val="000000"/>
+              </a:outerShdw>
+            </a:effectLst>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:dLbls>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="25400">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                    <a:solidFill>
+                      <a:srgbClr val="000000"/>
+                    </a:solidFill>
+                    <a:latin typeface="Calibri"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Calibri"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="tr-TR"/>
+              </a:p>
+            </c:txPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="0"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="3175">
+                <a:solidFill>
+                  <a:srgbClr val="000080"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+            <c:trendlineType val="poly"/>
+            <c:order val="4"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>3</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-F67E-4220-A5D5-F55CD2297A1D}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="150"/>
+        <c:axId val="236264960"/>
+        <c:axId val="207196672"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="236264960"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:srgbClr val="000080"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="0" vert="horz"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="003366"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="207196672"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:tickLblSkip val="1"/>
+        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="207196672"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:txPr>
+          <a:bodyPr rot="0" vert="horz"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="000080"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="236264960"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:ln w="3175">
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="accent5">
+        <a:lumMod val="60000"/>
+        <a:lumOff val="40000"/>
+      </a:schemeClr>
+    </a:solidFill>
+    <a:ln w="3175">
+      <a:solidFill>
+        <a:srgbClr val="3366FF"/>
+      </a:solidFill>
+      <a:prstDash val="solid"/>
+    </a:ln>
+  </c:spPr>
+  <c:externalData r:id="rId2">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=word/theme/themeOverride1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:themeOverride xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <a:clrScheme name="Ofis">
+    <a:dk1>
+      <a:sysClr val="windowText" lastClr="000000"/>
+    </a:dk1>
+    <a:lt1>
+      <a:sysClr val="window" lastClr="FFFFFF"/>
+    </a:lt1>
+    <a:dk2>
+      <a:srgbClr val="1F497D"/>
+    </a:dk2>
+    <a:lt2>
+      <a:srgbClr val="EEECE1"/>
+    </a:lt2>
+    <a:accent1>
+      <a:srgbClr val="4F81BD"/>
+    </a:accent1>
+    <a:accent2>
+      <a:srgbClr val="C0504D"/>
+    </a:accent2>
+    <a:accent3>
+      <a:srgbClr val="9BBB59"/>
+    </a:accent3>
+    <a:accent4>
+      <a:srgbClr val="8064A2"/>
+    </a:accent4>
+    <a:accent5>
+      <a:srgbClr val="4BACC6"/>
+    </a:accent5>
+    <a:accent6>
+      <a:srgbClr val="F79646"/>
+    </a:accent6>
+    <a:hlink>
+      <a:srgbClr val="0000FF"/>
+    </a:hlink>
+    <a:folHlink>
+      <a:srgbClr val="800080"/>
+    </a:folHlink>
+  </a:clrScheme>
+  <a:fontScheme name="Ofis">
+    <a:majorFont>
+      <a:latin typeface="Cambria"/>
+      <a:ea typeface=""/>
+      <a:cs typeface=""/>
+      <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+      <a:font script="Hang" typeface="맑은 고딕"/>
+      <a:font script="Hans" typeface="宋体"/>
+      <a:font script="Hant" typeface="新細明體"/>
+      <a:font script="Arab" typeface="Times New Roman"/>
+      <a:font script="Hebr" typeface="Times New Roman"/>
+      <a:font script="Thai" typeface="Angsana New"/>
+      <a:font script="Ethi" typeface="Nyala"/>
+      <a:font script="Beng" typeface="Vrinda"/>
+      <a:font script="Gujr" typeface="Shruti"/>
+      <a:font script="Khmr" typeface="MoolBoran"/>
+      <a:font script="Knda" typeface="Tunga"/>
+      <a:font script="Guru" typeface="Raavi"/>
+      <a:font script="Cans" typeface="Euphemia"/>
+      <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+      <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+      <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+      <a:font script="Thaa" typeface="MV Boli"/>
+      <a:font script="Deva" typeface="Mangal"/>
+      <a:font script="Telu" typeface="Gautami"/>
+      <a:font script="Taml" typeface="Latha"/>
+      <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+      <a:font script="Orya" typeface="Kalinga"/>
+      <a:font script="Mlym" typeface="Kartika"/>
+      <a:font script="Laoo" typeface="DokChampa"/>
+      <a:font script="Sinh" typeface="Iskoola Pota"/>
+      <a:font script="Mong" typeface="Mongolian Baiti"/>
+      <a:font script="Viet" typeface="Times New Roman"/>
+      <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      <a:font script="Geor" typeface="Sylfaen"/>
+    </a:majorFont>
+    <a:minorFont>
+      <a:latin typeface="Calibri"/>
+      <a:ea typeface=""/>
+      <a:cs typeface=""/>
+      <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+      <a:font script="Hang" typeface="맑은 고딕"/>
+      <a:font script="Hans" typeface="宋体"/>
+      <a:font script="Hant" typeface="新細明體"/>
+      <a:font script="Arab" typeface="Arial"/>
+      <a:font script="Hebr" typeface="Arial"/>
+      <a:font script="Thai" typeface="Cordia New"/>
+      <a:font script="Ethi" typeface="Nyala"/>
+      <a:font script="Beng" typeface="Vrinda"/>
+      <a:font script="Gujr" typeface="Shruti"/>
+      <a:font script="Khmr" typeface="DaunPenh"/>
+      <a:font script="Knda" typeface="Tunga"/>
+      <a:font script="Guru" typeface="Raavi"/>
+      <a:font script="Cans" typeface="Euphemia"/>
+      <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+      <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+      <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+      <a:font script="Thaa" typeface="MV Boli"/>
+      <a:font script="Deva" typeface="Mangal"/>
+      <a:font script="Telu" typeface="Gautami"/>
+      <a:font script="Taml" typeface="Latha"/>
+      <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+      <a:font script="Orya" typeface="Kalinga"/>
+      <a:font script="Mlym" typeface="Kartika"/>
+      <a:font script="Laoo" typeface="DokChampa"/>
+      <a:font script="Sinh" typeface="Iskoola Pota"/>
+      <a:font script="Mong" typeface="Mongolian Baiti"/>
+      <a:font script="Viet" typeface="Arial"/>
+      <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      <a:font script="Geor" typeface="Sylfaen"/>
+    </a:minorFont>
+  </a:fontScheme>
+  <a:fmtScheme name="Ofis">
+    <a:fillStyleLst>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="50000"/>
+              <a:satMod val="300000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="35000">
+            <a:schemeClr val="phClr">
+              <a:tint val="37000"/>
+              <a:satMod val="300000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:tint val="15000"/>
+              <a:satMod val="350000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="16200000" scaled="1"/>
+      </a:gradFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:shade val="51000"/>
+              <a:satMod val="130000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="80000">
+            <a:schemeClr val="phClr">
+              <a:shade val="93000"/>
+              <a:satMod val="130000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="94000"/>
+              <a:satMod val="135000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="16200000" scaled="0"/>
+      </a:gradFill>
+    </a:fillStyleLst>
+    <a:lnStyleLst>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:shade val="95000"/>
+            <a:satMod val="105000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+      </a:ln>
+      <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+      </a:ln>
+      <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+      </a:ln>
+    </a:lnStyleLst>
+    <a:effectStyleLst>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="38000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+      </a:effectStyle>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+      </a:effectStyle>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+        <a:scene3d>
+          <a:camera prst="orthographicFront">
+            <a:rot lat="0" lon="0" rev="0"/>
+          </a:camera>
+          <a:lightRig rig="threePt" dir="t">
+            <a:rot lat="0" lon="0" rev="1200000"/>
+          </a:lightRig>
+        </a:scene3d>
+        <a:sp3d>
+          <a:bevelT w="63500" h="25400"/>
+        </a:sp3d>
+      </a:effectStyle>
+    </a:effectStyleLst>
+    <a:bgFillStyleLst>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="40000"/>
+              <a:satMod val="350000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="40000">
+            <a:schemeClr val="phClr">
+              <a:tint val="45000"/>
+              <a:shade val="99000"/>
+              <a:satMod val="350000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="20000"/>
+              <a:satMod val="255000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:path path="circle">
+          <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+        </a:path>
+      </a:gradFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="80000"/>
+              <a:satMod val="300000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="30000"/>
+              <a:satMod val="200000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:path path="circle">
+          <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+        </a:path>
+      </a:gradFill>
+    </a:bgFillStyleLst>
+  </a:fmtScheme>
+</a:themeOverride>
+</file>
+
+<file path=word/theme/themeOverride2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:themeOverride xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <a:clrScheme name="Ofis">
+    <a:dk1>
+      <a:sysClr val="windowText" lastClr="000000"/>
+    </a:dk1>
+    <a:lt1>
+      <a:sysClr val="window" lastClr="FFFFFF"/>
+    </a:lt1>
+    <a:dk2>
+      <a:srgbClr val="1F497D"/>
+    </a:dk2>
+    <a:lt2>
+      <a:srgbClr val="EEECE1"/>
+    </a:lt2>
+    <a:accent1>
+      <a:srgbClr val="4F81BD"/>
+    </a:accent1>
+    <a:accent2>
+      <a:srgbClr val="C0504D"/>
+    </a:accent2>
+    <a:accent3>
+      <a:srgbClr val="9BBB59"/>
+    </a:accent3>
+    <a:accent4>
+      <a:srgbClr val="8064A2"/>
+    </a:accent4>
+    <a:accent5>
+      <a:srgbClr val="4BACC6"/>
+    </a:accent5>
+    <a:accent6>
+      <a:srgbClr val="F79646"/>
+    </a:accent6>
+    <a:hlink>
+      <a:srgbClr val="0000FF"/>
+    </a:hlink>
+    <a:folHlink>
+      <a:srgbClr val="800080"/>
+    </a:folHlink>
+  </a:clrScheme>
+  <a:fontScheme name="Ofis">
+    <a:majorFont>
+      <a:latin typeface="Cambria"/>
+      <a:ea typeface=""/>
+      <a:cs typeface=""/>
+      <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+      <a:font script="Hang" typeface="맑은 고딕"/>
+      <a:font script="Hans" typeface="宋体"/>
+      <a:font script="Hant" typeface="新細明體"/>
+      <a:font script="Arab" typeface="Times New Roman"/>
+      <a:font script="Hebr" typeface="Times New Roman"/>
+      <a:font script="Thai" typeface="Tahoma"/>
+      <a:font script="Ethi" typeface="Nyala"/>
+      <a:font script="Beng" typeface="Vrinda"/>
+      <a:font script="Gujr" typeface="Shruti"/>
+      <a:font script="Khmr" typeface="MoolBoran"/>
+      <a:font script="Knda" typeface="Tunga"/>
+      <a:font script="Guru" typeface="Raavi"/>
+      <a:font script="Cans" typeface="Euphemia"/>
+      <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+      <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+      <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+      <a:font script="Thaa" typeface="MV Boli"/>
+      <a:font script="Deva" typeface="Mangal"/>
+      <a:font script="Telu" typeface="Gautami"/>
+      <a:font script="Taml" typeface="Latha"/>
+      <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+      <a:font script="Orya" typeface="Kalinga"/>
+      <a:font script="Mlym" typeface="Kartika"/>
+      <a:font script="Laoo" typeface="DokChampa"/>
+      <a:font script="Sinh" typeface="Iskoola Pota"/>
+      <a:font script="Mong" typeface="Mongolian Baiti"/>
+      <a:font script="Viet" typeface="Times New Roman"/>
+      <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      <a:font script="Geor" typeface="Sylfaen"/>
+    </a:majorFont>
+    <a:minorFont>
+      <a:latin typeface="Calibri"/>
+      <a:ea typeface=""/>
+      <a:cs typeface=""/>
+      <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+      <a:font script="Hang" typeface="맑은 고딕"/>
+      <a:font script="Hans" typeface="宋体"/>
+      <a:font script="Hant" typeface="新細明體"/>
+      <a:font script="Arab" typeface="Arial"/>
+      <a:font script="Hebr" typeface="Arial"/>
+      <a:font script="Thai" typeface="Tahoma"/>
+      <a:font script="Ethi" typeface="Nyala"/>
+      <a:font script="Beng" typeface="Vrinda"/>
+      <a:font script="Gujr" typeface="Shruti"/>
+      <a:font script="Khmr" typeface="DaunPenh"/>
+      <a:font script="Knda" typeface="Tunga"/>
+      <a:font script="Guru" typeface="Raavi"/>
+      <a:font script="Cans" typeface="Euphemia"/>
+      <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+      <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+      <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+      <a:font script="Thaa" typeface="MV Boli"/>
+      <a:font script="Deva" typeface="Mangal"/>
+      <a:font script="Telu" typeface="Gautami"/>
+      <a:font script="Taml" typeface="Latha"/>
+      <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+      <a:font script="Orya" typeface="Kalinga"/>
+      <a:font script="Mlym" typeface="Kartika"/>
+      <a:font script="Laoo" typeface="DokChampa"/>
+      <a:font script="Sinh" typeface="Iskoola Pota"/>
+      <a:font script="Mong" typeface="Mongolian Baiti"/>
+      <a:font script="Viet" typeface="Arial"/>
+      <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      <a:font script="Geor" typeface="Sylfaen"/>
+    </a:minorFont>
+  </a:fontScheme>
+  <a:fmtScheme name="Ofis">
+    <a:fillStyleLst>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="50000"/>
+              <a:satMod val="300000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="35000">
+            <a:schemeClr val="phClr">
+              <a:tint val="37000"/>
+              <a:satMod val="300000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:tint val="15000"/>
+              <a:satMod val="350000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="16200000" scaled="1"/>
+      </a:gradFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:shade val="51000"/>
+              <a:satMod val="130000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="80000">
+            <a:schemeClr val="phClr">
+              <a:shade val="93000"/>
+              <a:satMod val="130000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="94000"/>
+              <a:satMod val="135000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="16200000" scaled="0"/>
+      </a:gradFill>
+    </a:fillStyleLst>
+    <a:lnStyleLst>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:shade val="95000"/>
+            <a:satMod val="105000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+      </a:ln>
+      <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+      </a:ln>
+      <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+      </a:ln>
+    </a:lnStyleLst>
+    <a:effectStyleLst>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="38000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+      </a:effectStyle>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+      </a:effectStyle>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+        <a:scene3d>
+          <a:camera prst="orthographicFront">
+            <a:rot lat="0" lon="0" rev="0"/>
+          </a:camera>
+          <a:lightRig rig="threePt" dir="t">
+            <a:rot lat="0" lon="0" rev="1200000"/>
+          </a:lightRig>
+        </a:scene3d>
+        <a:sp3d>
+          <a:bevelT w="63500" h="25400"/>
+        </a:sp3d>
+      </a:effectStyle>
+    </a:effectStyleLst>
+    <a:bgFillStyleLst>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="40000"/>
+              <a:satMod val="350000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="40000">
+            <a:schemeClr val="phClr">
+              <a:tint val="45000"/>
+              <a:shade val="99000"/>
+              <a:satMod val="350000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="20000"/>
+              <a:satMod val="255000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:path path="circle">
+          <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+        </a:path>
+      </a:gradFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="80000"/>
+              <a:satMod val="300000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="30000"/>
+              <a:satMod val="200000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:path path="circle">
+          <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+        </a:path>
+      </a:gradFill>
+    </a:bgFillStyleLst>
+  </a:fmtScheme>
+</a:themeOverride>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3753</Characters>
+  <Pages>3</Pages>
+  <Words>639</Words>
+  <Characters>3837</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>319</Lines>
+  <Paragraphs>235</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Konu Başlığı</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4403</CharactersWithSpaces>
+  <CharactersWithSpaces>4241</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
-  <dc:creator>Selda SEKENDUR</dc:creator>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>