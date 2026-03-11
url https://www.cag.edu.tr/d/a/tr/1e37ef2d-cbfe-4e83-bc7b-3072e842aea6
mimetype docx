--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -1,53 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="264414BD" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRDefault="003A4CE2" w:rsidP="003A4CE2"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="GridTable4Accent4"/>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu41"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="575"/>
         <w:tblW w:w="10740" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="897"/>
         <w:gridCol w:w="384"/>
         <w:gridCol w:w="693"/>
         <w:gridCol w:w="21"/>
         <w:gridCol w:w="135"/>
         <w:gridCol w:w="1110"/>
         <w:gridCol w:w="217"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="205"/>
         <w:gridCol w:w="343"/>
         <w:gridCol w:w="477"/>
         <w:gridCol w:w="353"/>
         <w:gridCol w:w="185"/>
         <w:gridCol w:w="686"/>
         <w:gridCol w:w="792"/>
         <w:gridCol w:w="255"/>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="365"/>
         <w:gridCol w:w="23"/>
@@ -469,65 +468,52 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F700FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F700FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Dili</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="74745195" w14:textId="1D367858" w:rsidR="00681162" w:rsidRPr="00F700FB" w:rsidRDefault="00983E7D" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -615,100 +601,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Türü</w:t>
             </w:r>
             <w:r w:rsidR="00681162" w:rsidRPr="00F700FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/Düzeyi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7500" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4B364F" w14:textId="56AB4EAB" w:rsidR="00681162" w:rsidRPr="00F700FB" w:rsidRDefault="00983E7D" w:rsidP="00983E7D">
+          <w:p w14:paraId="2C4B364F" w14:textId="020209FB" w:rsidR="00681162" w:rsidRPr="00F700FB" w:rsidRDefault="00C5043E" w:rsidP="00C5043E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>yıl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">/4. </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>/3. Yarıyıl</w:t>
+            </w:r>
             <w:r w:rsidR="003360EF" w:rsidRPr="00F700FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00F700FB" w14:paraId="5CA7F3A5" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="307ECB59" w14:textId="77777777" w:rsidR="00681162" w:rsidRPr="00F700FB" w:rsidRDefault="00681162" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
@@ -836,51 +811,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F700FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İletişim</w:t>
             </w:r>
             <w:r w:rsidR="00983E7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:hyperlink r:id="rId5" w:history="1">
+            <w:hyperlink r:id="rId4" w:history="1">
               <w:r w:rsidR="00E8225F" w:rsidRPr="00E8225F">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ufukkocatepe@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E8225F" w:rsidRPr="00E8225F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00F700FB" w14:paraId="10A2DF1D" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -3028,59 +3003,51 @@
               <w:t>Öğrencilerin seçtikleri bir makale için rapor yazmaları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="24CBC67C" w14:textId="177FFD39" w:rsidR="003360EF" w:rsidRPr="00A07223" w:rsidRDefault="007D545C" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ders içinde interaktif biçimde</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> çalışmaların okunup raporlanması</w:t>
+              <w:t>Ders içinde interaktif biçimde çalışmaların okunup raporlanması</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003360EF" w:rsidRPr="00F700FB" w14:paraId="0AA06A6B" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DA1B314" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00F700FB" w:rsidRDefault="003360EF" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F700FB">
@@ -4966,82 +4933,82 @@
             <w:r w:rsidRPr="00DE3843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Press</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DE3843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:hyperlink r:id="rId6" w:history="1">
+            <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidRPr="001750C9">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://apastyle.apa.org/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7497E10B" w14:textId="32A1C268" w:rsidR="00DE3843" w:rsidRPr="00F700FB" w:rsidRDefault="00DE3843" w:rsidP="00F700FB">
-[...8 lines deleted...]
-              <w:r w:rsidRPr="001750C9">
+          <w:p w14:paraId="7497E10B" w14:textId="32A1C268" w:rsidR="00DE3843" w:rsidRPr="00F700FB" w:rsidRDefault="00BB48FE" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="00DE3843" w:rsidRPr="001750C9">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://ulakbim.gov.tr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
+            <w:r w:rsidR="00DE3843">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003360EF" w:rsidRPr="00F700FB" w14:paraId="769A0796" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10740" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
           </w:tcPr>
           <w:p w14:paraId="283663F7" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00F700FB" w:rsidRDefault="003360EF" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5234,168 +5201,188 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3579EB47" w14:textId="484FAF73" w:rsidR="003360EF" w:rsidRPr="00F700FB" w:rsidRDefault="00821B0F" w:rsidP="00F700FB">
+          <w:p w14:paraId="3579EB47" w14:textId="6C16CEAE" w:rsidR="003360EF" w:rsidRPr="00F700FB" w:rsidRDefault="00BB48FE" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00821B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5177" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="2143DB10" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00F700FB" w:rsidRDefault="003360EF" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB49BA" w:rsidRPr="00F700FB" w14:paraId="2E2D70D3" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3457" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="4917B25D" w14:textId="3ED44FED" w:rsidR="00BB49BA" w:rsidRPr="00F700FB" w:rsidRDefault="00CE0683" w:rsidP="00F700FB">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4917B25D" w14:textId="4A5DFA65" w:rsidR="00BB49BA" w:rsidRPr="00F700FB" w:rsidRDefault="00BB48FE" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="933" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2D228682" w14:textId="720B0193" w:rsidR="00BB49BA" w:rsidRPr="00F700FB" w:rsidRDefault="005B5125" w:rsidP="00F700FB">
+          <w:p w14:paraId="2D228682" w14:textId="66B5ED16" w:rsidR="00BB49BA" w:rsidRPr="00F700FB" w:rsidRDefault="00BB48FE" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1173" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="208EF235" w14:textId="2B48535F" w:rsidR="00BB49BA" w:rsidRPr="00F700FB" w:rsidRDefault="005B5125" w:rsidP="005B5125">
+          <w:p w14:paraId="208EF235" w14:textId="1F2CCDF9" w:rsidR="00BB49BA" w:rsidRPr="00F700FB" w:rsidRDefault="00BB48FE" w:rsidP="005B5125">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5177" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="26EEB1F3" w14:textId="77777777" w:rsidR="00BB49BA" w:rsidRPr="00F700FB" w:rsidRDefault="00BB49BA" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003360EF" w:rsidRPr="00F700FB" w14:paraId="42916745" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -5676,51 +5663,50 @@
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006922A1" w:rsidRPr="00F700FB" w14:paraId="66380C56" w14:textId="77777777" w:rsidTr="00745822">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4185" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="34ACB514" w14:textId="77777777" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="3" w:colLast="3"/>
             <w:r w:rsidRPr="00F700FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders süresi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="60AB84C0" w14:textId="5328B7D1" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5797,51 +5783,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A17983C" w14:textId="77777777" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="006922A1" w:rsidRPr="00F700FB" w14:paraId="3CF4A306" w14:textId="77777777" w:rsidTr="00745822">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4185" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="0F3E3795" w14:textId="77777777" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F700FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5923,166 +5908,179 @@
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006922A1" w:rsidRPr="00F700FB" w14:paraId="116E216D" w14:textId="77777777" w:rsidTr="00745822">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4185" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="101EF85F" w14:textId="77777777" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
+          <w:p w14:paraId="101EF85F" w14:textId="262EDECB" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="00BB48FE" w:rsidP="00F700FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F700FB">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F700FB">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006922A1" w:rsidRPr="00F700FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2B0A2A" w14:textId="0807F8CB" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
+          <w:p w14:paraId="0F2B0A2A" w14:textId="184AFF07" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="00BB48FE" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="0131A2D6" w14:textId="596621B6" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2148" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68409A58" w14:textId="430F7921" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
+          <w:p w14:paraId="68409A58" w14:textId="7DC5288C" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="00BB48FE" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="006922A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006922A1" w:rsidRPr="00F700FB" w14:paraId="41587A15" w14:textId="77777777" w:rsidTr="00745822">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4185" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="666FAC59" w14:textId="77777777" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F700FB">
               <w:rPr>
@@ -6194,128 +6192,147 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F700FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Sınavı Çalışmaları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="5649C522" w14:textId="164F12EE" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
+          <w:p w14:paraId="5649C522" w14:textId="2C134418" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00BB48FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB48FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="671C9B9D" w14:textId="7B2F1C85" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2148" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8AD650" w14:textId="6CB993C9" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
+          <w:p w14:paraId="4F8AD650" w14:textId="6D8AB997" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00BB48FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB48FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006922A1" w:rsidRPr="00F700FB" w14:paraId="1CC34E87" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8592" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="67004055" w14:textId="77777777" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -6355,120 +6372,150 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F700FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS Kredisi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2148" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5C69DD" w14:textId="3E2825A6" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
+          <w:p w14:paraId="3C5C69DD" w14:textId="5B897BAA" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>176</w:t>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB48FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006922A1" w:rsidRPr="00F700FB" w14:paraId="414B8606" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8592" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0BA85070" w14:textId="77777777" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2148" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="53227F6D" w14:textId="0F9F00F9" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
+          <w:p w14:paraId="53227F6D" w14:textId="5EB1BC67" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="00BB48FE" w:rsidP="00BB48FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>176/30 = 5,86</w:t>
+              <w:t>172</w:t>
+            </w:r>
+            <w:r w:rsidR="006922A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/30 = 5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006922A1" w:rsidRPr="00F700FB" w14:paraId="48580430" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8592" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="09617E22" w14:textId="77777777" w:rsidR="006922A1" w:rsidRPr="00F700FB" w:rsidRDefault="006922A1" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -6509,92 +6556,92 @@
     <w:p w14:paraId="3107A1D6" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="000E69C6" w:rsidRDefault="003A4CE2" w:rsidP="003A4CE2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CD84990" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRDefault="003A4CE2" w:rsidP="003A4CE2"/>
     <w:p w14:paraId="608AE357" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRDefault="003A4CE2"/>
     <w:sectPr w:rsidR="003A4CE2" w:rsidSect="003A4CE2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="114"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00021DBE"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00074372"/>
     <w:rsid w:val="00080619"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="00102701"/>
@@ -6690,56 +6737,58 @@
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00983E7D"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009D0966"/>
     <w:rsid w:val="00A0536B"/>
     <w:rsid w:val="00A07223"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2379"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB48FE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C5043E"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00DE17D7"/>
     <w:rsid w:val="00DE3843"/>
@@ -6770,81 +6819,215 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0367FFAF"/>
+  <w15:docId w15:val="{CE2421F3-DDCD-43D1-BB8B-F248286BDF36}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -6912,50 +7095,154 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -7002,73 +7289,66 @@
     <w:rPr>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
     <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
     <w:link w:val="HTMLncedenBiimlendirilmi"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent4">
-    <w:name w:val="Grid Table 4 Accent 4"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu41">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 41"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00F700FB"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -7082,73 +7362,66 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent5">
-    <w:name w:val="Grid Table 4 Accent 5"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu51">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 51"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="009D0966"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A02B93" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -7162,596 +7435,66 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5DarkAccent4">
-    <w:name w:val="Grid Table 5 Dark Accent 4"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzTablo5Koyu-Vurgu41">
+    <w:name w:val="Kılavuz Tablo 5 Koyu - Vurgu 41"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="009D0966"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...527 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -7820,51 +7563,51 @@
   <w:style w:type="character" w:styleId="Gl">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="0050485D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00074372"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8206,51 +7949,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulakbim.gov.tr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufukkocatepe@cag.edu.tr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulakbim.gov.tr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufukkocatepe@cag.edu.tr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -8518,87 +8261,87 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>738</Words>
-  <Characters>4213</Characters>
+  <Characters>4212</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4942</CharactersWithSpaces>
+  <CharactersWithSpaces>4941</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>467295425</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>