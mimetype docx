--- v0 (2025-11-03)
+++ v1 (2026-03-05)
@@ -1,38 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10967" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -893,123 +895,115 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="008530FE" w:rsidRPr="00183415" w:rsidRDefault="008530FE" w:rsidP="008530FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Çarşamba </w:t>
-[...7 lines deleted...]
-              <w:t>10.15-12.35</w:t>
+              <w:t>Çarşamba 10.15-12.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="008530FE" w:rsidRPr="00183415" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+          <w:p w:rsidR="008530FE" w:rsidRPr="00183415" w:rsidRDefault="00395D4B" w:rsidP="00A576CA">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>.00-12.00</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Salı</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="008530FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10.00-12.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00575EB6">
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="007261F8" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="008530FE" w:rsidRPr="00575EB6">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>cansu.u.e@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
         <w:trPr>
           <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1247,52 +1241,50 @@
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -6246,51 +6238,51 @@
           </w:p>
           <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F32EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>by </w:t>
             </w:r>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="003F32EA">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>Marc Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="003F32EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
@@ -6299,51 +6291,51 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F32EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">International Economic Organizations (IMF and World Bank) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="003F32EA">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="003F32EA">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>Moschella</w:t>
               </w:r>
@@ -6378,184 +6370,184 @@
           <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Önerilen Kaynaklar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7518" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="008530FE" w:rsidRPr="00C558C7" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+          <w:p w:rsidR="008530FE" w:rsidRPr="00C558C7" w:rsidRDefault="007261F8" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00C558C7">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="008530FE" w:rsidRPr="00C558C7">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>www.un.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="008530FE" w:rsidRPr="00C558C7" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+          <w:p w:rsidR="008530FE" w:rsidRPr="00C558C7" w:rsidRDefault="007261F8" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="00C558C7">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidR="008530FE" w:rsidRPr="00C558C7">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>www.nato.int</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+          <w:p w:rsidR="008530FE" w:rsidRDefault="007261F8" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="00233200">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidR="008530FE" w:rsidRPr="00233200">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>www.imf.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+          <w:p w:rsidR="008530FE" w:rsidRDefault="007261F8" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="00233200">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidR="008530FE" w:rsidRPr="00233200">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>www.worldbank.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+          <w:p w:rsidR="008530FE" w:rsidRDefault="007261F8" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="006028F0">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidR="008530FE" w:rsidRPr="006028F0">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>http://web.worldbank.org/WBSITE/EXTERNAL/EXTABOUTUS/PARTNERS/WBEU/0,,contentMDK:20270314~menuPK:647978~pagePK:64137114~piPK:64136911~theSitePK:380823,00.html</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="008530FE" w:rsidRPr="00C558C7" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+          <w:p w:rsidR="008530FE" w:rsidRPr="00C558C7" w:rsidRDefault="007261F8" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidRPr="00233200">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidR="008530FE" w:rsidRPr="00233200">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>www.wto.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7824,61 +7816,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="008530FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>19</w:t>
-[...9 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>191</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:jc w:val="right"/>
@@ -7927,78 +7909,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="008530FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>19</w:t>
-[...26 lines deleted...]
-              <w:t>37</w:t>
+              <w:t>191/30=6,37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:jc w:val="right"/>
@@ -8164,147 +8119,185 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00926711">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="420119AC" wp14:editId="3F42C0F0">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId17"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="008530FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="008530FE"/>
     <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="008530FE"/>
     <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="008530FE"/>
     <w:p w:rsidR="00E66CB5" w:rsidRDefault="00E66CB5"/>
     <w:sectPr w:rsidR="00E66CB5" w:rsidSect="005A2B8A">
-      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="007261F8" w:rsidRDefault="007261F8">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="007261F8" w:rsidRDefault="007261F8">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="007261F8" w:rsidRDefault="007261F8">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="007261F8" w:rsidRDefault="007261F8">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A3554C" w:rsidRDefault="003F32EA" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A8C0CC6" wp14:editId="49D2EEA8">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -8520,60 +8513,70 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="125"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008530FE"/>
     <w:rsid w:val="002F27D9"/>
+    <w:rsid w:val="00395D4B"/>
     <w:rsid w:val="003F32EA"/>
+    <w:rsid w:val="007261F8"/>
     <w:rsid w:val="008530FE"/>
     <w:rsid w:val="00E66CB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -9341,51 +9344,51 @@
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Gl">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="008530FE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="333333"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unitn.it/en/drsis/11847/manuela-moschella" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://web.worldbank.org/WBSITE/EXTERNAL/EXTABOUTUS/PARTNERS/WBEU/0,,contentMDK:20270314~menuPK:647978~pagePK:64137114~piPK:64136911~theSitePK:380823,00.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amazon.com/Marc-Williams/e/B001KIISG4/ref=dp_byline_cont_book_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.worldbank.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cansu.u.e@cag.edu.tr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imf.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nato.int" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.un.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wto.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cansu.u.e@cag.edu.tr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imf.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nato.int" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wto.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.un.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://web.worldbank.org/WBSITE/EXTERNAL/EXTABOUTUS/PARTNERS/WBEU/0,,contentMDK:20270314~menuPK:647978~pagePK:64137114~piPK:64136911~theSitePK:380823,00.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unitn.it/en/drsis/11847/manuela-moschella" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amazon.com/Marc-Williams/e/B001KIISG4/ref=dp_byline_cont_book_1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.worldbank.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
@@ -9599,157 +9602,157 @@
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="323065344"/>
-        <c:axId val="338945152"/>
+        <c:axId val="257931264"/>
+        <c:axId val="240269504"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="323065344"/>
+        <c:axId val="257931264"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="338945152"/>
+        <c:crossAx val="240269504"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="338945152"/>
+        <c:axId val="240269504"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="323065344"/>
+        <c:crossAx val="257931264"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10043,64 +10046,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1028</Words>
-  <Characters>5866</Characters>
+  <Characters>5861</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6881</CharactersWithSpaces>
+  <CharactersWithSpaces>6876</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Cansu Unver Erbas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>