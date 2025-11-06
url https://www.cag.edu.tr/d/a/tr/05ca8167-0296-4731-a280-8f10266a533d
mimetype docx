--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -1,10616 +1,11891 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="77CA9C13" w14:textId="77777777" w:rsidR="00D430C9" w:rsidRPr="000D336B" w:rsidRDefault="00D430C9">
+    <w:p w14:paraId="77CA9C13" w14:textId="77777777" w:rsidR="00D430C9" w:rsidRPr="00CE5E53" w:rsidRDefault="00D430C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
     </w:p>
-    <w:p w14:paraId="32D27B5D" w14:textId="77777777" w:rsidR="00D430C9" w:rsidRPr="000D336B" w:rsidRDefault="00D430C9">
+    <w:p w14:paraId="32D27B5D" w14:textId="77777777" w:rsidR="00D430C9" w:rsidRPr="00CE5E53" w:rsidRDefault="00D430C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FD37F5E" w14:textId="02A614FC" w:rsidR="00D430C9" w:rsidRPr="000D336B" w:rsidRDefault="00D430C9" w:rsidP="00D430C9">
+    <w:p w14:paraId="4FD37F5E" w14:textId="02A614FC" w:rsidR="00D430C9" w:rsidRPr="00CE5E53" w:rsidRDefault="00D430C9" w:rsidP="00D430C9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D336B">
+      <w:r w:rsidRPr="00CE5E53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="387FADC3" wp14:editId="7366F064">
             <wp:extent cx="1309889" cy="1249680"/>
             <wp:effectExtent l="0" t="0" r="5080" b="7620"/>
             <wp:docPr id="1" name="Resim 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="akademisyen logo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1307789" cy="1247677"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FCA1827" w14:textId="77777777" w:rsidR="00D430C9" w:rsidRPr="000D336B" w:rsidRDefault="00D430C9">
+    <w:p w14:paraId="7FCA1827" w14:textId="77777777" w:rsidR="00D430C9" w:rsidRPr="00CE5E53" w:rsidRDefault="00D430C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="997"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="353"/>
         <w:gridCol w:w="25"/>
         <w:gridCol w:w="855"/>
         <w:gridCol w:w="792"/>
         <w:gridCol w:w="246"/>
         <w:gridCol w:w="366"/>
         <w:gridCol w:w="542"/>
         <w:gridCol w:w="176"/>
         <w:gridCol w:w="27"/>
         <w:gridCol w:w="733"/>
         <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2B8A" w:rsidRPr="000D336B" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00CE5E53" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="000D336B" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+          <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="00CE5E53" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DERS İZLENCESİ (SYLLABUS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DE1DD46" w14:textId="355D415A" w:rsidR="005A2B8A" w:rsidRPr="000D336B" w:rsidRDefault="0048422B" w:rsidP="0048422B">
+          <w:p w14:paraId="0DE1DD46" w14:textId="355D415A" w:rsidR="005A2B8A" w:rsidRPr="00CE5E53" w:rsidRDefault="0048422B" w:rsidP="0048422B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fen Edebiyat</w:t>
             </w:r>
-            <w:r w:rsidR="005A2B8A" w:rsidRPr="000D336B">
+            <w:r w:rsidR="005A2B8A" w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fakültesi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00482527" w:rsidRPr="000D336B" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00482527" w:rsidRPr="00CE5E53" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="000D336B" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
+          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00CE5E53" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersin </w:t>
             </w:r>
-            <w:r w:rsidR="00482527" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00482527" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4824" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="000D336B" w:rsidRDefault="00482527" w:rsidP="00212A30">
+          <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00CE5E53" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Adı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="000D336B" w:rsidRDefault="00482527" w:rsidP="00212A30">
+          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00CE5E53" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kredisi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="000D336B" w:rsidRDefault="00482527" w:rsidP="00212A30">
+          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00CE5E53" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS</w:t>
             </w:r>
-            <w:r w:rsidR="003A0CE5" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="003A0CE5" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Değeri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1CC7" w:rsidRPr="000D336B" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="006A424D">
+      <w:tr w:rsidR="003B1CC7" w:rsidRPr="00CE5E53" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="006A424D">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74FD4430" w14:textId="221BC2C8" w:rsidR="003B1CC7" w:rsidRPr="000D336B" w:rsidRDefault="003B1CC7" w:rsidP="00833C72">
+          <w:p w14:paraId="74FD4430" w14:textId="221BC2C8" w:rsidR="003B1CC7" w:rsidRPr="00CE5E53" w:rsidRDefault="003B1CC7" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TDE 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4824" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="332DDDD9" w14:textId="5A5C171F" w:rsidR="003B1CC7" w:rsidRPr="000D336B" w:rsidRDefault="003B1CC7" w:rsidP="003B1CC7">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+          <w:p w14:paraId="332DDDD9" w14:textId="5A5C171F" w:rsidR="003B1CC7" w:rsidRPr="00CE5E53" w:rsidRDefault="003B1CC7" w:rsidP="003B1CC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Post-okuma /YZ: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kodlararası</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Karşılaştırmalı Edebiyat (Marka: Akademisyen Yayınevi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="01A4A3C7" w14:textId="573077A7" w:rsidR="003B1CC7" w:rsidRPr="000D336B" w:rsidRDefault="003B1CC7" w:rsidP="00833C72">
+          <w:p w14:paraId="01A4A3C7" w14:textId="573077A7" w:rsidR="003B1CC7" w:rsidRPr="00CE5E53" w:rsidRDefault="003B1CC7" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(2-2)3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="242BC9E2" w14:textId="796B320F" w:rsidR="003B1CC7" w:rsidRPr="000D336B" w:rsidRDefault="003B1CC7" w:rsidP="00833C72">
+          <w:p w14:paraId="242BC9E2" w14:textId="796B320F" w:rsidR="003B1CC7" w:rsidRPr="00CE5E53" w:rsidRDefault="003B1CC7" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="000D336B" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00CE5E53" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00681162" w:rsidP="00FB3417">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00CE5E53" w:rsidRDefault="00681162" w:rsidP="00FB3417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ön</w:t>
             </w:r>
-            <w:r w:rsidR="007625C6" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="007625C6" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>koşul Dersler</w:t>
             </w:r>
-            <w:r w:rsidR="00F96934" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40696AA0" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="003B1CC7" w:rsidP="007B37DA">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="40696AA0" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="003B1CC7" w:rsidP="007B37DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SKA</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="15" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="15" w:type="dxa"/>
                 <w:left w:w="15" w:type="dxa"/>
                 <w:bottom w:w="15" w:type="dxa"/>
                 <w:right w:w="15" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3322"/>
               <w:gridCol w:w="4568"/>
             </w:tblGrid>
-            <w:tr w:rsidR="007B37DA" w:rsidRPr="000D336B" w14:paraId="01139EBD" w14:textId="77777777" w:rsidTr="00673915">
+            <w:tr w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w14:paraId="01139EBD" w14:textId="77777777" w:rsidTr="00673915">
               <w:trPr>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3277" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="272C4016" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="272C4016" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>4:Nitelikli Eğitim</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4523" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="67A35C2A" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="67A35C2A" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Dijital okuryazarlık, eleştirel düşünme, </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>disiplinlerarası</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> yaklaşımlar</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="68BD6637" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="68BD6637" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5:Toplumsal Cinsiyet Eşitliği</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">      Kültürel çeşitlilik ve temsil üzerine metin analizleri</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="15" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="15" w:type="dxa"/>
                 <w:left w:w="15" w:type="dxa"/>
                 <w:bottom w:w="15" w:type="dxa"/>
                 <w:right w:w="15" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3322"/>
               <w:gridCol w:w="4568"/>
             </w:tblGrid>
-            <w:tr w:rsidR="007B37DA" w:rsidRPr="000D336B" w14:paraId="205FBC7B" w14:textId="77777777" w:rsidTr="00673915">
+            <w:tr w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w14:paraId="205FBC7B" w14:textId="77777777" w:rsidTr="00673915">
               <w:trPr>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3277" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4507369B" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="4507369B" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">9: </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>İnovasyon</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4523" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="40C6A975" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="40C6A975" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Kodlu anlatı teknikleri, dijital kültürle yazarlık</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007B37DA" w:rsidRPr="000D336B" w14:paraId="5B1772EB" w14:textId="77777777" w:rsidTr="00673915">
+            <w:tr w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w14:paraId="5B1772EB" w14:textId="77777777" w:rsidTr="00673915">
               <w:trPr>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3277" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="13CE7F65" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="13CE7F65" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>10:Eşitsizliklerin Azaltılması</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4523" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="73FA0ED2" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="73FA0ED2" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Farklı kültürlerden metinlerle kapsayıcı edebiyat yaklaşımı</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007B37DA" w:rsidRPr="000D336B" w14:paraId="0F629356" w14:textId="77777777" w:rsidTr="00673915">
+            <w:tr w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w14:paraId="0F629356" w14:textId="77777777" w:rsidTr="00673915">
               <w:trPr>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3277" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="2DA0791D" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="2DA0791D" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>11:Sürdürülebilir Kültürel Varlık</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4523" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="00531BEA" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="00531BEA" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Çeviri, aktarım ve edebi etkileşim ağları</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007B37DA" w:rsidRPr="000D336B" w14:paraId="4A644008" w14:textId="77777777" w:rsidTr="00673915">
+            <w:tr w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w14:paraId="4A644008" w14:textId="77777777" w:rsidTr="00673915">
               <w:trPr>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3277" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="53BB0DFA" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="53BB0DFA" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>12:Sorumlu Üretim ve Tüketim</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="4A141FD2" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="4A141FD2" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>16: Barış, Adalet ve Güçlü Kurumlar</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="01158BD7" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="01158BD7" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>17: Ortaklıklar</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4523" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="32A274B3" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="32A274B3" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Etik yazarlık, yapay zekâ ile bilinçli üretim</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1D63B658" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="1D63B658" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Dijital etik, telif, </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>ananomlik</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> ve medya sorumluluğu</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="15571F9B" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="000D336B" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
+                <w:p w14:paraId="15571F9B" w14:textId="77777777" w:rsidR="007B37DA" w:rsidRPr="00CE5E53" w:rsidRDefault="007B37DA" w:rsidP="007B37DA">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000D336B">
+                  <w:r w:rsidRPr="00CE5E53">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Yayınevi ortaklığıyla kültürel üretim</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="4BC4E30B" w14:textId="7341DA87" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00681162" w:rsidP="007B37DA">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4BC4E30B" w14:textId="7341DA87" w:rsidR="00681162" w:rsidRPr="00CE5E53" w:rsidRDefault="00681162" w:rsidP="007B37DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="000D336B" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00CE5E53" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00681162" w:rsidP="007625C6">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00CE5E53" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Dili</w:t>
             </w:r>
-            <w:r w:rsidR="00F96934" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26CBDD8E" w14:textId="184A460F" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="26CBDD8E" w14:textId="184A460F" w:rsidR="00681162" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Türkçe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00681162" w:rsidP="007625C6">
+          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="00CE5E53" w:rsidRDefault="00681162" w:rsidP="007625C6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders İşleme Tarzı</w:t>
             </w:r>
-            <w:r w:rsidR="00F96934" w:rsidRPr="000D336B">
+            <w:r w:rsidR="00F96934" w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3630" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="608EE131" w14:textId="4A20DC88" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00B121F7">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="608EE131" w14:textId="4A20DC88" w:rsidR="00681162" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00B121F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yüz Yüze</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="000D336B" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00CE5E53" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00CE5E53" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersin Türü </w:t>
             </w:r>
-            <w:r w:rsidR="00A8173B" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00A8173B" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ve </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Düzeyi</w:t>
             </w:r>
-            <w:r w:rsidR="00F96934" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19D6D351" w14:textId="30C129AA" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="19D6D351" w14:textId="30C129AA" w:rsidR="00681162" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Zorunlu/ Lisans/ 4.Yıl/ Güz Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="000D336B" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="001B5C97">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00CE5E53" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="001B5C97">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5155" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="000D336B" w:rsidRDefault="00F96934" w:rsidP="00F96934">
+          <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="00CE5E53" w:rsidRDefault="00F96934" w:rsidP="00F96934">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersi</w:t>
             </w:r>
-            <w:r w:rsidR="00466279" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00466279" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">n </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Öğretim Üyesinin</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Unvanı</w:t>
             </w:r>
-            <w:r w:rsidR="00466279" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00466279" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adı</w:t>
             </w:r>
-            <w:r w:rsidR="00466279" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00466279" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Soyadı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="000D336B" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00CE5E53" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders Saati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="000D336B" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00CE5E53" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Görüşme Saatleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="000D336B" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00CE5E53" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İletişim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="00B121F7">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="00B121F7">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5155" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68DC02A2" w14:textId="117DE056" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+          <w:p w14:paraId="68DC02A2" w14:textId="117DE056" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prof. Dr. Elmas Şahin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5DF00B" w14:textId="0C11C9D1" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
+          <w:p w14:paraId="5B5DF00B" w14:textId="0C11C9D1" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1946" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DCEC51D" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
+          <w:p w14:paraId="3DCEC51D" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2476" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="406CD1B0" w14:textId="49938C7A" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="005D475F" w:rsidP="00833C72">
+          <w:p w14:paraId="406CD1B0" w14:textId="49938C7A" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00D34D7C" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-              <w:r w:rsidR="00B121F7" w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00B121F7" w:rsidRPr="00CE5E53">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>elmassahin@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00B121F7" w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00B121F7" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="0034027E">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Koordinatörü:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3B751E" w14:textId="4C32DF87" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="0034027E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7C3B751E" w14:textId="4C32DF87" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prof. Dr. Elmas Şahin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66EAB58D" w14:textId="6242CC75" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00E404D4">
+          <w:p w14:paraId="775F1862" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00E404D4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Amacı</w:t>
+            </w:r>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bu ders, k</w:t>
+            </w:r>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>arşılaştırmalı edebiyat kuramı ve eleştirisi ışığında sınırların ötesindeki edebiyatlardan seçilmiş metinleri içerik ve biçim açısından benzer ve farklılıklarıyla karşılaştırmanın ve birbirleriyle olan etkileşimlerini, dil ve kültürel zenginliklerini keşfetmenin yanında karşılaştırmalı edebiyatın klasik kuramlarını yapay zekâ destekli dijital araçlarla yeniden düşünmeye davet eder</w:t>
+            </w:r>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve dijital çağda "okuma" kavramını yeniden tanımlar. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yapay zekâ destekli araçlar; karşılaştırmalı edebiyat disiplinini </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>postkolonyal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>postmodern</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anlatılar, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>hiper</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-metinler, dijital anlatılar ve kodlanmış edebi biçimler üzerinden yeniden düşünmeye davet eder. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Metinlerarası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ilişkiler, görsel-anlatı kurguları ve dilin dönüşen ontolojisi dersin temel yapıtaşlarını oluşturur.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66EAB58D" w14:textId="459E2E0A" w:rsidR="009F1735" w:rsidRPr="00CE5E53" w:rsidRDefault="009F1735" w:rsidP="009F1735">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">Yapay zekâ destekli araçlar; karşılaştırmalı edebiyat disiplinini </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu ders, edebi metinleri “okuma” eyleminin ötesine taşıyarak onları yeniden okuma, yeniden kurma, yeniden üretme süreçleri içinde ele alır. Öğrenciler, modern ve </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00E404D4" w:rsidRPr="000D336B">
-[...7 lines deleted...]
-              <w:t>postkolonyal</w:t>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>postmodern</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00E404D4" w:rsidRPr="000D336B">
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> ilişkiler, görsel-anlatı kurguları ve dilin dönüşen ontolojisi dersin temel yapıtaşlarını oluşturur.</w:t>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> metinleri karşılaştırmalı biçimde inceler; okur-yazar özne, sessizlik, dil sınırları, yapay zekâ çağında anlam kavramları üzerine düşünür.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00A8173B">
+          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00A8173B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Öğrenme Çıktıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7221" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3018" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İlişkiler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A4CE2">
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7221" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A4CE2">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Program Çıktıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Net Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5459" w:rsidRPr="000D336B" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00753E28">
+      <w:tr w:rsidR="005E5459" w:rsidRPr="00CE5E53" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
+          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="659C2DB8" w14:textId="520A7D22" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="659C2DB8" w14:textId="520A7D22" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Karşılaştırmalı edebiyat kuramlarını çağdaş örneklerle ilişkilendirir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3392DE1D" w14:textId="75F9B49C" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="3392DE1D" w14:textId="75F9B49C" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="245FC917" w14:textId="0792AABB" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="245FC917" w14:textId="0792AABB" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5459" w:rsidRPr="000D336B" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00753E28">
+      <w:tr w:rsidR="005E5459" w:rsidRPr="00CE5E53" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5676F5CC" w14:textId="776F5678" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="5676F5CC" w14:textId="776F5678" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Postmodern</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>postkolonyal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> anlatıları dijital yorum teknikleriyle değerlendirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC074F8" w14:textId="20402838" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="2CC074F8" w14:textId="20402838" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E540A1C" w14:textId="0EECD347" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="6E540A1C" w14:textId="0EECD347" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5459" w:rsidRPr="000D336B" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00753E28">
+      <w:tr w:rsidR="005E5459" w:rsidRPr="00CE5E53" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6B3CF6" w14:textId="055520A0" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="1E6B3CF6" w14:textId="055520A0" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Farklı kültürlerden edebi metinleri yapay zekâ araçlarıyla çözümler ve karşılaştırır</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130E6C82" w14:textId="5853B4B9" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="130E6C82" w14:textId="5853B4B9" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B65611D" w14:textId="2E71FF2B" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="2B65611D" w14:textId="2E71FF2B" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5459" w:rsidRPr="000D336B" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00753E28">
+      <w:tr w:rsidR="005E5459" w:rsidRPr="00CE5E53" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
+          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1C26084B" w14:textId="2DD14450" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="1C26084B" w14:textId="2DD14450" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kodlararası</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> okuma yöntemleriyle </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>metinlerarası</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> eleştirel analizler yapar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18E382" w14:textId="1E4908E2" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="7A18E382" w14:textId="1E4908E2" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27DCF042" w14:textId="6656ED2F" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="27DCF042" w14:textId="6656ED2F" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5459" w:rsidRPr="000D336B" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00753E28">
+      <w:tr w:rsidR="005E5459" w:rsidRPr="00CE5E53" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
+          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2C60B735" w14:textId="50366EA7" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="2C60B735" w14:textId="50366EA7" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Algoritmik</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve estetik yapıların birleştiği kısa dijital metinler üretir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1561474B" w14:textId="2FD618BD" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="1561474B" w14:textId="2FD618BD" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17, 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF8D652" w14:textId="505029C3" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="4FF8D652" w14:textId="505029C3" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5459" w:rsidRPr="000D336B" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00753E28">
+      <w:tr w:rsidR="005E5459" w:rsidRPr="00CE5E53" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
+          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5A97A7BA" w14:textId="533FE258" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="5A97A7BA" w14:textId="533FE258" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dijital okur-yazarlık becerilerini geliştirir ve etik üretim ilkelerini benimser.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="070A6310" w14:textId="437FDD62" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="070A6310" w14:textId="437FDD62" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34872425" w14:textId="2E5EEED7" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="34872425" w14:textId="2E5EEED7" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5459" w:rsidRPr="000D336B" w14:paraId="0BDB48E7" w14:textId="77777777" w:rsidTr="00753E28">
+      <w:tr w:rsidR="005E5459" w:rsidRPr="00CE5E53" w14:paraId="0BDB48E7" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB28272" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
+          <w:p w14:paraId="4DB28272" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5443340B" w14:textId="366BF326" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="5443340B" w14:textId="366BF326" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="313061AA" w14:textId="54DB3677" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="313061AA" w14:textId="54DB3677" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yapay zekâ ile edebi üretim sürecinde öz farkındalık geliştirir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="281F7E2B" w14:textId="1B5CC076" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="281F7E2B" w14:textId="1B5CC076" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17, 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B37EF11" w14:textId="0AFD6F26" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="5B37EF11" w14:textId="0AFD6F26" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5459" w:rsidRPr="000D336B" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00753E28">
+      <w:tr w:rsidR="005E5459" w:rsidRPr="00CE5E53" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
+          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62644321" w14:textId="665BCBE6" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="62644321" w14:textId="665BCBE6" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3B702992" w14:textId="78C54DAA" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="005E5459" w:rsidP="00466279">
+          <w:p w14:paraId="3B702992" w14:textId="78C54DAA" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="005E5459" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kültürel çeşitliliğe ve dijital anlatıların toplumsal etkisine karşı estetik ve etik sorumluluk hisseder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58F7A50C" w14:textId="379DAB65" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="58F7A50C" w14:textId="379DAB65" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19, 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F83A37D" w14:textId="36C50A13" w:rsidR="005E5459" w:rsidRPr="000D336B" w:rsidRDefault="00C9413C" w:rsidP="00466279">
+          <w:p w14:paraId="2F83A37D" w14:textId="36C50A13" w:rsidR="005E5459" w:rsidRPr="00CE5E53" w:rsidRDefault="00C9413C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin İçeriği:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCAB1F0" w14:textId="004B9069" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B263CD" w:rsidP="001B5C97">
+          <w:p w14:paraId="5B523C3C" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B263CD" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Post-Okuma /YZ: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kodlararası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Karşılaştırmalı Edebiyat" adlı bu ders, yapay zekâ çağında edebiyatın üretim, okuma ve yorumlama biçimlerinde yaşanan dönüşümleri </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>disiplinlerarası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bir yaklaşımla ele alır. “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kodlararası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">” kavramı çerçevesinde öğrenciler, edebi metinleri yalnızca farklı diller veya kültürler arasında değil; insan ve makine üretimi, yazılı ve dijital anlatılar, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>algoritmik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve estetik yapı gibi farklı kod sistemleri arasında karşılaştırmalı olarak inceleyeceklerdir. Post-okuma kuramlarından hareketle, yapay zekâ destekli metinlerin </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>anlatısal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, biçimsel ve etik boyutları tartışılacak; AI tarafından üretilen edebi örnekler ile klasik metinler arasındaki farklar analiz edilecektir. Ders, kuramsal okumaları dijital uygulamalarla buluşturarak öğrencilere hem eleştirel hem yaratıcı bir düşünme alanı sunmayı amaçlamaktadır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="568C89AF" w14:textId="77777777" w:rsidR="00684986" w:rsidRPr="00CE5E53" w:rsidRDefault="00684986" w:rsidP="00DC5925">
+            <w:pPr>
+              <w:pStyle w:val="AltKonuBal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ana Temalar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="688AD5DD" w14:textId="77777777" w:rsidR="00684986" w:rsidRPr="00CE5E53" w:rsidRDefault="00684986" w:rsidP="00DC5925">
+            <w:pPr>
+              <w:pStyle w:val="AltKonuBal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Post-Okuma (Re-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reading</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Re-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) yaklaşımları</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313B7094" w14:textId="77777777" w:rsidR="00684986" w:rsidRPr="00CE5E53" w:rsidRDefault="00684986" w:rsidP="00DC5925">
+            <w:pPr>
+              <w:pStyle w:val="AltKonuBal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sessizlik, boşluk, dilin sınırı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="505AA9D1" w14:textId="77777777" w:rsidR="00684986" w:rsidRPr="00CE5E53" w:rsidRDefault="00684986" w:rsidP="00DC5925">
+            <w:pPr>
+              <w:pStyle w:val="AltKonuBal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Beckett</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Woolf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Ağaoğlu karşılaşmaları</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41319EC7" w14:textId="77777777" w:rsidR="00684986" w:rsidRPr="00CE5E53" w:rsidRDefault="00684986" w:rsidP="00DC5925">
+            <w:pPr>
+              <w:pStyle w:val="AltKonuBal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> okuma ve makine estetiği</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27A508B1" w14:textId="77777777" w:rsidR="00684986" w:rsidRPr="00CE5E53" w:rsidRDefault="00684986" w:rsidP="00DC5925">
+            <w:pPr>
+              <w:pStyle w:val="AltKonuBal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feminist, çevresel ve etik okumalar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="014B4453" w14:textId="77777777" w:rsidR="00684986" w:rsidRPr="00CE5E53" w:rsidRDefault="00684986" w:rsidP="00DC5925">
+            <w:pPr>
+              <w:pStyle w:val="AltKonuBal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>YZ destekli karşılaştırmalı analiz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="004B9069" w:rsidR="00684986" w:rsidRPr="00CE5E53" w:rsidRDefault="00684986" w:rsidP="001B5C97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...122 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="001B5C97">
+          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="001B5C97">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders İçerikleri: (Haftalık Ders Planı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hafta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Konu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hazırlık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:ind w:left="-288" w:firstLine="288"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Öğretim Yöntem ve Teknikleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52D7E" w:rsidRPr="000D336B" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00FE5869">
+      <w:tr w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00FE5869">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="08B124CF" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
+          <w:p w14:paraId="08B124CF" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
             <w:pPr>
               <w:pStyle w:val="Balk4"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modül 1: Temel Kavramlar ve Post-Okuma (Hafta 1-4)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EDDD093" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
+          <w:p w14:paraId="0EDDD093" w14:textId="7D2A09C7" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kodlararası</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Okuma, Karşılaştırmalı edebiyatın geleneksel sınırları </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Okuma, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC5925" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>post Okuma-K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>arşılaştırmalı edebiyatın geleneksel sınırları</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC5925" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kodlararası</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kavramı: dil, medya-yayıncılık, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC5925" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>biçim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, üreti</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC1FE4" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ci</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC5925" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Akademisyen Yayıneviyle </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470003E1" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9753CB" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="6E9753CB" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00684986">
+            <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Desr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> İzlencesi + tanıtım</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66A1AA39" w14:textId="3E767C05" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="66A1AA39" w14:textId="73984522" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SDG ve edebiyat ilişkisi, Marka: Akademisyen Yayınevi tanıtımı</w:t>
+            </w:r>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, W. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Iser</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Act</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Reading</w:t>
+            </w:r>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (giriş) / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Barthes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Metnin Hazzı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="630C4497" w14:textId="6280AD99" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="630C4497" w14:textId="07DE8476" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Kavram haritası, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>literatür</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> tarama- izlence incelemesi</w:t>
             </w:r>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tartışma, kavram haritası, kavramsal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52D7E" w:rsidRPr="000D336B" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00FE5869">
+      <w:tr w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00FE5869">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4374FDA5" w14:textId="7D90A1FE" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4374FDA5" w14:textId="4816720C" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kodlararası</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Karşılaştırmalı Edebiyat nedir? Post-okuma ve Okur kavramı, Karşılaştırmalı edebiyat </w:t>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Karşılaştırmalı Edebiyat nedir? Post-okuma ve Okur kavramı, Karşılaştırmalı edebiyat</w:t>
+            </w:r>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sessizlik ve Dilin Sınırı:</w:t>
+            </w:r>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Beckett’ta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bekleme, Ağaoğlu’nda Ses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="30A37E31" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
+          <w:p w14:paraId="20221CDD" w14:textId="4C8EB028" w:rsidR="00684986" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Elmas Şahin, Neden mi Karşılaştırmalı Edebiyat? Elmas Şahin &amp; Kadir Can Dilber "Karşılaştırmalı Edebiyat" </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Barthes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: "Yazarın ölümü", </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Stanley</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fish</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> "Okur odaklı eleştiri" David </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Damrosch</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> seçmeleri</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="7A3375F5" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Beckett</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Molloy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Adalet Ağaoğlu – </w:t>
+            </w:r>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bir Düğün </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00684986" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gecei</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7A3375F5" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="23414219" w14:textId="0B2CED74" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="23414219" w14:textId="6B7A8F27" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Multimedya metin incelemesi, kavram çözümlemesi</w:t>
             </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Karşılaştırmalı okuma, sahne çözümlemesi, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>duyuşsal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> haritalama</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52D7E" w:rsidRPr="000D336B" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00FE5869">
+      <w:tr w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00FE5869">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BAB814A" w14:textId="559E31D6" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6BAB814A" w14:textId="58B59EDF" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kodlararası</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anlatılar, Yapay </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Zeka</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve Edebiyat, Yapay zekâ ile üretilmiş edebiyat örnekleri, Makine yazarlığı ve özgünlük, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Algoritmik</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> anlatılar</w:t>
             </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zaman ve Bilinç:</w:t>
+            </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Virginia </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Woolf’un</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dalgalar</w:t>
+            </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>’ı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="30EACF83" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
+          <w:p w14:paraId="30EACF83" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Elmas Şahin, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Analtı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Üzerine Anlatı </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D8BE1F4" w14:textId="3B27963A" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="2D8BE1F4" w14:textId="72A081B7" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Katherine</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hayles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">How </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>We</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Think</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Woolf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Waves</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Tanpınar – </w:t>
+            </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Huzur</w:t>
+            </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>fragman</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6A682109" w14:textId="78BB0D67" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6A682109" w14:textId="1E482173" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Kodlu yapı çözümlemesi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>algoritmik</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> anlatı analizi</w:t>
             </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zaman çizelgesi, mekân-bilinç haritası</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52D7E" w:rsidRPr="000D336B" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00FE5869">
+      <w:tr w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00FE5869">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCC2790" w14:textId="3AFE1C8F" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7BCC2790" w14:textId="69FC90B1" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">YZ ve Karşılaştırmalı eleştirel okuma YZ destekli metin analizlerine giriş (temel araçlar ve teknikler) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Metinlerarası</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Karşılaştırmalar – İnsan vs. Yapay Yazarlar</w:t>
             </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modernlikten </w:t>
+            </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Sessizliğe:</w:t>
+            </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Beckett</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Woolf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6216AD61" w14:textId="419A6268" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="6216AD61" w14:textId="258207C0" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Barthes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> + YZ sentezleri</w:t>
             </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Beckett</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Molloy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (seçme) / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Woolf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>To</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lighthouse</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5ABDFC0F" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
+          <w:p w14:paraId="5ABDFC0F" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="007519AF">
             <w:pPr>
               <w:ind w:left="-288" w:firstLine="288"/>
-              <w:jc w:val="center"/>
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>YZ destekli metin analizi-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B065C00" w14:textId="457BA1D7" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1B065C00" w14:textId="6C21274A" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>insan</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> vs. makine karşılaştırması</w:t>
             </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="007519AF" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Diyaloglu çözümleme</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52D7E" w:rsidRPr="000D336B" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00FE5869">
+      <w:tr w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00FE5869">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB57E5F" w14:textId="32FC9F81" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2DB57E5F" w14:textId="2C2EF1B5" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Modül 2: </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rStyle w:val="Gl"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>YZ Edebiyat Laboratuvarı – Yarat</w:t>
+            </w:r>
+            <w:r w:rsidR="008D64B2" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ıcı Yazım ve Uygulama (Hafta 5-7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">YZ ile </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>metinlerarası</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> temalar, motifler ve görsel-kodların keşfi, kodların şiirselliği makine </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>vs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> insan </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="26BDCA38" w14:textId="207FEF02" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="26BDCA38" w14:textId="207FEF02" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">S. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Murray</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Digital</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Literary</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Studies</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0399AA" w14:textId="6700DCB7" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5A0399AA" w14:textId="6700DCB7" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Görsel kodları metne </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>entegre</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> etme, yaratıcı yazım</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52D7E" w:rsidRPr="000D336B" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="00FE5869">
+      <w:tr w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="00FE5869">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="27205324" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
+          <w:p w14:paraId="27205324" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00673915">
             <w:pPr>
               <w:ind w:left="180" w:hanging="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">YZ destekli anlatı analizi, yapı ve biçim çalışmaları, Yaratıcı yazım atölyesi: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0931D2E2" w14:textId="1E224CD2" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0931D2E2" w14:textId="1E224CD2" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>YZ ile şiir/öykü/deneme üretimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="24E9C55E" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00D669D5">
+          <w:p w14:paraId="24E9C55E" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00D669D5">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Marka konuk konuşmacısı</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5773CCF7" w14:textId="37458004" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="5773CCF7" w14:textId="37458004" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dijital yayıncılık, Akademisyen Yayınevi konuk konuşmacısı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="108B07A9" w14:textId="004CDD44" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="108B07A9" w14:textId="004CDD44" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kitap nesnesi vs. veri paketi, üretim atölyesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D52D7E" w:rsidRPr="000D336B" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00FE5869">
+      <w:tr w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00FE5869">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="333F1193" w14:textId="29257839" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+          <w:p w14:paraId="333F1193" w14:textId="29257839" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ödev / sunum / </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Laboratuvar ortamında proje</w:t>
             </w:r>
-            <w:r w:rsidR="00D669D5" w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00D669D5" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ü</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">retimi ve deneysel yazım </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1591F644" w14:textId="726B229E" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+          <w:p w14:paraId="1591F644" w14:textId="726B229E" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Seçilen metin &amp; </w:t>
             </w:r>
-            <w:r w:rsidR="00D669D5" w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00D669D5" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">YZ </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>araçlar</w:t>
             </w:r>
-            <w:r w:rsidR="00D669D5" w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00D669D5" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA15B95" w14:textId="36ED86D7" w:rsidR="00D52D7E" w:rsidRPr="000D336B" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1BA15B95" w14:textId="36ED86D7" w:rsidR="00D52D7E" w:rsidRPr="00CE5E53" w:rsidRDefault="00D52D7E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mikro-analiz, yaratıcı sunum, laboratuvar ortamı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFFAB3C" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ara Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04590A59" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+          <w:p w14:paraId="04590A59" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66EE9B06" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="66EE9B06" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE72139" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3BE72139" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ara Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF2690A" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+          <w:p w14:paraId="2CF2690A" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB47C99" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6AB47C99" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00CE5E53" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004344F3" w:rsidRPr="000D336B" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00653767">
+      <w:tr w:rsidR="004344F3" w:rsidRPr="00CE5E53" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00653767">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
+          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="05C966E6" w14:textId="332233C0" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Grup projeleri: YZ ile karşılaştırmalı metin analizleri dönem sonu açık kampüs yarışması ya da </w:t>
+          <w:p w14:paraId="05C966E6" w14:textId="56B98F09" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="008D64B2" w:rsidP="00D90F74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modül 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90F74" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90F74" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yayın ve Sunum Süreci (Hafta 10-12)</w:t>
+            </w:r>
+            <w:r w:rsidR="004344F3" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="004344F3" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> YZ ile karşılaştırmalı metin analizleri dönem sonu açık kampüs yarışması ya da </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="004344F3" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>online</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="004344F3" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> sergi hazırlıkları</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90F74" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- Grup Projeleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7D3643" w14:textId="422820F8" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
+          <w:p w14:paraId="1A7D3643" w14:textId="422820F8" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Örn</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Shelley</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> YZ + Web örnekleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="50975E5D" w14:textId="1885AA3B" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="50975E5D" w14:textId="1885AA3B" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hiper</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-yazın deneyimi, açık kampüs yarışması |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004344F3" w:rsidRPr="000D336B" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="0029640A">
+      <w:tr w:rsidR="004344F3" w:rsidRPr="00CE5E53" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="0029640A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
+          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1242F594" w14:textId="37A96BE8" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="003B2093">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1242F594" w14:textId="37A96BE8" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="003B2093">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Post-Okuma Üretimi</w:t>
             </w:r>
-            <w:r w:rsidR="00361813" w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00361813" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
-            <w:r w:rsidR="00361813" w:rsidRPr="000D336B">
+            <w:r w:rsidR="00361813" w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersin Markası </w:t>
             </w:r>
-            <w:r w:rsidR="003B2093" w:rsidRPr="000D336B">
+            <w:r w:rsidR="003B2093" w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Akademisyen Kitabevi’ni </w:t>
             </w:r>
-            <w:r w:rsidR="00361813" w:rsidRPr="000D336B">
+            <w:r w:rsidR="00361813" w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ziyaret</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD3F5E0" w14:textId="2B0F8330" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="003634FB">
+          <w:p w14:paraId="2DD3F5E0" w14:textId="2B0F8330" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="003634FB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Twine</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Canva</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Notion vs.</w:t>
             </w:r>
-            <w:r w:rsidR="00361813" w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00361813" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003634FB" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="003634FB" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Akademisyen Kitabevi</w:t>
             </w:r>
-            <w:r w:rsidR="00361813" w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00361813" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="378C5450" w14:textId="293D86CA" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="003B2093">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="378C5450" w14:textId="293D86CA" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="003B2093">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Öğrenci tercihli platformlar uygulama </w:t>
             </w:r>
-            <w:r w:rsidR="00361813" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00361813" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> yaratıcılık</w:t>
             </w:r>
-            <w:r w:rsidR="00361813" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00361813" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="003B2093" w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="003B2093" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>yayıncılık</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004344F3" w:rsidRPr="000D336B" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="0029640A">
+      <w:tr w:rsidR="004344F3" w:rsidRPr="00CE5E53" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="0029640A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
+          <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="49B35FFE" w14:textId="2EA9689E" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+          <w:p w14:paraId="49B35FFE" w14:textId="2F2C9370" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00D90F74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kodlu Karşılaştırma: Metin + Görsel, Marka-Akademisyen Yayın evi işbirliğiyle profesyonel yayıncılık süreçleri, Proje üretimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="017669E5" w14:textId="341F4CB1" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
+          <w:p w14:paraId="017669E5" w14:textId="341F4CB1" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Öğrenci örnekleri, YZ araçları </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="36C928C5" w14:textId="2FCDED3B" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="36C928C5" w14:textId="2FCDED3B" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Görsel &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>metinsel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> adaptasyon, yayıncılık süreci</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004344F3" w:rsidRPr="000D336B" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="0029640A">
+      <w:tr w:rsidR="004344F3" w:rsidRPr="00CE5E53" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="0029640A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
+          <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="46BDADB8" w14:textId="0A12BC7D" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
-[...13 lines deleted...]
-              <w:t>Final Proje Atölyesi</w:t>
+          <w:p w14:paraId="46BDADB8" w14:textId="6C8DE289" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="00D90F74" w:rsidP="00D90F74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modül 4: Atölye çalışmaları (Hafta 13-16)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004344F3" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Proje Atölyesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="75BE5125" w14:textId="0BD5C8E7" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
+          <w:p w14:paraId="75BE5125" w14:textId="0BD5C8E7" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Taslaklar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="213BE876" w14:textId="2388EFF4" w:rsidR="004344F3" w:rsidRPr="000D336B" w:rsidRDefault="004344F3" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="213BE876" w14:textId="2388EFF4" w:rsidR="004344F3" w:rsidRPr="00CE5E53" w:rsidRDefault="004344F3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bireysel </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mentorluk</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve geri bildirim oturumları</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="0029640A">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="0029640A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="287BBCEB" w14:textId="7079E701" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="287BBCEB" w14:textId="7079E701" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Proje Atölyesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0B48E8" w14:textId="37A04BDF" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="2E0B48E8" w14:textId="37A04BDF" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Taslak</w:t>
             </w:r>
-            <w:r w:rsidR="00B90BE3" w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00B90BE3" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> çalışmaları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="01F8B557" w14:textId="07AF9D61" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="01F8B557" w14:textId="07AF9D61" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bireysel </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mentorluk</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve geri bildirim oturumları</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="002C0443">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="002C0443">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="17983BCB" w14:textId="00EF450E" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="001A5F8C">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="17983BCB" w14:textId="00EF450E" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="001A5F8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Final Sunumları &amp; değerlendirmeler </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="463A8CB9" w14:textId="7B3D2AA8" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="463A8CB9" w14:textId="7B3D2AA8" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tamamlanan çalışmalar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3574F7" w14:textId="749A680A" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4F3574F7" w14:textId="749A680A" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Panayır veya dijital sergi ortamı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00946558">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00946558">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6A86DB" w14:textId="713C5A12" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3C6A86DB" w14:textId="713C5A12" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Geleceğe yönelik perspektifler, öğrenci bildirimleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC441A5" w14:textId="0D8F5670" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="5DC441A5" w14:textId="0D8F5670" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tamamlanan çalışmalar, öneriler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1738B9" w14:textId="773546FC" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4D1738B9" w14:textId="773546FC" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tartışmalar, geri dönütler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="682EA4FF" w14:textId="206BE8A8" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
-[...19 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="682EA4FF" w14:textId="14A5EE78" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="0022244F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:r w:rsidR="0022244F" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sınavı: Proje </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0022244F" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Portfolyo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005A7451" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0022244F" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teslimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607CC73E" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="607CC73E" w14:textId="6CF4B821" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="0022244F" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Turnitin’e</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yükleme</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF471FD" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2DF471FD" w14:textId="5F662C4F" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="0022244F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Değerlendirme-Geri bildirimler</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0A0783" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
-[...13 lines deleted...]
-              <w:t>Final Sınavı</w:t>
+          <w:p w14:paraId="4C0A0783" w14:textId="3A50F320" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="0022244F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidR="0022244F" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sınavı: Proje </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0022244F" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Portfolyo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0022244F" w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teslimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37CF168A" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="37CF168A" w14:textId="162BFD78" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="0022244F" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Turnitin’e</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yükleme</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA07FD4" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1EA07FD4" w14:textId="614C4C90" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="0022244F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Değerlendirme</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="002540BC">
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="002540BC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders İçin Kaynaklar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders Kitabı:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7408" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F91EC77" w14:textId="2BD29334" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
-[...15 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0F91EC77" w14:textId="2BD29334" w:rsidR="00413F1B" w:rsidRPr="00CE5E53" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Elmas Şahin &amp; Kadir Can Dilber (ED.) </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Karşılaştırmalı Edebiyat Kuram ve Uygulama</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, Ankara, Akademisyen Kitabevi, 2023, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F0368F3" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0F0368F3" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="00CE5E53" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Elmas Şahin "Neden mi Karşılaştırmalı edebiyat ?", Adana, Çukurova Üniversitesi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>November</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2006</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0530C84D" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0530C84D" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="00CE5E53" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Elmas Şahin, </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anlatı Üzerine Anlatı</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Akademisyen Kitabevi, 2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13BA4B79" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
-[...15 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="13BA4B79" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="00CE5E53" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Medine Sivri (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">), </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Karşılaştırmalı Edebiyat ve Kültürel Çalışmalar I</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Günce Yayınları, 2023</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10DDE143" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="10DDE143" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="00CE5E53" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>David </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Damrosch</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Is World </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>literatüre ?</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="2B17768C" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+          <w:p w14:paraId="2B17768C" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="00CE5E53" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Roland</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Barthes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yazarın Ölümü</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1581EA02" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+          <w:p w14:paraId="1581EA02" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="00CE5E53" w:rsidRDefault="004C2064" w:rsidP="004C2064">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">J.H. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Murray</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Digital</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Literary</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Studies</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CCD8B6E" w14:textId="33FAF983" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+          <w:p w14:paraId="2CCD8B6E" w14:textId="33FAF983" w:rsidR="004C2064" w:rsidRPr="00CE5E53" w:rsidRDefault="004C2064" w:rsidP="004C2064">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Elmas Şahin,</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Zamana Vuran Dalgalar, Yitik Ülke Yayınları</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3011E0E6" w14:textId="4588A345" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="004C2064">
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3011E0E6" w14:textId="4588A345" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3241"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Önerilen Kaynaklar:</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7408" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD9B323" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4FD9B323" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="00CE5E53" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Elmas Şahin, "On </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comparative</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>",</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="000D336B">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00CE5E53">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">International </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidRPr="000D336B">
+              <w:r w:rsidRPr="00CE5E53">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Journal</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidRPr="000D336B">
+              <w:r w:rsidRPr="00CE5E53">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> of </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidRPr="000D336B">
+              <w:r w:rsidRPr="00CE5E53">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Literature</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidRPr="000D336B">
+              <w:r w:rsidRPr="00CE5E53">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidRPr="000D336B">
+              <w:r w:rsidRPr="00CE5E53">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>and</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidRPr="000D336B">
+              <w:r w:rsidRPr="00CE5E53">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidRPr="000D336B">
+              <w:r w:rsidRPr="00CE5E53">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Arts</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume 4, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Issue</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1-1, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>January</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2016,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="609DFC12" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+          <w:p w14:paraId="609DFC12" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="00CE5E53" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Stanley</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fish</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Okur Odaklı Eleştiri</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="110DBAC6" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+          <w:p w14:paraId="110DBAC6" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">N. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Katharine</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hayles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">How </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>We-Think</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56C304A9" w14:textId="0476FD3F" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="56C304A9" w14:textId="0476FD3F" w:rsidR="004C2064" w:rsidRPr="00CE5E53" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Faruk Bilir (Editör), </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yapay Zekâ Teknolojilerine Akademik Bakış</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1296B338" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1296B338" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="00CE5E53" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Paul Van </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tieghem</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comparative</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Mukayeseli Edebiyat </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A662D6E" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3A662D6E" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="00CE5E53" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Wellek</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Warren</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Theory</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Edebiyat Kuramı</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="375CDE00" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="375CDE00" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="00CE5E53" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Elmas Şahin, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Historical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Critical </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Survey</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comparative</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Turkey</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>", Uluslararası Türkçe Edebiyat Kültür Eğitim Dergisi, Sayı: 6/4, Aralık 2017</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00BD6D69" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="00BD6D69" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="00CE5E53" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Elmas Şahin, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comparative</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> at </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>universities</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Turkey</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>theory</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>application</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>development</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trends</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">", </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Uluslararası Türkçe Edebiyat Kültür Eğitim (TEKE) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000D336B">
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dergisi</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> , 10</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) , 124-138 . </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="000D336B">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00CE5E53">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://dergipark.org.tr/en/pub/teke/issue/60878/902703</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="4DC27059" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4DC27059" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="00CE5E53" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23171847" w14:textId="5652427D" w:rsidR="004C2064" w:rsidRPr="00CE5E53" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Dersin Ölçme ve Değerlendirmesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etkinlikler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Notlar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="000E274E">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="000E274E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ara Sınav </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF41AA6" w14:textId="232A1760" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="4AF41AA6" w14:textId="232A1760" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="11AF3B95" w14:textId="20CF7EFD" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="11AF3B95" w14:textId="20CF7EFD" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="000E274E">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="000E274E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFD8A18" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4EFD8A18" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA78A11" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="6FA78A11" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="096895BB" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="096895BB" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E12C91" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="32E12C91" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ödev</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03778AE6" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="03778AE6" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C185354" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="1C185354" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4172B6" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6C4172B6" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F2F518" w14:textId="534783D4" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="68F2F518" w14:textId="534783D4" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB18371" w14:textId="799946A3" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="4BB18371" w14:textId="799946A3" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20FBA075" w14:textId="0E368540" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="20FBA075" w14:textId="0E368540" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portfolyo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7047698A" w14:textId="0837C744" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="7047698A" w14:textId="0837C744" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA8C672" w14:textId="5EE42C7B" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="7EA8C672" w14:textId="5EE42C7B" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1872788A" w14:textId="728B4E09" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="1872788A" w14:textId="728B4E09" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A86F748" w14:textId="653DA9ED" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="7A86F748" w14:textId="653DA9ED" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS Tablosu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İçerik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Saat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00CE5E53" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="004419E0">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="004419E0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders süresi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="549B0A4F" w14:textId="1D858039" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="549B0A4F" w14:textId="1D858039" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE76651" w14:textId="4966A6F9" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="5AE76651" w14:textId="4966A6F9" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4D27A9" w14:textId="5B3BFB5B" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="7A4D27A9" w14:textId="5B3BFB5B" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="004419E0">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="004419E0">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="458530B9" w14:textId="58844966" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="458530B9" w14:textId="58844966" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="21AAFFD4" w14:textId="02207215" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="21AAFFD4" w14:textId="02207215" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38251A98" w14:textId="2726B1D2" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="38251A98" w14:textId="2726B1D2" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="004419E0">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="004419E0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF8321E" w14:textId="057E03E3" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="1DF8321E" w14:textId="057E03E3" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ödevler / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portfolyo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="55A772A1" w14:textId="6600A558" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="55A772A1" w14:textId="6600A558" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="13E57125" w14:textId="066305CD" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="13E57125" w14:textId="066305CD" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64324612" w14:textId="666EFFD2" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="64324612" w14:textId="666EFFD2" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="004419E0">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="004419E0">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE8DF73" w14:textId="41D41243" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="2BE8DF73" w14:textId="41D41243" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD117A5" w14:textId="30DAF6D4" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="1FD117A5" w14:textId="30DAF6D4" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3384D8C1" w14:textId="12807E03" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="3384D8C1" w14:textId="12807E03" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="004419E0">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="004419E0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D8140D" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="57D8140D" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="178609E5" w14:textId="7FCD6063" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="178609E5" w14:textId="7FCD6063" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0C36617F" w14:textId="0839EA37" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="0C36617F" w14:textId="0839EA37" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D470DAB" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="1D470DAB" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="004419E0">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="004419E0">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ara Sınav (Ara Sınav Süresi + Ara Sınav Hazırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF5C7A5" w14:textId="04F7C42F" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="3EF5C7A5" w14:textId="04F7C42F" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="75F8D88F" w14:textId="7A7DD75F" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="75F8D88F" w14:textId="7A7DD75F" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6698DB0F" w14:textId="4B59071C" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="6698DB0F" w14:textId="4B59071C" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00987A02">
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00987A02">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Sınavı (Final Sınavı Süresi + Final Sınavı Hazırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="57453E3E" w14:textId="302DE943" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="57453E3E" w14:textId="302DE943" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1671B335" w14:textId="13AA9FA8" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="1671B335" w14:textId="13AA9FA8" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22F4B433" w14:textId="3172A5A0" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+          <w:p w14:paraId="22F4B433" w14:textId="3172A5A0" w:rsidR="00EB5ACF" w:rsidRPr="00CE5E53" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8411A" w:rsidRPr="000D336B" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="002765B7">
+      <w:tr w:rsidR="00F8411A" w:rsidRPr="00CE5E53" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="002765B7">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="00F8411A" w:rsidRPr="000D336B" w:rsidRDefault="00F8411A" w:rsidP="00EC693D">
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="00F8411A" w:rsidRPr="00CE5E53" w:rsidRDefault="00F8411A" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1139CD8F" w14:textId="77BEAC66" w:rsidR="00F8411A" w:rsidRPr="000D336B" w:rsidRDefault="00F8411A" w:rsidP="00D41B6B">
+          <w:p w14:paraId="1139CD8F" w14:textId="77BEAC66" w:rsidR="00F8411A" w:rsidRPr="00CE5E53" w:rsidRDefault="00F8411A" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8411A" w:rsidRPr="000D336B" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="002765B7">
+      <w:tr w:rsidR="00F8411A" w:rsidRPr="00CE5E53" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="002765B7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="00F8411A" w:rsidRPr="000D336B" w:rsidRDefault="00F8411A" w:rsidP="00EC693D">
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="00F8411A" w:rsidRPr="00CE5E53" w:rsidRDefault="00F8411A" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="51F8EF1F" w14:textId="68E8C4F5" w:rsidR="00F8411A" w:rsidRPr="000D336B" w:rsidRDefault="00F8411A" w:rsidP="00D41B6B">
+          <w:p w14:paraId="51F8EF1F" w14:textId="68E8C4F5" w:rsidR="00F8411A" w:rsidRPr="00CE5E53" w:rsidRDefault="00F8411A" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>=196/30=</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000D336B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.5</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F8411A" w:rsidRPr="000D336B" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="002765B7">
+      <w:tr w:rsidR="00F8411A" w:rsidRPr="00CE5E53" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="002765B7">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="00F8411A" w:rsidRPr="000D336B" w:rsidRDefault="00F8411A" w:rsidP="00EC693D">
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="00F8411A" w:rsidRPr="00CE5E53" w:rsidRDefault="00F8411A" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS Kredisi:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18FD7F" w14:textId="44D8C73E" w:rsidR="00F8411A" w:rsidRPr="000D336B" w:rsidRDefault="00F8411A" w:rsidP="00D41B6B">
+          <w:p w14:paraId="7A18FD7F" w14:textId="44D8C73E" w:rsidR="00F8411A" w:rsidRPr="00CE5E53" w:rsidRDefault="00F8411A" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="00CE5E53" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00CE5E53" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D336B">
+      <w:r w:rsidRPr="00CE5E53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="000D336B" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00CE5E53" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="00CE5E53" w:rsidRDefault="003237AD" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Geçmiş Dönem Başarıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="000D336B" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00CE5E53" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05806513" w14:textId="2CDC3FB8" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
+          <w:p w14:paraId="05806513" w14:textId="2CDC3FB8" w:rsidR="003237AD" w:rsidRPr="00CE5E53" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1885371C" wp14:editId="15C1BB4A">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="427BA7FB" w14:textId="47DE8BC2" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="427BA7FB" w14:textId="47DE8BC2" w:rsidR="003237AD" w:rsidRPr="00CE5E53" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FA47C53" wp14:editId="69367B23">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2071116311" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="000D336B" w14:paraId="2BCFF5A2" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00CE5E53" w14:paraId="2BCFF5A2" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C7E970A" w14:textId="4F40234B" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="3C7E970A" w14:textId="4F40234B" w:rsidR="003237AD" w:rsidRPr="00CE5E53" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A96DE31" wp14:editId="66E4DF37">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="900991778" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F752316" w14:textId="3328BFA2" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="5F752316" w14:textId="3328BFA2" w:rsidR="003237AD" w:rsidRPr="00CE5E53" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D4C7441" wp14:editId="0FE4A47C">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F34D6" w:rsidRPr="000D336B" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="000F34D6" w:rsidRPr="00CE5E53" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="639ABC3C" w14:textId="2E22890D" w:rsidR="000F34D6" w:rsidRPr="000D336B" w:rsidRDefault="006241B7" w:rsidP="00F17985">
+          <w:p w14:paraId="639ABC3C" w14:textId="2E22890D" w:rsidR="000F34D6" w:rsidRPr="00CE5E53" w:rsidRDefault="006241B7" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DF07A08" wp14:editId="0D867B99">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="729780621" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42343372" w14:textId="1C0777E5" w:rsidR="000F34D6" w:rsidRPr="000D336B" w:rsidRDefault="006241B7" w:rsidP="00F17985">
+          <w:p w14:paraId="42343372" w14:textId="1C0777E5" w:rsidR="000F34D6" w:rsidRPr="00CE5E53" w:rsidRDefault="006241B7" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D336B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="658F462F" wp14:editId="4484698B">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1483050501" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId17"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="000D336B" w:rsidRDefault="003A4CE2">
+    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00CE5E53" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="000D336B" w:rsidSect="005A2B8A">
-      <w:headerReference w:type="default" r:id="rId17"/>
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00CE5E53" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52DB5527" w14:textId="77777777" w:rsidR="005D475F" w:rsidRDefault="005D475F" w:rsidP="0034027E">
+    <w:p w14:paraId="29BB2BB1" w14:textId="77777777" w:rsidR="00D34D7C" w:rsidRDefault="00D34D7C" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21C6DC89" w14:textId="77777777" w:rsidR="005D475F" w:rsidRDefault="005D475F" w:rsidP="0034027E">
+    <w:p w14:paraId="5711E83C" w14:textId="77777777" w:rsidR="00D34D7C" w:rsidRDefault="00D34D7C" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43BCAF26" w14:textId="77777777" w:rsidR="005D475F" w:rsidRDefault="005D475F" w:rsidP="0034027E">
+    <w:p w14:paraId="54738573" w14:textId="77777777" w:rsidR="00D34D7C" w:rsidRDefault="00D34D7C" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40356218" w14:textId="77777777" w:rsidR="005D475F" w:rsidRDefault="005D475F" w:rsidP="0034027E">
+    <w:p w14:paraId="429564B9" w14:textId="77777777" w:rsidR="00D34D7C" w:rsidRDefault="00D34D7C" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -10634,50 +11909,207 @@
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="006F628E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="44D8A990"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -10689,50 +12121,51 @@
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D336B"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="001706FE"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A5F8C"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="002064E9"/>
     <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="0022244F"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="00361813"/>
     <w:rsid w:val="003634FB"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
@@ -10753,176 +12186,188 @@
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004C2064"/>
     <w:rsid w:val="004C69FC"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="005322E1"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005A7451"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005D475F"/>
     <w:rsid w:val="005D653C"/>
     <w:rsid w:val="005E5459"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="006165B3"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="00681162"/>
+    <w:rsid w:val="00684986"/>
     <w:rsid w:val="0069446C"/>
+    <w:rsid w:val="006A0C8A"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006B533B"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007519AF"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007B37DA"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="00864CBC"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00891615"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008D64B2"/>
     <w:rsid w:val="008F19E3"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="009523C7"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00983483"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="009F1735"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B121F7"/>
     <w:rsid w:val="00B263CD"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B90BE3"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BC1FE4"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00C9413C"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00CE5E53"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D34D7C"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D430C9"/>
     <w:rsid w:val="00D52D7E"/>
     <w:rsid w:val="00D669D5"/>
     <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00D90F74"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DC5925"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E404D4"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EB5ACF"/>
+    <w:rsid w:val="00EC4DD9"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F8411A"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FB535C"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -10952,51 +12397,52 @@
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11116,50 +12562,72 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00684986"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D52D7E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="156082" w:themeColor="accent1"/>
       <w:sz w:val="22"/>
@@ -11400,80 +12868,152 @@
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D52D7E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="156082" w:themeColor="accent1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Gl">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00D52D7E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00684986"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00684986"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00684986"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltKonuBal">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AltKonuBalChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC5925"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltKonuBalChar">
+    <w:name w:val="Alt Konu Başlığı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltKonuBal"/>
+    <w:rsid w:val="00DC5925"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11593,50 +13133,72 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00684986"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D52D7E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="156082" w:themeColor="accent1"/>
       <w:sz w:val="22"/>
@@ -11877,50 +13439,121 @@
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D52D7E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="156082" w:themeColor="accent1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Gl">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00D52D7E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00684986"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00684986"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00684986"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltKonuBal">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AltKonuBalChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC5925"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltKonuBalChar">
+    <w:name w:val="Alt Konu Başlığı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltKonuBal"/>
+    <w:rsid w:val="00DC5925"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -12113,50 +13746,76 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="967854783">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1313483629">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1378898658">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1685475086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1744720482">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -12252,51 +13911,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmassahin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dergipark.org.tr/en/pub/teke/issue/60878/902703" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencepublishinggroup.com/journal/index?journalid=502" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dergipark.org.tr/en/pub/teke/issue/60878/902703" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencepublishinggroup.com/journal/index?journalid=502" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmassahin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_3.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_4.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_5.xlsx"/></Relationships>
 </file>
@@ -12520,157 +14179,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180932608"/>
-        <c:axId val="232851136"/>
+        <c:axId val="146337792"/>
+        <c:axId val="42683776"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180932608"/>
+        <c:axId val="146337792"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="232851136"/>
+        <c:crossAx val="42683776"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="232851136"/>
+        <c:axId val="42683776"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180932608"/>
+        <c:crossAx val="146337792"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12910,157 +14569,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="222964736"/>
-        <c:axId val="148764288"/>
+        <c:axId val="199758336"/>
+        <c:axId val="42704896"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="222964736"/>
+        <c:axId val="199758336"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="148764288"/>
+        <c:crossAx val="42704896"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="148764288"/>
+        <c:axId val="42704896"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="222964736"/>
+        <c:crossAx val="199758336"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13300,157 +14959,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="223109120"/>
-        <c:axId val="158782528"/>
+        <c:axId val="165975552"/>
+        <c:axId val="42707200"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="223109120"/>
+        <c:axId val="165975552"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="158782528"/>
+        <c:crossAx val="42707200"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="158782528"/>
+        <c:axId val="42707200"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="223109120"/>
+        <c:crossAx val="165975552"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13676,157 +15335,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="223110656"/>
-        <c:axId val="158784832"/>
+        <c:axId val="198426112"/>
+        <c:axId val="42708928"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="223110656"/>
+        <c:axId val="198426112"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="158784832"/>
+        <c:crossAx val="42708928"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="158784832"/>
+        <c:axId val="42708928"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="223110656"/>
+        <c:crossAx val="198426112"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14052,157 +15711,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1B61-4F0B-BA52-A0957D33D0C8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180933632"/>
-        <c:axId val="174499520"/>
+        <c:axId val="199760896"/>
+        <c:axId val="42711232"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180933632"/>
+        <c:axId val="199760896"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="174499520"/>
+        <c:crossAx val="42711232"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="174499520"/>
+        <c:axId val="42711232"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180933632"/>
+        <c:crossAx val="199760896"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14428,157 +16087,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-C93A-4AAE-B455-3C3D6FA9C3B8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="223110144"/>
-        <c:axId val="174500672"/>
+        <c:axId val="201703936"/>
+        <c:axId val="42712384"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="223110144"/>
+        <c:axId val="201703936"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="174500672"/>
+        <c:crossAx val="42712384"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="174500672"/>
+        <c:axId val="42712384"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="223110144"/>
+        <c:crossAx val="201703936"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14901,73 +16560,73 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1312</Words>
-  <Characters>7483</Characters>
+  <Words>1502</Words>
+  <Characters>8564</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>71</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8778</CharactersWithSpaces>
+  <CharactersWithSpaces>10046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>