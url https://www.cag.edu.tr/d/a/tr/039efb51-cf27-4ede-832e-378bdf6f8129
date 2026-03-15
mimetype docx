--- v0 (2025-10-09)
+++ v1 (2026-03-15)
@@ -492,72 +492,72 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>) 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="242BC9E2" w14:textId="684C9E6C" w:rsidR="005F1193" w:rsidRPr="00612EA3" w:rsidRDefault="005F1193" w:rsidP="005F1193">
+          <w:p w14:paraId="242BC9E2" w14:textId="689CFBF5" w:rsidR="005F1193" w:rsidRPr="00612EA3" w:rsidRDefault="001A191E" w:rsidP="005F1193">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612EA3">
-[...7 lines deleted...]
-              <w:t>6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F1193" w:rsidRPr="00612EA3" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="005F1193" w:rsidRPr="00612EA3" w:rsidRDefault="005F1193" w:rsidP="005F1193">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -6093,596 +6093,472 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00612EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sunum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F2F518" w14:textId="671690E2" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="002348A7" w:rsidP="009D02E5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00612EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB18371" w14:textId="183C9D0F" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="002348A7" w:rsidP="009D02E5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00612EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>%10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E12C91" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
+          <w:p w14:paraId="20FBA075" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Ödev</w:t>
+              <w:t>Portfolyo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03778AE6" w14:textId="24C2C8E7" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00A60E6D" w:rsidP="009D02E5">
+          <w:p w14:paraId="7047698A" w14:textId="2AFE2DED" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00A16A31" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C185354" w14:textId="5FA2095A" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00A60E6D" w:rsidP="009D02E5">
+          <w:p w14:paraId="7EA8C672" w14:textId="2E97FFC9" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="006F6302" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>%1</w:t>
+            </w:r>
+            <w:r w:rsidR="002348A7" w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4172B6" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
+          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
+          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Sunum</w:t>
+              <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F2F518" w14:textId="671690E2" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="002348A7" w:rsidP="009D02E5">
+          <w:p w14:paraId="1872788A" w14:textId="02A73E49" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="006F6302" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB18371" w14:textId="183C9D0F" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="002348A7" w:rsidP="009D02E5">
+          <w:p w14:paraId="7A86F748" w14:textId="1DBB0E96" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="006F6302" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>%10</w:t>
+              <w:t>%50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
-[...256 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AKTS Tablosu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6717,51 +6593,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Saat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -6776,50 +6652,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Toplam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -6853,51 +6730,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AE76651" w14:textId="07DE626D" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00657BC8" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -6912,51 +6789,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -6990,51 +6866,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21AAFFD4" w14:textId="112C50A0" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="008B53FC" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -7049,201 +6925,201 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF8321E" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
+          <w:p w14:paraId="1DF8321E" w14:textId="393C9091" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="001A191E" w:rsidP="009D02E5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612EA3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Ödevler</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00612EA3">
+              <w:t>Portfolyo</w:t>
+            </w:r>
+            <w:r w:rsidR="009D02E5" w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55A772A1" w14:textId="6B830475" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00D367B0" w:rsidP="009D02E5">
+          <w:p w14:paraId="55A772A1" w14:textId="30A7C090" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="001A191E" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612EA3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13E57125" w14:textId="1C4EFF2E" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00D367B0" w:rsidP="009D02E5">
+          <w:p w14:paraId="13E57125" w14:textId="5816F2BB" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="001A191E" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612EA3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64324612" w14:textId="1DA05929" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00D367B0" w:rsidP="009D02E5">
+          <w:p w14:paraId="64324612" w14:textId="6B60E177" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="001A191E" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612EA3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
@@ -7280,51 +7156,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FD117A5" w14:textId="24392A25" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="002348A7" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -7339,50 +7215,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57D8140D" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
@@ -7419,51 +7296,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C36617F" w14:textId="65FCA938" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="002348A7" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -7478,51 +7355,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -7553,134 +7429,113 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75F8D88F" w14:textId="129E5360" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="008B53FC" w:rsidP="009D02E5">
+          <w:p w14:paraId="75F8D88F" w14:textId="3F2829AF" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00617B7E" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612EA3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...10 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6698DB0F" w14:textId="09E8AB9F" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="008B53FC" w:rsidP="009D02E5">
+          <w:p w14:paraId="6698DB0F" w14:textId="483E1FC5" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00617B7E" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612EA3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...10 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -7714,51 +7569,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1671B335" w14:textId="25A91ED9" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="008B53FC" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00D51016" w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
@@ -7798,51 +7653,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00D367B0" w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00EC693D">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -7852,80 +7706,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Toplam:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1139CD8F" w14:textId="485934A5" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00D367B0" w:rsidP="009D02E5">
+          <w:p w14:paraId="1139CD8F" w14:textId="40F177C6" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00617B7E" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612EA3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>180</w:t>
+              <w:t>203</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00EC693D">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
@@ -7936,83 +7791,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Toplam / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51F8EF1F" w14:textId="5BB5D7D2" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00D367B0" w:rsidP="009D02E5">
+          <w:p w14:paraId="51F8EF1F" w14:textId="01E9F009" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00617B7E" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612EA3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>180</w:t>
+              <w:t>203</w:t>
             </w:r>
             <w:r w:rsidR="00121AD4" w:rsidRPr="00612EA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>=6,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02E5" w:rsidRPr="00612EA3" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00E53102">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="009D02E5" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="right"/>
@@ -8031,107 +7897,106 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AKTS Kredisi:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18FD7F" w14:textId="6A257824" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00121AD4" w:rsidP="009D02E5">
+          <w:p w14:paraId="7A18FD7F" w14:textId="4BA1604B" w:rsidR="009D02E5" w:rsidRPr="00612EA3" w:rsidRDefault="00617B7E" w:rsidP="009D02E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612EA3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="00612EA3" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00612EA3" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612EA3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4-Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
       <w:tr w:rsidR="003237AD" w:rsidRPr="00612EA3" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -8493,115 +8358,115 @@
     <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00612EA3" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00612EA3" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F44F83F" w14:textId="77777777" w:rsidR="00ED60AD" w:rsidRDefault="00ED60AD" w:rsidP="0034027E">
+    <w:p w14:paraId="0A729B41" w14:textId="77777777" w:rsidR="0077798C" w:rsidRDefault="0077798C" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15B51AB2" w14:textId="77777777" w:rsidR="00ED60AD" w:rsidRDefault="00ED60AD" w:rsidP="0034027E">
+    <w:p w14:paraId="3B11F36B" w14:textId="77777777" w:rsidR="0077798C" w:rsidRDefault="0077798C" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2375609A" w14:textId="77777777" w:rsidR="00ED60AD" w:rsidRDefault="00ED60AD" w:rsidP="0034027E">
+    <w:p w14:paraId="53DF9091" w14:textId="77777777" w:rsidR="0077798C" w:rsidRDefault="0077798C" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67DF32B0" w14:textId="77777777" w:rsidR="00ED60AD" w:rsidRDefault="00ED60AD" w:rsidP="0034027E">
+    <w:p w14:paraId="748B3F11" w14:textId="77777777" w:rsidR="0077798C" w:rsidRDefault="0077798C" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -8675,50 +8540,51 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00017753"/>
     <w:rsid w:val="00040713"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00062FC6"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000B4395"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="000F6C05"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00121AD4"/>
     <w:rsid w:val="00125E24"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A191E"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002348A7"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
@@ -8742,69 +8608,71 @@
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="005007E3"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F1193"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612EA3"/>
     <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00617B7E"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="00657BC8"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006F6302"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
+    <w:rsid w:val="0077798C"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008B53FC"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
@@ -8858,50 +8726,51 @@
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D23789"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D2760B"/>
     <w:rsid w:val="00D367B0"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D51016"/>
     <w:rsid w:val="00D51E50"/>
     <w:rsid w:val="00D7462D"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E3285F"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E56CBD"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00ED60AD"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F05F4C"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
@@ -15755,76 +15624,76 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
+  <Pages>4</Pages>
   <Words>829</Words>
-  <Characters>4731</Characters>
+  <Characters>4728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5549</CharactersWithSpaces>
+  <CharactersWithSpaces>5546</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>