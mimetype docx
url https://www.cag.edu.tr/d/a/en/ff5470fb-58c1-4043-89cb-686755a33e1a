--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -1,48 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11400" w:type="dxa"/>
         <w:tblInd w:w="-939" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="768"/>
         <w:gridCol w:w="281"/>
         <w:gridCol w:w="292"/>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="136"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1192"/>
         <w:gridCol w:w="438"/>
@@ -1159,62 +1160,62 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Tuesday, Wednesday, Thursday; afternoons</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2836" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="293D4842" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00DD538E" w:rsidP="008536F9">
+          <w:p w14:paraId="293D4842" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00703923" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId4" w:history="1">
+            <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="005A4A6F">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>mahirfisunoglu@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="54DE5C21" w14:textId="77777777" w:rsidTr="007D2D57">
         <w:trPr>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -9509,52 +9510,50 @@
                       <w:i/>
                     </w:rPr>
                     <w:t>rather</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidR="00DD538E">
                     <w:rPr>
                       <w:i/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidR="00DD538E">
                     <w:rPr>
                       <w:i/>
                     </w:rPr>
                     <w:t>to</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidR="00DD538E">
                     <w:rPr>
                       <w:i/>
                     </w:rPr>
                     <w:t xml:space="preserve"> be value</w:t>
                   </w:r>
-                  <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-                  <w:bookmarkEnd w:id="0"/>
                   <w:r>
                     <w:rPr>
                       <w:i/>
                     </w:rPr>
                     <w:t>”.</w:t>
                   </w:r>
                   <w:r>
                     <w:t xml:space="preserve"> - Albert Einstein</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="43049EEE" w14:textId="0FA24399" w:rsidR="003F7E03" w:rsidRDefault="00AF1254" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10118,103 +10117,103 @@
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2826" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="476EA3C0" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="476EA3C0" w14:textId="296D041B" w:rsidR="003F7E03" w:rsidRDefault="00703923" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">                      25</w:t>
+                    <w:t xml:space="preserve">                      15</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="7A8CD922" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="7A8CD922" w14:textId="59950DC7" w:rsidR="003F7E03" w:rsidRDefault="00703923" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>25</w:t>
+                    <w:t>15</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="3B23323E" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3899" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
                 <w:p w14:paraId="3BD994B7" w14:textId="5702B505" w:rsidR="003F7E03" w:rsidRDefault="00AF1254" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
@@ -10260,104 +10259,104 @@
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2826" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="7F62DB84" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="7F62DB84" w14:textId="1246ADFE" w:rsidR="003F7E03" w:rsidRDefault="00703923" w:rsidP="00703923">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>30</w:t>
+                    <w:t>25</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="0E8C659F" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="0E8C659F" w14:textId="694F27B2" w:rsidR="003F7E03" w:rsidRDefault="00703923" w:rsidP="00703923">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>30</w:t>
+                    <w:t>25</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="00C89391" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8183" w:type="dxa"/>
                   <w:gridSpan w:val="7"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="26C35229" w14:textId="77777777" w:rsidR="00A73DA4" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10451,115 +10450,137 @@
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>ECTS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5F9275FA" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="5F9275FA" w14:textId="11782F33" w:rsidR="003F7E03" w:rsidRDefault="00703923" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>111</w:t>
+                    <w:t>96</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="10C4E8F7" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="10C4E8F7" w14:textId="474B193F" w:rsidR="003F7E03" w:rsidRDefault="00703923" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>111/30=3,5</w:t>
-[...4 lines deleted...]
-                    <w:jc w:val="center"/>
+                    <w:t>96</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003F7E03">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                  </w:pPr>
+                    <w:t>/30=3,</w:t>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>4</w:t>
-                  </w:r>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6D2A09D8" w14:textId="53027BBE" w:rsidR="003F7E03" w:rsidRDefault="00703923" w:rsidP="003F7E03">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>3</w:t>
+                  </w:r>
+                  <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                  <w:bookmarkEnd w:id="0"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="4BA37DDE" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="316"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8183" w:type="dxa"/>
                   <w:gridSpan w:val="7"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="29D1CAF7" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
@@ -10615,179 +10636,178 @@
     </w:tbl>
     <w:p w14:paraId="5E0118CB" w14:textId="77777777" w:rsidR="000502BD" w:rsidRDefault="000502BD"/>
     <w:p w14:paraId="18614BD8" w14:textId="10AA860B" w:rsidR="001632BD" w:rsidRDefault="001632BD">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78E50598" wp14:editId="0514A1DE">
             <wp:extent cx="2999740" cy="1975485"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="1592642476" name="Resim 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2999740" cy="1975485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001632BD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F4187C"/>
     <w:rsid w:val="00006DC5"/>
     <w:rsid w:val="000502BD"/>
     <w:rsid w:val="00055D4C"/>
     <w:rsid w:val="00074539"/>
     <w:rsid w:val="00087BF5"/>
     <w:rsid w:val="00146F69"/>
     <w:rsid w:val="001632BD"/>
     <w:rsid w:val="00170A56"/>
     <w:rsid w:val="00190E59"/>
     <w:rsid w:val="001A4BDB"/>
     <w:rsid w:val="00251AC6"/>
     <w:rsid w:val="002A3DD4"/>
     <w:rsid w:val="002D07EA"/>
     <w:rsid w:val="002D5173"/>
     <w:rsid w:val="00317DF8"/>
     <w:rsid w:val="003F355C"/>
     <w:rsid w:val="003F7E03"/>
     <w:rsid w:val="00403AB0"/>
     <w:rsid w:val="0044051B"/>
     <w:rsid w:val="00443B44"/>
     <w:rsid w:val="00470263"/>
     <w:rsid w:val="00503C16"/>
     <w:rsid w:val="00547EC8"/>
     <w:rsid w:val="005619A0"/>
     <w:rsid w:val="00587D9B"/>
     <w:rsid w:val="005A4A6F"/>
     <w:rsid w:val="005E79DE"/>
     <w:rsid w:val="00632501"/>
     <w:rsid w:val="006652D3"/>
     <w:rsid w:val="006B1A43"/>
     <w:rsid w:val="006C3153"/>
     <w:rsid w:val="006F1984"/>
+    <w:rsid w:val="00703923"/>
     <w:rsid w:val="007859EC"/>
     <w:rsid w:val="00786CF7"/>
     <w:rsid w:val="00793580"/>
     <w:rsid w:val="007A2942"/>
     <w:rsid w:val="007A5846"/>
     <w:rsid w:val="007B5058"/>
     <w:rsid w:val="007C2AA6"/>
     <w:rsid w:val="007D2D57"/>
     <w:rsid w:val="008015F7"/>
     <w:rsid w:val="00845BBB"/>
     <w:rsid w:val="00871912"/>
     <w:rsid w:val="0089368E"/>
     <w:rsid w:val="008B38E1"/>
     <w:rsid w:val="008D171E"/>
     <w:rsid w:val="008F3997"/>
     <w:rsid w:val="0094211E"/>
     <w:rsid w:val="00964EC5"/>
     <w:rsid w:val="009F01DC"/>
     <w:rsid w:val="009F5C45"/>
     <w:rsid w:val="00A630A1"/>
     <w:rsid w:val="00A73DA4"/>
     <w:rsid w:val="00A8239A"/>
     <w:rsid w:val="00AC51C1"/>
     <w:rsid w:val="00AF1254"/>
     <w:rsid w:val="00AF3611"/>
@@ -10815,447 +10835,450 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="52D31FF0"/>
-  <w15:docId w15:val="{AB07EA84-18E7-41A7-A48F-8ED2EB390A58}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...374 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A4A6F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="005A4A6F"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:rsid w:val="005A4A6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001632BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001632BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005A4A6F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -11298,58 +11321,58 @@
     <w:rsid w:val="001632BD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001632BD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mahirfisunoglu@cag.edu.tr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mahirfisunoglu@cag.edu.tr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
   <a:themeElements>
     <a:clrScheme name="Ofis">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11598,65 +11621,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>725</Words>
-  <Characters>4134</Characters>
+  <Words>724</Words>
+  <Characters>4133</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4850</CharactersWithSpaces>
+  <CharactersWithSpaces>4848</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mahir Fusunoglu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>