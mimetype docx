--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -1,7822 +1,7359 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="09C8AB42" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+    <w:p w14:paraId="09C8AB42" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="112"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="725EC80F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+    <w:p w14:paraId="725EC80F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:ind w:left="4" w:right="48"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>SYLLABUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="392DD36C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+    <w:p w14:paraId="392DD36C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="127"/>
         <w:ind w:right="48"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:t>Faculty</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:t>Economics</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:t>Administrative</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6139">
+      <w:r w:rsidRPr="00246A76">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Sciences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E14A656" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+    <w:p w14:paraId="2E14A656" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="693DEB62" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+    <w:p w14:paraId="693DEB62" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="21"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="623"/>
         <w:gridCol w:w="272"/>
         <w:gridCol w:w="715"/>
         <w:gridCol w:w="3815"/>
         <w:gridCol w:w="1729"/>
         <w:gridCol w:w="991"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="282"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="183D1606" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="183D1606" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="077C0D02" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="077C0D02" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0BC99D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3D0BC99D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0842553E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0842553E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="678"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="73CCF0C1" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="73CCF0C1" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="236"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ECTS</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="20687600" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="20687600" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A82AC08" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7A82AC08" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="439"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>IRE230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="020EB688" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="020EB688" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>World</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Geography</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Simulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="097D2A32" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="097D2A32" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="635"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>(3-0-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21C868C8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="21C868C8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="18"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="72CB2894" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="72CB2894" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="62838ED0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="62838ED0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="254" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Prerequisite Courses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C0ABB95" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6C0ABB95" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="49FAD1EE" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="49FAD1EE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="76E0B3DE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="76E0B3DE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="254" w:lineRule="exact"/>
               <w:ind w:right="375"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3815" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25614077" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="25614077" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF2CF9A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1EF2CF9A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="86"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Delivery</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Mode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64130D87" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="64130D87" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="98"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Face-to-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Face</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="3219C022" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="3219C022" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="502"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="365461CA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="365461CA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E38636A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5E38636A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="344ABBF7" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="344ABBF7" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="123"/>
               <w:ind w:left="173"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Compulsory</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>2nd</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Year</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Spring</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="5C662DB3" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="5C662DB3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5425" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="20ECA42E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="20ECA42E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="130"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Instructor's</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Title,</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Name,</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="31634BA8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="31634BA8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="130"/>
               <w:ind w:left="86"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="495A48CB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="495A48CB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="130"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Office</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="27A768A4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="27A768A4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="130"/>
               <w:ind w:left="111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="2AB949AE" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="2AB949AE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5425" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56F408DD" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="56F408DD" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="252"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Dr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Özge</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Çetiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B04E225" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6B04E225" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="235" w:right="242" w:firstLine="197"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve">Tuesday </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>10:15-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>12:35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="356499CE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="356499CE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="750" w:hanging="368"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Wednesday</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Friday</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F6D511E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6F6D511E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="232" w:lineRule="exact"/>
               <w:ind w:left="438"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>10:00-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> 15:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FCDF192" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4FCDF192" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="418" w:hanging="300"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>ozgecetiner@c</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> ag.edu.tr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="058DEFDD" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="058DEFDD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="681"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="214C514F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="214C514F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="88"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Course Coordinator:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07D806EA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="07D806EA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="216"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Dr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Özge</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Çetiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="4131020F" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="4131020F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10965" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="3137B53F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3137B53F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Objectives</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="7344B144" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="7344B144" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1028E0EE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1028E0EE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="182"/>
               <w:ind w:left="1111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Learning</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7522" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B49B805" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="0B49B805" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="116"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="26255C14" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="26255C14" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="104"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Upon</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>successful</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>completion</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>this</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>course,</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>student</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>will</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>be</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>able</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>to;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="024A30F4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="024A30F4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="912"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Relations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="4B434CC9" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="4B434CC9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="582"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="2D51797D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="2D51797D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7522" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29AE7DAA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="29AE7DAA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2617A0A7" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2617A0A7" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="38"/>
               <w:ind w:left="196" w:firstLine="79"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Program Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="737ADB7D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="737ADB7D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="38"/>
               <w:ind w:left="119" w:firstLine="422"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve">Net </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Contribution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="09884677" w14:textId="77777777">
+      <w:tr w:rsidR="007C3697" w:rsidRPr="00246A76" w14:paraId="09884677" w14:textId="77777777" w:rsidTr="003B77C0">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE596F4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="6FE596F4" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="987" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="127"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DD09F9" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6535" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="1BD46EB3" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD46EB3" w14:textId="32520C52" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="254" w:lineRule="exact"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...81 lines deleted...]
-              <w:t>different world regions.</w:t>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>explain major physical and human geographical regions of the world and explain their political and economic structures.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="3FA78951" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA78951" w14:textId="14FA4330" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>3,7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="194BBC6C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="194BBC6C" w14:textId="21BB0934" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5,5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="755368FB" w14:textId="77777777">
+      <w:tr w:rsidR="007C3697" w:rsidRPr="00246A76" w14:paraId="755368FB" w14:textId="77777777" w:rsidTr="003B77C0">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0404CB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="4C0404CB" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="987" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="125"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5138B71D" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6535" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="07D5A56F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D5A56F" w14:textId="26DDCE98" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="254" w:lineRule="exact"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...54 lines deleted...]
-              <w:t>by engaging with diverse cultures and ways of life.</w:t>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>analyze the role of geographical location in shaping states’ foreign policy choices and security strategies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="2A385B42" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A385B42" w14:textId="46D946A3" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
               <w:ind w:left="4" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="4F11B4D7" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F11B4D7" w14:textId="42D7125B" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
               <w:ind w:left="21" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="04FCEF8C" w14:textId="77777777">
+      <w:tr w:rsidR="007C3697" w:rsidRPr="00246A76" w14:paraId="04FCEF8C" w14:textId="77777777" w:rsidTr="003B77C0">
         <w:trPr>
           <w:trHeight w:val="501"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEF4CF6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="1BEF4CF6" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="987" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="123"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="466842DF" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6535" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="28DA461F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C0D652" w14:textId="6D20AD07" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...93 lines deleted...]
-              <w:t>places.</w:t>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>evaluate the impact of natural resources on global power balances and international conflicts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="78EAF76E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EAF76E" w14:textId="104CBA89" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>1,7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="69232986" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69232986" w14:textId="1E4986BD" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="21"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5,5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="365C3418" w14:textId="77777777">
+      <w:tr w:rsidR="007C3697" w:rsidRPr="00246A76" w14:paraId="365C3418" w14:textId="77777777" w:rsidTr="003B77C0">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="767E769E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="767E769E" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="987" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="127"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C998468" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6535" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="5879711B" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5879711B" w14:textId="35944B73" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="254" w:lineRule="exact"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...72 lines deleted...]
-              <w:t>public speaking by applying them in class activities.</w:t>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>apply critical thinking skills in written and oral analyses of geographical issues in class activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="45F5053B" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F5053B" w14:textId="1D81E67A" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="4" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>, 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="63D67BE7" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D67BE7" w14:textId="3F625044" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5,5</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>, 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="69F41609" w14:textId="77777777">
+      <w:tr w:rsidR="007C3697" w:rsidRPr="00246A76" w14:paraId="69F41609" w14:textId="77777777" w:rsidTr="003B77C0">
         <w:trPr>
           <w:trHeight w:val="756"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="0A475B22" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="0A475B22" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="987" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="252"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7FD5BB" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6535" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="3937517B" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3DC0EA" w14:textId="2B0E46EF" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...147 lines deleted...]
-              <w:t>strategies to address them.</w:t>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32CEA">
+              <w:t xml:space="preserve"> the significance of borders, transportation networks, and strategic chokepoints (straits, canals, etc.) in international relations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="4E1E93B2" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1E93B2" w14:textId="677F3531" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
               <w:ind w:left="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>3,7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="0614E078" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0614E078" w14:textId="2BBC8CFB" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
               <w:ind w:left="21"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5,5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="0B4DC9BC" w14:textId="77777777">
+      <w:tr w:rsidR="007C3697" w:rsidRPr="00246A76" w14:paraId="0B4DC9BC" w14:textId="77777777" w:rsidTr="003B77C0">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="607"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="53FE4B2F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="53FE4B2F" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="987" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="0A46B9D0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A46B9D0" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6535" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="565317B5" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="565317B5" w14:textId="0852E7F7" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:right="105"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:t>Analyze and interpret the factors influencing economic, social, and environmental conditions in different regions to support effective decision-making.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00064DBF">
+              <w:t>interpret regional geopolitical dynamics by comparing different world region</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>s.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC16EF8" w14:textId="75B29E89" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>3,7</w:t>
+              <w:t>5, 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CAEF5E" w14:textId="1654A8FD" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5,5</w:t>
+              <w:t>4, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="239530DB" w14:textId="77777777">
+      <w:tr w:rsidR="007C3697" w:rsidRPr="00246A76" w14:paraId="239530DB" w14:textId="77777777" w:rsidTr="003B77C0">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4240E9F1" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="4240E9F1" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="987" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="127"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5BA8AD" w14:textId="77777777" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6535" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="0A62E4CB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A62E4CB" w14:textId="3143A64F" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:right="98"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...63 lines deleted...]
-              <w:t>ethical and societal obligations.</w:t>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>analyze contemporary international issues from a geographical perspective.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="127"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF00176" w14:textId="616EEB93" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="4" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5, 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="127"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2874CACF" w14:textId="5D897303" w:rsidR="007C3697" w:rsidRPr="00246A76" w:rsidRDefault="007C3697" w:rsidP="007C3697">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="38E3B629" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="38E3B629" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="2D800A3E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2D800A3E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:right="581"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Course Content:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2415A758" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000" w:rsidP="008A6139">
+          <w:p w14:paraId="2415A758" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000" w:rsidP="008A6139">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>This</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>introduces</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>students</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>to</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>fundamental</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>geographic</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>concepts</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>global</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>issues. Students</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>will</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>analyze</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>physical</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>human</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>geography,</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>examine</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>regional</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>global</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>challenges,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DC1A4FF" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6DC1A4FF" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="232" w:lineRule="exact"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>develop</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>problem-solving</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>skills.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="52F140BB" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="52F140BB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10965" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="12D00F8D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="12D00F8D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Schedule</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>(Weekly</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Plan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="38E67B6C" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="38E67B6C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C4D1BBB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0C4D1BBB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="160"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="052D8797" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="052D8797" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Topic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EB7573D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3EB7573D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="787"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Preparation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A9A9F85" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1A9A9F85" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="825" w:right="177" w:hanging="581"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Methods</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Techniques</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="761CC0FC" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="761CC0FC" w14:textId="77777777" w:rsidTr="00353930">
         <w:trPr>
           <w:trHeight w:val="1012"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="7D19AA5C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="7D19AA5C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5CA97A3D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5CA97A3D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC368DF" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
-[...44 lines deleted...]
-          <w:p w14:paraId="1F9B36BD" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="04014D6F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="252" w:line="234" w:lineRule="exact"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-            <w:r w:rsidRPr="008A6139">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
               <w:t>Introduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F9B36BD" w14:textId="1A83DF88" w:rsidR="00353930" w:rsidRPr="00246A76" w:rsidRDefault="00353930">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252" w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Course Information and Expectations for Student Presentations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="208FB0BA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="208FB0BA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="437B8EA9" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="437B8EA9" w14:textId="50233793" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000" w:rsidP="00353930">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="252"/>
               <w:ind w:left="158" w:right="984"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="4828EC6F" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="4828EC6F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48246A59" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="48246A59" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3810BA44" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3810BA44" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="108"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Arctic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74C685B0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="74C685B0" w14:textId="342D0D96" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="134"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Book</w:t>
+            </w:r>
+            <w:r w:rsidR="00460719" w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2: Chapter 17 pp. 210-228</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F03999C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7F03999C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="158"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Presentation</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="2263FE8A" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="2263FE8A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6503346A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6503346A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="46FEBB65" w14:textId="2DBE2F03" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00C920D5">
+          <w:p w14:paraId="46FEBB65" w14:textId="3734F310" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00460719">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="108"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Venezuela</w:t>
+              <w:t>Yemen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="3567F951" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3567F951" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="134"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="70D47A48" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="70D47A48" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="158"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Presentation</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7128BAA3" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+    <w:p w14:paraId="7128BAA3" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:spacing w:line="252" w:lineRule="exact"/>
-        <w:sectPr w:rsidR="001B34D8" w:rsidRPr="008A6139">
-          <w:headerReference w:type="default" r:id="rId6"/>
+        <w:sectPr w:rsidR="001B34D8" w:rsidRPr="00246A76">
+          <w:headerReference w:type="default" r:id="rId7"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1280" w:right="283" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="896"/>
         <w:gridCol w:w="2554"/>
         <w:gridCol w:w="1233"/>
         <w:gridCol w:w="765"/>
         <w:gridCol w:w="797"/>
         <w:gridCol w:w="1949"/>
         <w:gridCol w:w="1074"/>
         <w:gridCol w:w="1703"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="589412A9" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="589412A9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="428CFC7F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="428CFC7F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="35BF6296" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
-[...2 lines deleted...]
-              <w:spacing w:before="72"/>
+          <w:p w14:paraId="35BF6296" w14:textId="3AC716AA" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00460719" w:rsidP="00460719">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="008A6139">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Europe</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Japan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0A35F527" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0A35F527" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="111"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="530A98C8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="530A98C8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Simulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="4AFE4D40" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="4AFE4D40" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="439CCDB6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="439CCDB6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="718CA3AB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="718CA3AB" w14:textId="4C809817" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00816C51">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...12 lines deleted...]
-              <w:t>Tigers</w:t>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Taiwan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="3B6FCE2F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3B6FCE2F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="111"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="4B45ACAD" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4B45ACAD" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Presentation</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="67ABCBC0" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="67ABCBC0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18E67961" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="18E67961" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCB2BA5" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5CCB2BA5" w14:textId="097404E0" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00816C51">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>BRICS</w:t>
+              <w:t>Venezuela</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="795635A0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="795635A0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="111"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7B542F69" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7B542F69" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Presentation</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="3DD1D36E" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="3DD1D36E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="44B46149" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="44B46149" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="252"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="570513DF" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="570513DF" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="252"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>General</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Review</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="78D8307E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="78D8307E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="18C953DA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="18C953DA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Review</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>via</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Socrative</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>&amp; Presentation and</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EA29241" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7EA29241" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="232" w:lineRule="exact"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="6B899EBA" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="6B899EBA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A8FAB4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="35A8FAB4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA699C4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2EA699C4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Midterm</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4865CDE4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="4865CDE4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="04988DEE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="04988DEE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="6DDE7FAE" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="6DDE7FAE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="199B396A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="199B396A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="72F64416" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="72F64416" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Midterm</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9F031D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="6C9F031D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="2B476AF2" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="2B476AF2" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="23965B22" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="23965B22" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD53824" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0BD53824" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD76F5C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0DD76F5C" w14:textId="0DD71D0B" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00816C51">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Yemen</w:t>
+              <w:t>BRICS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD7CB54" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1CD7CB54" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="111"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA0241E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1DA0241E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="254" w:lineRule="exact"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Presentation</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="3712E0D6" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="3712E0D6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="5A32DEB9" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5A32DEB9" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9741F6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6C9741F6" w14:textId="66E25EE7" w:rsidR="00460719" w:rsidRPr="00246A76" w:rsidRDefault="00FF7F7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...3 lines deleted...]
-              <w:t>Japan</w:t>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>The Caucasus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="01CA63A5" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="01CA63A5" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="111"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="4C5D6C5C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4C5D6C5C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="256" w:lineRule="exact"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Presentation</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="2F364550" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="2F364550" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A48534C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6A48534C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="119"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="73B0777A" w14:textId="55E9FEA1" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00A31B56">
+          <w:p w14:paraId="73B0777A" w14:textId="55E9FEA1" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00A31B56">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="119"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Africa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="53E48099" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="53E48099" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="119"/>
               <w:ind w:left="111"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00266266" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00266266" w14:textId="1D6A6AA9" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="245" w:lineRule="exact"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Simulation,</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidR="00583643" w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Presenation</w:t>
-[...3 lines deleted...]
-          <w:p w14:paraId="5B999D59" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B999D59" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="44A319CB" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="44A319CB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="500DD817" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="500DD817" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3E27D5E1" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3E27D5E1" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="1944E551" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="1944E551" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="031E2055" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="031E2055" w14:textId="6C6CA9D3" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00816C51">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...12 lines deleted...]
-              <w:t>East</w:t>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Asian</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Tigers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="35CB106E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="35CB106E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4A42249A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4A42249A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="111"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="66831437" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="66831437" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Review</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>via</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Socrative,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DAB6DE0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4DAB6DE0" w14:textId="1BB4AF1C" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00583643">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="109" w:right="48"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Presentation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="66CC84FA" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="66CC84FA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40215E68" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="40215E68" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="43"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5B2F9791" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5B2F9791" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="43"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Students’</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Presentations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD68312" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="4BD68312" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6F2ADE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7F6F2ADE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="43"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Case</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="392E0AE7" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="392E0AE7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="4F164E40" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4F164E40" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="25C4C884" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="25C4C884" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Students’</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Presentations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="094D2C93" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="094D2C93" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="70B3B4DA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="70B3B4DA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Case</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="0C4C476C" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="0C4C476C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36651590" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="36651590" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF90064" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5EF90064" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>General</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Review</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1190D652" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="1190D652" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7AC108" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7C7AC108" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="109"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>General</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Review,</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>Q&amp;A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="12293527" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="12293527" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="655CA2EB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="655CA2EB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE3036A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2DE3036A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Final</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="7906BE83" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="7906BE83" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="12C7B2F6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="12C7B2F6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="4D323215" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="4D323215" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51E8CBF8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="51E8CBF8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE5C8C6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6AE5C8C6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="107"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Final</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0C54526A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="0C54526A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="19EA5100" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="19EA5100" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="4BD352F8" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="4BD352F8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10971" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="19B83B9A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="19B83B9A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="55763A58" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="55763A58" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1012"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0522CDA3" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="0522CDA3" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="126"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23379C04" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="008A6139">
+          <w:p w14:paraId="23379C04" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Textbook:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7521" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="276908F7" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
-[...139 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="2675973B" w14:textId="19D6CC24" w:rsidR="0021573D" w:rsidRPr="00246A76" w:rsidRDefault="00C56ED2" w:rsidP="000B13A9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
+              <w:t xml:space="preserve">Course Book 1: Brian </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A6139">
-              <w:t>Sidaway</w:t>
+            <w:r w:rsidR="0021573D" w:rsidRPr="00246A76">
+              <w:t>Brian</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008A6139">
-[...9 lines deleted...]
-              <w:t>2012. An Introduction to Human Geography. Pearson.</w:t>
+            <w:r w:rsidR="0021573D" w:rsidRPr="00246A76">
+              <w:t xml:space="preserve"> C. H. Fong. 2025. The Palgrave Geopolitical Atlas State and Quasi-State Actors in Great Power Competition. Palgrave Macmillan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB8BBDC" w14:textId="77777777" w:rsidR="00A838C6" w:rsidRPr="00246A76" w:rsidRDefault="00A838C6" w:rsidP="000B13A9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44B21635" w14:textId="4774AF43" w:rsidR="00A838C6" w:rsidRPr="00246A76" w:rsidRDefault="00C56ED2" w:rsidP="00A838C6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
+              <w:t xml:space="preserve">Course Book 2: </w:t>
+            </w:r>
+            <w:r w:rsidR="00A838C6" w:rsidRPr="00246A76">
+              <w:t>Brian C. H. Fong; Chong Ja Ian. 2024. The Routledge Handbook of Great Power Competition. Routledge, Routledge Handbooks.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52D71017" w14:textId="77777777" w:rsidR="0021573D" w:rsidRPr="00246A76" w:rsidRDefault="0021573D" w:rsidP="000B13A9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0389B876" w14:textId="665E6993" w:rsidR="000B13A9" w:rsidRPr="00246A76" w:rsidRDefault="008E18F3" w:rsidP="009676CB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Course Book 3:</w:t>
+            </w:r>
+            <w:r w:rsidR="009676CB" w:rsidRPr="00246A76">
+              <w:t xml:space="preserve"> Saul Bernard Cohen. 2015.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009676CB" w:rsidRPr="00246A76">
+              <w:t>Geopolitics: The Geography of International Relations. Rowman &amp; Littlefield.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="15991F52" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="15991F52" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="33A913A4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="33A913A4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Recommended</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>References:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7521" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="786353F7" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="31BEA751" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000" w:rsidP="000B13A9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
-            </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
               <w:t>John</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>A.</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Matthews</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>David</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>T.</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Herbert.</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>2008.</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Geography:</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Very</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Short Introduction. Oxford University Press.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="66A772C5" w14:textId="77777777" w:rsidR="0021573D" w:rsidRPr="00246A76" w:rsidRDefault="000B13A9" w:rsidP="000B13A9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="786353F7" w14:textId="40EAEA26" w:rsidR="000B13A9" w:rsidRPr="00246A76" w:rsidRDefault="000B13A9" w:rsidP="000B13A9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Peter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Daniels,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Michael</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Bradshaw,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Denis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Shaw,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>James</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>Sidaway</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246A76">
+              <w:t>2012. An Introduction to Human Geography. Pearson.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="4E789879" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="4E789879" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10971" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="2E53588B" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2E53588B" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="15" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Assessment</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="2FC2C0EE" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="2FC2C0EE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="037E3AD8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="037E3AD8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA41EA1" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1CA41EA1" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="5F37B5C4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5F37B5C4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="254"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Percentile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4726" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="774511A4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="774511A4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="0198AB59" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="0198AB59" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5D704A25" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5D704A25" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Midterm</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1233" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D9458F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="37D9458F" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="16" w:right="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="254E49CE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="254E49CE" w14:textId="2F680466" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>%30</w:t>
+              <w:t>%3</w:t>
+            </w:r>
+            <w:r w:rsidR="00785660" w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4726" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="477228EB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="477228EB" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="111"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="6141B813" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="6141B813" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="437D72FF" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="008A6139">
+          <w:p w14:paraId="437D72FF" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Presentations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1233" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB1778E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3EB1778E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="16" w:right="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="39445109" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="39445109" w14:textId="1C80AE7C" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>%20</w:t>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="00460719" w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4726" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE5A6EE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0CE5A6EE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="111"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="69AE22A6" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="69AE22A6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="4376C5FE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4376C5FE" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="3E9677F7" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3E9677F7" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="16" w:right="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="2D851EA4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2D851EA4" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>%50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4726" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="66F5403C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="66F5403C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="111"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="7B0440C7" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="7B0440C7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10971" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="587426E0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="587426E0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="15" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ECTS</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Table</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="36967091" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="36967091" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4683" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6D361797" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6D361797" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="71"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="4F33DB17" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4F33DB17" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="71"/>
               <w:ind w:left="365"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3023" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="1368D61A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1368D61A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="71"/>
               <w:ind w:left="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="37EA67A2" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="37EA67A2" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="71"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="7804A7BC" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="7804A7BC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4683" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="446945CA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="446945CA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="15A72B6E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="15A72B6E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="13" w:right="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3023" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4939D4A8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4939D4A8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA005A0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4AA005A0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="10" w:right="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="33C40D6A" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="33C40D6A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4683" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="65A3C49E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="65A3C49E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Out-of-Class</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="56BABBD6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="56BABBD6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="13" w:right="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3023" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="54C4E3CC" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="54C4E3CC" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="2063E7E5" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2063E7E5" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="10" w:right="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B34D8" w:rsidRPr="008A6139" w14:paraId="4904A478" w14:textId="77777777">
+      <w:tr w:rsidR="001B34D8" w:rsidRPr="00246A76" w14:paraId="4904A478" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4683" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="03437174" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="03437174" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Presentations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4D642FBA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4D642FBA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="13" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3023" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1787E272" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1787E272" w14:textId="5D9055A3" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="15" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB3167">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5306DACC" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5306DACC" w14:textId="16ACF007" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="10" w:right="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB3167">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="522659B2" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+    <w:p w14:paraId="522659B2" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:jc w:val="center"/>
-        <w:sectPr w:rsidR="001B34D8" w:rsidRPr="008A6139">
+        <w:sectPr w:rsidR="001B34D8" w:rsidRPr="00246A76">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1280" w:right="283" w:bottom="453" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4683"/>
         <w:gridCol w:w="1562"/>
         <w:gridCol w:w="3021"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="3EF3DF81" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="3EF3DF81" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4683" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB128C5" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2DB128C5" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="254" w:lineRule="exact"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Midterm</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Exam</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>(Midterm</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Exam</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Duration</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>+ Midterm Exam Preparation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0075DCD8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0075DCD8" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="13" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="44A604B0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="44A604B0" w14:textId="72A736B1" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB3167">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="300EB2F3" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="300EB2F3" w14:textId="04F4DC73" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="17" w:right="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB3167">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="188C7806" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="188C7806" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD23FCA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2CD23FCA" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="254" w:lineRule="exact"/>
               <w:ind w:right="105"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Final</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Exam</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>(Final</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Exam</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Duration</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>+</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>Final Exam Preparation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18E5FFC0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="18E5FFC0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="13" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A913AA5" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4A913AA5" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4083BA3C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4083BA3C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="17" w:right="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="3207CAB7" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="3207CAB7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="5FE54B0E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5FE54B0E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="68"/>
               <w:ind w:left="0" w:right="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A7D3FDC" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7A7D3FDC" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="68"/>
               <w:ind w:left="17" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>166</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="3C9CE6F8" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="3C9CE6F8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF8A89E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6FF8A89E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="0" w:right="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00246A76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
               <w:t>Total</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3169A2F2" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3169A2F2" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="17"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>166/30</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:t>≈</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="0419ACF4" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="0419ACF4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6A5595C0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6A5595C0" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="0" w:right="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ECTS</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Credit:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="705EE8E6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="705EE8E6" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="17" w:right="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="680CC79B" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+    <w:p w14:paraId="680CC79B" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D5283A3" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+    <w:p w14:paraId="4D5283A3" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="59"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5411"/>
         <w:gridCol w:w="5450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="5F0DC076" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="5F0DC076" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10861" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="155F82"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="7190E77E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7190E77E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="72"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Past</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Term</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Achievements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6139" w:rsidRPr="008A6139" w14:paraId="602AB434" w14:textId="77777777">
+      <w:tr w:rsidR="008A6139" w:rsidRPr="00246A76" w14:paraId="602AB434" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="4531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D9D5A17" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
-[...5 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="2022F75F" w14:textId="77777777" w:rsidR="00091DCC" w:rsidRDefault="00091DCC" w:rsidP="00091DCC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="2352" w:right="890" w:hanging="815"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0895FB6D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
-[...6 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="1771E8B5" w14:textId="77777777" w:rsidR="00091DCC" w:rsidRDefault="00091DCC" w:rsidP="00091DCC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="2352" w:right="890" w:hanging="815"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>2024-2025</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>Spring</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-15"/>
+              <w:t>Spring Semester</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E98D59B" w14:textId="77777777" w:rsidR="00091DCC" w:rsidRPr="001674C7" w:rsidRDefault="00091DCC" w:rsidP="00091DCC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="2352" w:right="890" w:hanging="815"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>IRE230</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="0164BE2E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IR+MAN+ITL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0383BDDF" w14:textId="77777777" w:rsidR="00091DCC" w:rsidRPr="00246A76" w:rsidRDefault="00091DCC" w:rsidP="00091DCC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="1377"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0164BE2E" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="139"/>
               <w:ind w:left="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487218176" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B8A84A2" wp14:editId="6C0F14D7">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B8A84A2" wp14:editId="6C0F14D7">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>324802</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>153503</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2893060" cy="9525"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2" name="Group 2"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
                             </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2893060" cy="9525"/>
                                 <a:chOff x="0" y="0"/>
@@ -7848,85 +7385,85 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="D9D9D9"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="5212000B" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:25.55pt;margin-top:12.1pt;width:227.8pt;height:.75pt;z-index:-16098304;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28930,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC63COubwIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5w4bZoYcYqhWYMB&#10;RVegGXZWZPkDkyWNUmL334+S7SRNix06GBAokSL5Hp+1vG1rSQ4CbKVVSiejMSVCcZ1Vqkjpz+39&#10;lzkl1jGVMamVSOmLsPR29fnTsjGJiHWpZSaAYBJlk8aktHTOJFFkeSlqZkfaCIXOXEPNHG6hiDJg&#10;DWavZRSPx7Oo0ZAZ0FxYi6frzklXIX+eC+5+5LkVjsiUYm8urBDWnV+j1ZIlBTBTVrxvg32gi5pV&#10;CoseU62ZY2QP1ZtUdcVBW527Edd1pPO84iJgQDST8QWaDei9CViKpCnMkSak9oKnD6flj4cNmGfz&#10;BF33aD5o/tsiL1FjiuTc7/fFKbjNofaXEARpA6MvR0ZF6wjHw3i+mI5nSDxH3+I6vu4I5yVO5c0l&#10;Xn7717WIJV3J0NixkcagcuyJHPt/5DyXzIjAufXgn4BUWUqnlChWo343vVSmHogvjTGevX5neyLf&#10;5ebqZhZ3+N+lZxLfBD0ecbKE763bCB1oZocH6zq5ZoPFysHirRpMQNF7ucsgd0cJyh0oQbnvuuqG&#10;OX/Pz86bpDnNyZ/V+iC2OnjdxYywtZNXqvMonHR8Nce/fRABxnYRaPgyKKjOCKXRPgcnle8iCMQX&#10;tlpW2X0lZdhAsbuTQA4MQa0X/vM4MMOrMAPWrZktu7jg6sOkCmK2STcdP7Wdzl5wtA1OM6X2z56B&#10;oER+Vyge/0oMBgzGbjDAyTsd3pJAENbctr8YGOLLp9ThZB/1oCGWDEPz0I+x/qbSX/dO55WfKOp5&#10;6KjfoJ6DFX57tF69K+f7EHV6SFd/AQAA//8DAFBLAwQUAAYACAAAACEAfp1jF+AAAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm90kmrak2ZRS1FMRbAXxNs1Ok9Dsbshuk/Tf&#10;O57s8c17vPdNvp5MKwbqfeOsgngWgSBbOt3YSsHX4e1pCcIHtBpbZ0nBlTysi/u7HDPtRvtJwz5U&#10;gkusz1BBHUKXSenLmgz6mevIsndyvcHAsq+k7nHkctPKJIrm0mBjeaHGjrY1lef9xSh4H3HcPMev&#10;w+582l5/DunH9y4mpR4fps0KRKAp/IfhD5/RoWCmo7tY7UWrII1jTipIXhIQ7KfRfAHiyId0AbLI&#10;5e0DxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAutwjrm8CAACQBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfp1jF+AAAAAIAQAADwAAAAAA&#10;AAAAAAAAAADJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;">
+                    <v:group w14:anchorId="11608E4F" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:25.55pt;margin-top:12.1pt;width:227.8pt;height:.75pt;z-index:-251657216;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28930,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC63COubwIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X5w4bZoYcYqhWYMB&#10;RVegGXZWZPkDkyWNUmL334+S7SRNix06GBAokSL5Hp+1vG1rSQ4CbKVVSiejMSVCcZ1Vqkjpz+39&#10;lzkl1jGVMamVSOmLsPR29fnTsjGJiHWpZSaAYBJlk8aktHTOJFFkeSlqZkfaCIXOXEPNHG6hiDJg&#10;DWavZRSPx7Oo0ZAZ0FxYi6frzklXIX+eC+5+5LkVjsiUYm8urBDWnV+j1ZIlBTBTVrxvg32gi5pV&#10;CoseU62ZY2QP1ZtUdcVBW527Edd1pPO84iJgQDST8QWaDei9CViKpCnMkSak9oKnD6flj4cNmGfz&#10;BF33aD5o/tsiL1FjiuTc7/fFKbjNofaXEARpA6MvR0ZF6wjHw3i+mI5nSDxH3+I6vu4I5yVO5c0l&#10;Xn7717WIJV3J0NixkcagcuyJHPt/5DyXzIjAufXgn4BUWUqnlChWo343vVSmHogvjTGevX5neyLf&#10;5ebqZhZ3+N+lZxLfBD0ecbKE763bCB1oZocH6zq5ZoPFysHirRpMQNF7ucsgd0cJyh0oQbnvuuqG&#10;OX/Pz86bpDnNyZ/V+iC2OnjdxYywtZNXqvMonHR8Nce/fRABxnYRaPgyKKjOCKXRPgcnle8iCMQX&#10;tlpW2X0lZdhAsbuTQA4MQa0X/vM4MMOrMAPWrZktu7jg6sOkCmK2STcdP7Wdzl5wtA1OM6X2z56B&#10;oER+Vyge/0oMBgzGbjDAyTsd3pJAENbctr8YGOLLp9ThZB/1oCGWDEPz0I+x/qbSX/dO55WfKOp5&#10;6KjfoJ6DFX57tF69K+f7EHV6SFd/AQAA//8DAFBLAwQUAAYACAAAACEAfp1jF+AAAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm90kmrak2ZRS1FMRbAXxNs1Ok9Dsbshuk/Tf&#10;O57s8c17vPdNvp5MKwbqfeOsgngWgSBbOt3YSsHX4e1pCcIHtBpbZ0nBlTysi/u7HDPtRvtJwz5U&#10;gkusz1BBHUKXSenLmgz6mevIsndyvcHAsq+k7nHkctPKJIrm0mBjeaHGjrY1lef9xSh4H3HcPMev&#10;w+582l5/DunH9y4mpR4fps0KRKAp/IfhD5/RoWCmo7tY7UWrII1jTipIXhIQ7KfRfAHiyId0AbLI&#10;5e0DxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAutwjrm8CAACQBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfp1jF+AAAAAIAQAADwAAAAAA&#10;AAAAAAAAAADJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;">
                       <v:shape id="Graphic 3" o:spid="_x0000_s1027" style="position:absolute;top:47;width:28930;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2893060,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYZzMfwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgbyD2EJuidwGQnGjmJAS6CGF/B1yXKytZGytHEu1nbevCoUeh5n5hlkXo2tET12oPCt4XmQg&#10;iEuvKzYKrpf9/BVEiMgaG8+k4EEBis10ssZc+4FP1J+jEQnCIUcFNsY2lzKUlhyGhW+Jk/flO4cx&#10;yc5I3eGQ4K6RL1m2kg4rTgsWW9pZKuvzt1PQmmt96e2wPH3eb8fD+96TOXilZk/j9g1EpDH+h//a&#10;H1rBEn6vpBsgNz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2GczH8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2892488,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10E0AB14" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="10E0AB14" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="99"/>
               <w:ind w:left="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487217664" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="199F5BB7" wp14:editId="118E4CA2">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="199F5BB7" wp14:editId="118E4CA2">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>324802</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>128484</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2893060" cy="1176020"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="4" name="Group 4"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
                             </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2893060" cy="1176020"/>
                                 <a:chOff x="0" y="0"/>
@@ -8309,411 +7846,411 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="D9D9D9"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="5A6A53EC" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:25.55pt;margin-top:10.1pt;width:227.8pt;height:92.6pt;z-index:-16098816;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28930,11760" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbCcHDZwUAACkdAAAOAAAAZHJzL2Uyb0RvYy54bWzsWW1vozgQ/n7S/QfE92sw70RNV6fttTpp&#10;tbvS9nSfXUJetARzNm3Sf39jGyfjBLakpPtpVSmYMjM8fjwe5oHrD7tN6TwXXKxZNXPJlec6RZWz&#10;+bpaztx/Hu7+SF1HNLSa05JVxcx9KYT74eb336639bTw2YqV84I7EKQS0209c1dNU08nE5Gvig0V&#10;V6wuKri4YHxDGzjly8mc0y1E35QT3/PiyZbxec1ZXggB/73VF90bFX+xKPLmy2IhisYpZy5ga9Qv&#10;V7+P8ndyc02nS07r1TpvYdA3oNjQdQU33Ye6pQ11nvj6JNRmnXMm2KK5ytlmwhaLdV6oOcBsiHc0&#10;m3vOnmo1l+V0u6z3NAG1Rzy9OWz++fme19/qr1yjh+Enln8XwMtkWy+n+Lo8Xx6Mdwu+kU4wCWen&#10;GH3ZM1rsGieHf/ppFngxEJ/DNUKS2PNbzvMVLMyJX7766xXPCZ3qGyt4ezjbGvJHHCgS4yj6tqJ1&#10;oZgXkoKv3FnPZ27kOhXdQBbftwkTyfyRtwYbyWF7Jlo6OxkKk9jXaddJUpb4KcmkwX6mdJo/iea+&#10;YIpu+vxJNHAZcm1uRnRlRvmuMkMOyS/TvlRp37gOpD13HUj7R33/mjbST4aSQ2eL1ms1c1sk8vKG&#10;PRcPTBk2cs18n4QkJa4DqwpmAVEzAsAHw7KyHEISpD7wd+ygzcBTIngDEhKEidcVuA8JicKIhO+A&#10;xE+yIPDO4STN/DCF+nhxTuIgjtKOKfZx4hM/9OMOh7Gr40dekITncJJ4JI07HMYigRJ0THMfG8SP&#10;ok76xmLAGZIksG3MNu9DAtVznyGWw1gkmg0rZB8GzIblMBYDQVlqBe5DgrPUchiLBFczK3AvElTN&#10;LIfRSNB+sQL3IkH7xXIYiwTXVStwHxJcVy2HsUjw6kRpEGekfTj2IfHR6lgOo5Gg1bEC9yJBq2M5&#10;jEWCV8cK3IsEVXjLYSwSXNOswL1IUE2zHMYi0TXNCtmHAdc0y+EyGII0jXWbO7AjshzGYsDPXCtw&#10;Hxs+ylLLYTQS1BFZgXuRoNywHMYi0blBsiAK09eqB2LDchiLAe8UK/AQNiyHsUg0G0qH/ShB0WIY&#10;26M7t2270hAwxiqlrKScyCJozWVXL1i5nt+ty1Kd8OXjx5I7zxTUyW0m/9pFscxqLppbKlbaTl1q&#10;zcpKqVMx1UJLCrBHNn8BlbYFYTZzxX9PlBeuU/5dgQ6E6TZmwM3g0Qx4U35k6uWAUh9wz4fdv5TX&#10;jrz9zG1ApH1mRg7SqVFfcup7W+lZsT+fGrZYS2kG0tQgak9Ammqh+O4aNT7WqLEkbbBGxaXxVKmS&#10;KEiyBAjVcj6Ow0xJYGDDaF2cBIasd5GqeywgVQnRUORCHLZTrbRqRsJQZ7xVUg5mOqlhPZV5h6kx&#10;MEdsCHeOsjTZJ6YWvbblAcF51hZeEzIvmShkjp1K5qGMBCnxPD1P9fR7VbynWSTf4YCAsuwNJHPU&#10;vIBoMdZDpovAnGneieUC9MSJZyYw6N1GlGQEHvcn+tLQYo6aHmQ9ZL4IzJnmFnaD4QL0ZKCNM6gy&#10;kA1WgvZtqDSGv8G7ClkPmS8Cc6a5hf2C9ECjnZJI82M9tfv4ISRK/bZCWQ4GlDnq/LHMBxQfC8+5&#10;9rhhMjAukEKyUCVEc2Rai156wjD2E9vWQDHHlhlkOSQZMIpz7Q1qg+CElLY8d7VGVpMjcC9Eougu&#10;NdUYmal+4levc/I+PjnuddRzeHCvo4sSfJXwklB1oHTa+UqegEJqH/A/vcsxH1C6OhuN30Dr20D4&#10;JaKx1Wm7byF+kKy/+nitLHAfr748wfc41YS13w7lBz98ruwPXzhv/gcAAP//AwBQSwMEFAAGAAgA&#10;AAAhACTMwFrgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo7UBKFeJU&#10;VQWcKiRaJNTbNt4mUWM7it0k/XvcEz3Ozmjmbb6cTMsG6n3jrAI5E8DIlk43tlLws/t4WgDzAa3G&#10;1llScCEPy+L+LsdMu9F+07ANFYsl1meooA6hyzj3ZU0G/cx1ZKN3dL3BEGVfcd3jGMtNyxMh5txg&#10;Y+NCjR2taypP27NR8DniuHqW78PmdFxf9rv063cjSanHh2n1BizQFP7DcMWP6FBEpoM7W+1ZqyCV&#10;MiYVJCIBFv1UzF+BHa6H9AV4kfPbD4o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANsJ&#10;wcNnBQAAKR0AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ACTMwFrgAAAACQEAAA8AAAAAAAAAAAAAAAAAwQcAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADOCAAAAAA=&#10;">
+                    <v:group w14:anchorId="2FE88881" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:25.55pt;margin-top:10.1pt;width:227.8pt;height:92.6pt;z-index:-251659264;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28930,11760" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbCcHDZwUAACkdAAAOAAAAZHJzL2Uyb0RvYy54bWzsWW1vozgQ/n7S/QfE92sw70RNV6fttTpp&#10;tbvS9nSfXUJetARzNm3Sf39jGyfjBLakpPtpVSmYMjM8fjwe5oHrD7tN6TwXXKxZNXPJlec6RZWz&#10;+bpaztx/Hu7+SF1HNLSa05JVxcx9KYT74eb336639bTw2YqV84I7EKQS0209c1dNU08nE5Gvig0V&#10;V6wuKri4YHxDGzjly8mc0y1E35QT3/PiyZbxec1ZXggB/73VF90bFX+xKPLmy2IhisYpZy5ga9Qv&#10;V7+P8ndyc02nS07r1TpvYdA3oNjQdQU33Ye6pQ11nvj6JNRmnXMm2KK5ytlmwhaLdV6oOcBsiHc0&#10;m3vOnmo1l+V0u6z3NAG1Rzy9OWz++fme19/qr1yjh+Enln8XwMtkWy+n+Lo8Xx6Mdwu+kU4wCWen&#10;GH3ZM1rsGieHf/ppFngxEJ/DNUKS2PNbzvMVLMyJX7766xXPCZ3qGyt4ezjbGvJHHCgS4yj6tqJ1&#10;oZgXkoKv3FnPZ27kOhXdQBbftwkTyfyRtwYbyWF7Jlo6OxkKk9jXaddJUpb4KcmkwX6mdJo/iea+&#10;YIpu+vxJNHAZcm1uRnRlRvmuMkMOyS/TvlRp37gOpD13HUj7R33/mjbST4aSQ2eL1ms1c1sk8vKG&#10;PRcPTBk2cs18n4QkJa4DqwpmAVEzAsAHw7KyHEISpD7wd+ygzcBTIngDEhKEidcVuA8JicKIhO+A&#10;xE+yIPDO4STN/DCF+nhxTuIgjtKOKfZx4hM/9OMOh7Gr40dekITncJJ4JI07HMYigRJ0THMfG8SP&#10;ok76xmLAGZIksG3MNu9DAtVznyGWw1gkmg0rZB8GzIblMBYDQVlqBe5DgrPUchiLBFczK3AvElTN&#10;LIfRSNB+sQL3IkH7xXIYiwTXVStwHxJcVy2HsUjw6kRpEGekfTj2IfHR6lgOo5Gg1bEC9yJBq2M5&#10;jEWCV8cK3IsEVXjLYSwSXNOswL1IUE2zHMYi0TXNCtmHAdc0y+EyGII0jXWbO7AjshzGYsDPXCtw&#10;Hxs+ylLLYTQS1BFZgXuRoNywHMYi0blBsiAK09eqB2LDchiLAe8UK/AQNiyHsUg0G0qH/ShB0WIY&#10;26M7t2270hAwxiqlrKScyCJozWVXL1i5nt+ty1Kd8OXjx5I7zxTUyW0m/9pFscxqLppbKlbaTl1q&#10;zcpKqVMx1UJLCrBHNn8BlbYFYTZzxX9PlBeuU/5dgQ6E6TZmwM3g0Qx4U35k6uWAUh9wz4fdv5TX&#10;jrz9zG1ApH1mRg7SqVFfcup7W+lZsT+fGrZYS2kG0tQgak9Ammqh+O4aNT7WqLEkbbBGxaXxVKmS&#10;KEiyBAjVcj6Ow0xJYGDDaF2cBIasd5GqeywgVQnRUORCHLZTrbRqRsJQZ7xVUg5mOqlhPZV5h6kx&#10;MEdsCHeOsjTZJ6YWvbblAcF51hZeEzIvmShkjp1K5qGMBCnxPD1P9fR7VbynWSTf4YCAsuwNJHPU&#10;vIBoMdZDpovAnGneieUC9MSJZyYw6N1GlGQEHvcn+tLQYo6aHmQ9ZL4IzJnmFnaD4QL0ZKCNM6gy&#10;kA1WgvZtqDSGv8G7ClkPmS8Cc6a5hf2C9ECjnZJI82M9tfv4ISRK/bZCWQ4GlDnq/LHMBxQfC8+5&#10;9rhhMjAukEKyUCVEc2Rai156wjD2E9vWQDHHlhlkOSQZMIpz7Q1qg+CElLY8d7VGVpMjcC9Eougu&#10;NdUYmal+4levc/I+PjnuddRzeHCvo4sSfJXwklB1oHTa+UqegEJqH/A/vcsxH1C6OhuN30Dr20D4&#10;JaKx1Wm7byF+kKy/+nitLHAfr748wfc41YS13w7lBz98ruwPXzhv/gcAAP//AwBQSwMEFAAGAAgA&#10;AAAhACTMwFrgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo7UBKFeJU&#10;VQWcKiRaJNTbNt4mUWM7it0k/XvcEz3Ozmjmbb6cTMsG6n3jrAI5E8DIlk43tlLws/t4WgDzAa3G&#10;1llScCEPy+L+LsdMu9F+07ANFYsl1meooA6hyzj3ZU0G/cx1ZKN3dL3BEGVfcd3jGMtNyxMh5txg&#10;Y+NCjR2taypP27NR8DniuHqW78PmdFxf9rv063cjSanHh2n1BizQFP7DcMWP6FBEpoM7W+1ZqyCV&#10;MiYVJCIBFv1UzF+BHa6H9AV4kfPbD4o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANsJ&#10;wcNnBQAAKR0AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ACTMwFrgAAAACQEAAA8AAAAAAAAAAAAAAAAAwQcAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADOCAAAAAA=&#10;">
                       <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;top:47;width:28930;height:9728;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2893060,972819" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOUt0rwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EJusdxAQuxaCaUQKL3Fbeh1sTayibQylmK7/foqEOhxmJk3TLWfnRUjDaHzrOA5y0EQ&#10;N153bBR8fR6WWxAhImu0nknBDwXY7x4fKiy1n/hIYx2NSBAOJSpoY+xLKUPTksOQ+Z44eWc/OIxJ&#10;DkbqAacEd1au8nwjHXacFlrs6a2l5lJfnYJi0vWBvz/cdPoluhaFXY3GKrV4ml9fQESa43/43n7X&#10;CtZwu5JugNz9AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA5S3SvBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m2214181,972312r199644,em1347025,972312r198120,em2793301,972312r99187,em1636585,972312r487680,em2503741,972312r198120,em,972312r1255585,em2793301,777239r99187,em,777239r1255585,em1636585,777239r487680,em2214181,777239r199644,em2503741,777239r198120,em1347025,777239r198120,em2214181,583691r199644,em2503741,583691r198120,em1347025,583691r777240,em2793301,583691r99187,em,583691r1255585,em,388620r2413825,em2503741,388620r198120,em2793301,388620r99187,em,193548r2701861,em2793301,193548r99187,em,l2892488,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 6" o:spid="_x0000_s1028" style="position:absolute;left:12555;top:47;width:15380;height:11665;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1537970,1166495" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAVAYbUwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva7oKRbpGWQTBP6dVEY+P5tmWbV5KEjX66TeC4HGYmd8w03k0rbiS841lBV/DDARx&#10;aXXDlYLDfvk5AeEDssbWMim4k4f5rPcxxULbG//SdRcqkSDsC1RQh9AVUvqyJoN+aDvi5J2tMxiS&#10;dJXUDm8Jblo5yrJcGmw4LdTY0aKm8m93MQraRYhycqzO0Y0fy3w93mxOW1Rq0I8/3yACxfAOv9or&#10;rSCH55V0A+TsHwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABUBhtTBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m91440,388620l,388620r,777367l91440,1165987r,-777367xem381000,583692r-91440,l289560,1165987r91440,l381000,583692xem670560,972312r-91440,l579120,1165987r91440,l670560,972312xem958596,388620r-89916,l868680,1165987r89916,l958596,388620xem1248156,193548r-89916,l1158240,1165987r89916,l1248156,193548xem1537716,r-91440,l1446276,1165987r91440,l1537716,xe" fillcolor="#155f82" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 7" o:spid="_x0000_s1029" style="position:absolute;top:11707;width:28930;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2893060,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCnXDUcwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEJvNWsFK6tRxCJ4UKh/Dh4fm2eyuHnZbtLd7bc3QqHHYWZ+wyxWvatES00oPSsYjzIQ&#10;xIXXJRsFl/P2bQYiRGSNlWdS8EsBVsvBywJz7Ts+UnuKRiQIhxwV2BjrXMpQWHIYRr4mTt7NNw5j&#10;ko2RusEuwV0l37NsKh2WnBYs1rSxVNxPP05BbS73c2u7yfHwff3af249mb1X6nXYr+cgIvXxP/zX&#10;3mkFH/C8km6AXD4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAp1w1HMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2892488,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="160FD2DF" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="160FD2DF" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="99"/>
               <w:ind w:left="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78196141" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="78196141" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="100"/>
               <w:ind w:left="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00B4F191" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00B4F191" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="98"/>
               <w:ind w:left="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38A3F59C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="38A3F59C" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="100"/>
               <w:ind w:left="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0512226A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0512226A" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="99"/>
               <w:ind w:left="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23BEF90D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="23BEF90D" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="99"/>
               <w:ind w:left="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70653891" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="00000000">
+          <w:p w14:paraId="70653891" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1084"/>
                 <w:tab w:val="left" w:pos="1530"/>
                 <w:tab w:val="left" w:pos="1975"/>
                 <w:tab w:val="left" w:pos="3347"/>
                 <w:tab w:val="left" w:pos="3808"/>
                 <w:tab w:val="left" w:pos="4264"/>
                 <w:tab w:val="left" w:pos="4719"/>
               </w:tabs>
               <w:spacing w:before="7"/>
               <w:ind w:left="614"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FF</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FD</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>DD</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="45"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DC</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="46"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CB</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>BB</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>BA</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008A6139">
+            <w:r w:rsidRPr="00246A76">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>AA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76381280" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="008A6139" w:rsidRDefault="001B34D8">
+          <w:p w14:paraId="76381280" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRPr="00246A76" w:rsidRDefault="001B34D8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61502AE5" w14:textId="77777777" w:rsidR="00BB0E1A" w:rsidRPr="008A6139" w:rsidRDefault="00BB0E1A"/>
-    <w:sectPr w:rsidR="00BB0E1A" w:rsidRPr="008A6139">
+    <w:p w14:paraId="61502AE5" w14:textId="77777777" w:rsidR="00BB0E1A" w:rsidRPr="00246A76" w:rsidRDefault="00BB0E1A"/>
+    <w:sectPr w:rsidR="00BB0E1A" w:rsidRPr="00246A76">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1280" w:right="283" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="229DA066" w14:textId="77777777" w:rsidR="00BB0E1A" w:rsidRDefault="00BB0E1A">
+    <w:p w14:paraId="4432367E" w14:textId="77777777" w:rsidR="007C2598" w:rsidRDefault="007C2598">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09B01268" w14:textId="77777777" w:rsidR="00BB0E1A" w:rsidRDefault="00BB0E1A">
+    <w:p w14:paraId="13B1C275" w14:textId="77777777" w:rsidR="007C2598" w:rsidRDefault="007C2598">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C074A73" w14:textId="77777777" w:rsidR="00BB0E1A" w:rsidRDefault="00BB0E1A">
+    <w:p w14:paraId="011BE8B6" w14:textId="77777777" w:rsidR="007C2598" w:rsidRDefault="007C2598">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21EDA3B7" w14:textId="77777777" w:rsidR="00BB0E1A" w:rsidRDefault="00BB0E1A">
+    <w:p w14:paraId="79A09C83" w14:textId="77777777" w:rsidR="007C2598" w:rsidRDefault="007C2598">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2E6FAAA1" w14:textId="77777777" w:rsidR="001B34D8" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="GvdeMetni"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -8743,81 +8280,242 @@
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1966935" cy="390448"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0687101D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C99E6D40"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1605923809">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B34D8"/>
+    <w:rsid w:val="00064DBF"/>
+    <w:rsid w:val="00091DCC"/>
+    <w:rsid w:val="000B13A9"/>
+    <w:rsid w:val="000C25FC"/>
     <w:rsid w:val="001B34D8"/>
+    <w:rsid w:val="0021573D"/>
+    <w:rsid w:val="00234C42"/>
+    <w:rsid w:val="00246A76"/>
+    <w:rsid w:val="0024763F"/>
+    <w:rsid w:val="00353930"/>
+    <w:rsid w:val="00460719"/>
+    <w:rsid w:val="00511926"/>
+    <w:rsid w:val="00583643"/>
+    <w:rsid w:val="00625BF1"/>
+    <w:rsid w:val="00772191"/>
+    <w:rsid w:val="00785660"/>
+    <w:rsid w:val="00796240"/>
+    <w:rsid w:val="007B479A"/>
+    <w:rsid w:val="007C2598"/>
+    <w:rsid w:val="007C3697"/>
+    <w:rsid w:val="00816C51"/>
+    <w:rsid w:val="008218F5"/>
+    <w:rsid w:val="00895A08"/>
     <w:rsid w:val="008A6139"/>
+    <w:rsid w:val="008E18F3"/>
+    <w:rsid w:val="009676CB"/>
     <w:rsid w:val="00A31B56"/>
+    <w:rsid w:val="00A6155A"/>
+    <w:rsid w:val="00A6670F"/>
+    <w:rsid w:val="00A838C6"/>
+    <w:rsid w:val="00AB3167"/>
+    <w:rsid w:val="00AD1F06"/>
+    <w:rsid w:val="00B67459"/>
+    <w:rsid w:val="00B97C15"/>
     <w:rsid w:val="00BB0E1A"/>
+    <w:rsid w:val="00BD61CC"/>
+    <w:rsid w:val="00C0718C"/>
+    <w:rsid w:val="00C56ED2"/>
     <w:rsid w:val="00C73F6A"/>
     <w:rsid w:val="00C920D5"/>
+    <w:rsid w:val="00D32CEA"/>
+    <w:rsid w:val="00DA0125"/>
+    <w:rsid w:val="00DA5FF9"/>
+    <w:rsid w:val="00EC501C"/>
+    <w:rsid w:val="00F04091"/>
+    <w:rsid w:val="00FF7F7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0FD80ADE"/>
@@ -9276,62 +8974,126 @@
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="110"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0021573D"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0021573D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C25FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="847259103">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1043746799">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -9581,76 +9343,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3063</Characters>
+  <Pages>3</Pages>
+  <Words>585</Words>
+  <Characters>3340</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3593</CharactersWithSpaces>
+  <CharactersWithSpaces>3918</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-10-06T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
   </property>