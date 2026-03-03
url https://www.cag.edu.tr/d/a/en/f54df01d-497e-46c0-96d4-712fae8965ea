--- v0 (2025-11-05)
+++ v1 (2026-03-03)
@@ -84,230 +84,140 @@
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>SYLLABUS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71F9B79E" w14:textId="50616C0B" w:rsidR="005A2B8A" w:rsidRPr="00047268" w:rsidRDefault="000D1476" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000D1476">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Faculty</w:t>
-[...73 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Faculty of Economics and Administrative Sciences</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00482527" w:rsidRPr="00047268" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
-              <w:t xml:space="preserve">Course </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Code</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5543" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Title</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>ECTS Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D73A86" w:rsidRPr="00047268" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
@@ -328,67 +238,51 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>FLG 303</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5543" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54764CA8" w14:textId="513704CD" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
-              <w:t xml:space="preserve">Second </w:t>
-[...15 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Second Foreign Language I (German)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5967AF88" w14:textId="46BFFE85" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>(1-1-3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -404,825 +298,550 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00047268" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Courses:</w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Prerequisite Courses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="640BECDB" w14:textId="12995ECD" w:rsidR="00681162" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4DBF" w:rsidRPr="00047268" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00047268" w:rsidRDefault="001B4DBF">
             <w:r w:rsidRPr="00047268">
               <w:t>Course Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="485B0539" w14:textId="0F08C47B" w:rsidR="001B4DBF" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:t>German</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00047268" w:rsidRDefault="001B4DBF">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Course Delivery </w:t>
-[...15 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Course Delivery Mode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="082FB09F" w14:textId="55A5BF25" w:rsidR="001B4DBF" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="001B4DBF">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Face-to-face</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00047268" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
             <w:r w:rsidRPr="00047268">
-              <w:t xml:space="preserve">Course </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Level:</w:t>
+              <w:t>Course Type and Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40C618F0" w14:textId="17FADD6D" w:rsidR="00681162" w:rsidRPr="00047268" w:rsidRDefault="003360EF" w:rsidP="00833C72">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00D024C6" w:rsidRPr="00D024C6">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Compulsory</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Compulsory Elective</w:t>
+            </w:r>
+            <w:r w:rsidR="00D024C6">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00D024C6" w:rsidRPr="00D024C6">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...48 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> / Fall Semester / Undergraduate</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00047268" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
-            <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Instructor's Title, Name, and Surname</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Office </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Office Hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:t>Contact</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D73A86" w:rsidRPr="00047268" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5121" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10E9F61A" w14:textId="5B784815" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Lecturer</w:t>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecturer Selda Sekendur</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A92F4D2" w14:textId="2395E845" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Thurs. </w:t>
             </w:r>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:rStyle w:val="citation-340"/>
               </w:rPr>
               <w:t xml:space="preserve">10.15-12.30 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72C71106" w14:textId="48FC54CA" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Tues. </w:t>
             </w:r>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:rStyle w:val="citation-339"/>
               </w:rPr>
               <w:t xml:space="preserve">11-12 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59E51361" w14:textId="134DAC4B" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="009125D9">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:rStyle w:val="citation-338"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">seldasekendur@cag.edu.tr </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00047268" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
             <w:r w:rsidRPr="00047268">
-              <w:t xml:space="preserve">Course </w:t>
-[...7 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Course Coordinator:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ED79668" w14:textId="30724704" w:rsidR="00F96934" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="0034027E">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Lecturer</w:t>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecturer Selda Sekendur</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003537D4" w:rsidRPr="00047268" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="11358" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65E7B619" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
             <w:r w:rsidRPr="00047268">
-              <w:t xml:space="preserve">Course </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Objectives</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A0CE5" w:rsidRPr="00047268" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
-              <w:t xml:space="preserve">Course Learning </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Learning Outcomes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
-            <w:proofErr w:type="spellStart"/>
-[...77 lines deleted...]
-              <w:t>;</w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Upon successful completion of this course, the student will be able to;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:t>Relations</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A0CE5" w:rsidRPr="00047268" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00047268" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
@@ -1230,209 +849,133 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00047268" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
-              <w:t xml:space="preserve">Program </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Program Outcomes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Net </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Net Contribution</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB31F8" w:rsidRPr="00047268" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="3" w:colLast="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E40272B" w14:textId="22EE9236" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...61 lines deleted...]
-              <w:t xml:space="preserve"> life</w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Understand simple expressions and clear conversations used in daily life</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E2B5677" w14:textId="678AAF41" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA60E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1490,75 +1033,51 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0185FF67" w14:textId="522B1CC7" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
-              <w:t xml:space="preserve">Read </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Read short, simple texts. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CA3CF30" w14:textId="0DCD8A91" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1614,124 +1133,53 @@
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="139A8CC3" w14:textId="77777777" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="009561F2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...72 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Introduce themselves, ask, and answer simple questions about personal information..</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="4C314DDE" w14:textId="77777777" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A850E46" w14:textId="1C1DF182" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
@@ -1792,97 +1240,52 @@
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F332E2A" w14:textId="05EB845E" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Use appropriate expressions in daily social interactions. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="197EF09B" w14:textId="3DD32F42" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA60E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -1945,124 +1348,53 @@
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C97D80A" w14:textId="1693E0EA" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...72 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Fill out simple forms and write short personal notes..</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0847AFD5" w14:textId="54BB393B" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2118,105 +1450,52 @@
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63906508" w14:textId="5168DA1D" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...53 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Recognize basic social interaction norms in German-speaking countries.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3580C7C9" w14:textId="72C06CAD" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2272,5281 +1551,1785 @@
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1257CC14" w14:textId="77777777" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="4D3CE84B" w14:textId="6918E296" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
-              <w:t>(</w:t>
-[...79 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(Digital tools used throughout the course: Quizizz, Wordwall, online dictionaries)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34A85499" w14:textId="786EB4B7" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38C232C5" w14:textId="37C7792C" w:rsidR="00EB31F8" w:rsidRPr="00047268" w:rsidRDefault="00EB31F8" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF">
             <w:r w:rsidRPr="00047268">
               <w:t>Course Content:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D60200" w14:textId="7E96FE48" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B5C97">
+          <w:p w14:paraId="39D60200" w14:textId="1A57845E" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00262E0A" w:rsidP="001B5C97">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
+            <w:r w:rsidRPr="00262E0A">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho"/>
                 <w:b w:val="0"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic </w:t>
-[...737 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>This course aims to develop students’ basic communication skills at the A1.1 level in everyday life topics such as introductions, numbers, hobbies, professions, asking for directions in the city, shopping, and food and drinks. Fundamental grammar topics — including articles, sentence structure, verb conjugations, the accusative case, and modal verbs — are taught. Throughout the course, listening, speaking, reading, and writing activities are supported and reinforced through the use of digital tools such as Quizizz and Wordwall.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="11358" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="003208C3">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
-              <w:t>Course Schedule (</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Plan)</w:t>
+              <w:t>Course Schedule (Weekly Plan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:t>Week</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Topic</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Preparation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Teaching Methods and Techniques</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="37E41301" w14:textId="530F0FDE" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="0" w:colLast="3"/>
+            <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="43B9E913" w14:textId="6D77193F" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...92 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="43B9E913" w14:textId="5945B990" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 1 – Greetings and introductions, countries and languages</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2F6454" w14:textId="0D10656C" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="4E2F6454" w14:textId="2E71FBDB" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Workbook and supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0B28CFF9" w14:textId="761A0224" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00B6158F">
+          <w:p w14:paraId="0B28CFF9" w14:textId="20A97D5B" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00B6158F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...58 lines deleted...]
-              <w:t>Q&amp;A</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Introduction dialogues, icebreaker activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="3D550460" w14:textId="6800635A" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0195B8CF" w14:textId="790C5779" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...78 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="0195B8CF" w14:textId="2BB5C89D" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 1 – Alphabet, phone numbers, numbers 0–20, pronouns</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="67DFA02F" w14:textId="6984A388" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="67DFA02F" w14:textId="1B0A566E" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Workbook and supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="091113C1" w14:textId="778179DC" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...61 lines deleted...]
-              <w:t>Q&amp;A</w:t>
+          <w:p w14:paraId="091113C1" w14:textId="52DC95DF" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Reading, listening</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="0D95DD2B" w14:textId="70260CC2" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="49527597" w14:textId="4B3CC054" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00047268">
+          <w:p w14:paraId="49527597" w14:textId="4DEB7C95" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t xml:space="preserve">Chapter 1 – Sentence structure, question </w:t>
+            </w:r>
+            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>Aufforderungssatz</w:t>
-[...83 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>forms, short texts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7B75F9D1" w14:textId="74AB39F1" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="7B75F9D1" w14:textId="3CAD2A0B" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00047268">
+            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>Relevant</w:t>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Workbook and </w:t>
+            </w:r>
+            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>the</w:t>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="77FDD091" w14:textId="45C2DC47" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00047268">
+          <w:p w14:paraId="77FDD091" w14:textId="64D367FC" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Individual</w:t>
-[...84 lines deleted...]
-              <w:t>Q&amp;A</w:t>
+              <w:t>Group work, Q&amp;A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="656340F4" w14:textId="1AC456BC" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBFAA8E" w14:textId="510AA57A" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...46 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="2FEA96C1" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 1 – Hobbies, verb conjugation (present tense)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="72FEE239" w14:textId="207B1F13" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="72FEE239" w14:textId="622E6B7D" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Workbook and supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3739A057" w14:textId="4B27BC3A" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...89 lines deleted...]
-              <w:t>Q&amp;A</w:t>
+          <w:p w14:paraId="3739A057" w14:textId="59F5A0B1" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Partner interviews, Wordwall</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="10EC913B" w14:textId="2B0AA633" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8C3390" w14:textId="49EEA1AE" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...62 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="5E8C3390" w14:textId="79C9F641" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 2 – Professions, working hours, definite articles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="43A2FED1" w14:textId="62BD73A4" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="43A2FED1" w14:textId="16007A6F" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Workbook and supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5F167A28" w14:textId="6E714650" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...75 lines deleted...]
-              <w:t>Q&amp;A</w:t>
+          <w:p w14:paraId="5F167A28" w14:textId="796CAC67" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Role play, Quizizz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="047BE786" w14:textId="131F5A7B" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="206DAB37" w14:textId="37C05C16" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> 20)</w:t>
+          <w:p w14:paraId="206DAB37" w14:textId="61DD2D51" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 2 – Seasons, numbers above 20, time expressions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4E24EA" w14:textId="69998FCE" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="2A4E24EA" w14:textId="5FD8FB00" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...67 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Workbook and supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="12EAE6DF" w14:textId="5C6A8CC2" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00B6158F">
-[...102 lines deleted...]
-              <w:t>&amp;A</w:t>
+          <w:p w14:paraId="12EAE6DF" w14:textId="0E697567" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00B6158F">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Listening, writing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="375F7D3E" w14:textId="189B9A20" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="65547CF4" w14:textId="359E0749" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> 1–6)</w:t>
+          <w:p w14:paraId="65547CF4" w14:textId="234EB6AB" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 2 – Review + Quiz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="754A76C7" w14:textId="0A8A59B5" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="754A76C7" w14:textId="4C3E5632" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Quizizz review activities</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="44BB9DD7" w14:textId="2D5A23BE" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00B6158F">
-[...49 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="44BB9DD7" w14:textId="036EF059" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00B6158F">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Quiz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="45C9A48E" w14:textId="7BC2BA8A" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="63BAB785" w14:textId="5D8FAE14" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4">
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="63BAB785" w14:textId="290A0FE4" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431">
+            <w:r>
+              <w:t>Midterm Exam (Chapters 1–2)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1F64A7" w14:textId="6C161DA3" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="0D1F64A7" w14:textId="4A02CCDE" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
+            <w:r>
               <w:t>—</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="08650D66" w14:textId="277BF765" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="08650D66" w14:textId="32008EA8" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Written exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="0078D606" w14:textId="3B167DF3" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="36B7484C" w14:textId="657E6676" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4">
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="36B7484C" w14:textId="0E6A84CA" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431">
+            <w:r>
+              <w:t>Midterm Exam (Chapters 1–2)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="305D5438" w14:textId="3D2DB654" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="305D5438" w14:textId="4BC3A4B0" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
+            <w:r>
               <w:t>—</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0774A7A9" w14:textId="181CD9BC" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279"/>
+          <w:p w14:paraId="0774A7A9" w14:textId="2B91D6D8" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Written exam</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="3290497C" w14:textId="39FC15E4" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="645FD6BD" w14:textId="49010FD9" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...62 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="645FD6BD" w14:textId="428E2AD0" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 3 – City vocabulary, asking for directions, important places</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBDEF72" w14:textId="48C9CAB4" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="4BBDEF72" w14:textId="0D73A35F" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Workbook and supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5097B9A3" w14:textId="00723130" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...26 lines deleted...]
-              <w:t>, Q&amp;A</w:t>
+          <w:p w14:paraId="5097B9A3" w14:textId="0174B41E" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Individual work, matching, dialogue practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="51437D7B" w14:textId="1831A834" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2531C78E" w14:textId="37D5B117" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...94 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="2531C78E" w14:textId="0044E7C9" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 3 – Indefinite and negative articles, means of transport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="01C14D55" w14:textId="1BF7911B" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="01C14D55" w14:textId="4108D39F" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Workbook and supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC078F0" w14:textId="03867E45" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...12 lines deleted...]
-              <w:t>, Q&amp;A</w:t>
+          <w:p w14:paraId="6FC078F0" w14:textId="6BBC53E3" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Writing, reading, Q&amp;A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="1CCA94A9" w14:textId="02A0D4C0" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="22B5E4B9" w14:textId="59A6DF27" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...86 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="22B5E4B9" w14:textId="1C28B1C1" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 3 – Review + Mini Quiz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="37145211" w14:textId="71CBBCF2" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="37145211" w14:textId="5C766EC9" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Quizizz review activities</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="219D2D3F" w14:textId="40DCE230" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...53 lines deleted...]
-              <w:t>Q&amp;A</w:t>
+          <w:p w14:paraId="219D2D3F" w14:textId="75F73224" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Review, speaking</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="3D80E60F" w14:textId="17B65B10" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1506B42E" w14:textId="530DFDDB" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...62 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="1506B42E" w14:textId="53303ED6" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 4 – Food and drinks, shopping plans, eating habits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3AFD50" w14:textId="5AD08A22" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="3D3AFD50" w14:textId="578CC0D3" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Workbook and supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1B14AD2C" w14:textId="425335BA" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...67 lines deleted...]
-              <w:t>Q&amp;A</w:t>
+          <w:p w14:paraId="1B14AD2C" w14:textId="7BB04790" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Speaking, vocabulary practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="6A625B94" w14:textId="52222C38" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5A60206C" w14:textId="5393B3F0" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...78 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="5A60206C" w14:textId="24A90ABD" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 4 – Sentence positions, eating habits / shopping, accusative case, verbs with accusative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34C8B00B" w14:textId="646AE5D0" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="34C8B00B" w14:textId="1EC0CCCE" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Workbook and supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1216638D" w14:textId="1A25423A" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...47 lines deleted...]
-              <w:t>Q&amp;A</w:t>
+          <w:p w14:paraId="1216638D" w14:textId="261B709E" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Group work, reading, Q&amp;A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="139183D5" w14:textId="1EE264E1" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="507B399A" w14:textId="220A7141" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="507B399A" w14:textId="6214685C" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Chapter 4 – Asking about prices, food dialogues, the verb mögen, pronunciation, short film</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="225D9DC4" w14:textId="05A79120" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="225D9DC4" w14:textId="17BA41DA" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Workbook and supplementary materials</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7A335A" w14:textId="0877292F" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7C7A335A" w14:textId="5BBB2588" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Partner work, Q&amp;A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="63E07417" w14:textId="3081FAAE" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34D275E4" w14:textId="5E739829" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...38 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="34D275E4" w14:textId="4FA736EA" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:t>Oral Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="09017603" w14:textId="13A13D8E" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="09017603" w14:textId="5EC68685" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>General review, dialogue practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC33034" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="009561F2">
-[...12 lines deleted...]
-          <w:p w14:paraId="1818FDD3" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279"/>
+          <w:p w14:paraId="1818FDD3" w14:textId="01238F09" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Oral exam (role play dialogues)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="3245F590" w14:textId="5C112DFB" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="40EA682F" w14:textId="442AAFB9" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="40EA682F" w14:textId="0620F814" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431">
+            <w:r>
+              <w:t>Final Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7BABA8DD" w14:textId="34A430D6" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="7BABA8DD" w14:textId="72973474" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
+            <w:r>
               <w:t>—</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="037A25AB" w14:textId="19F25969" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="037A25AB" w14:textId="5A89D538" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Written exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB08D4" w:rsidRPr="00047268" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="009125D9">
+      <w:tr w:rsidR="00EF0431" w:rsidRPr="00047268" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="0037070A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="2A638139" w14:textId="5E52EA68" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="466131D0" w14:textId="61EC7708" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="466131D0" w14:textId="0A55A0D9" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431">
+            <w:r>
+              <w:t>Final Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="19C0D284" w14:textId="479F57A2" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279">
+          <w:p w14:paraId="19C0D284" w14:textId="675E4748" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00047268">
+            <w:r>
               <w:t>—</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1558DAF0" w14:textId="5ED12247" w:rsidR="00BB08D4" w:rsidRPr="00047268" w:rsidRDefault="00BB08D4" w:rsidP="00466279"/>
+          <w:p w14:paraId="1558DAF0" w14:textId="26E174B1" w:rsidR="00EF0431" w:rsidRPr="00047268" w:rsidRDefault="00EF0431" w:rsidP="00466279">
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Written exam</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="11358" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
-              <w:t xml:space="preserve">Course </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Resources</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF">
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Textbook:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7909" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CE841D5" w14:textId="77777777" w:rsidR="00002F8B" w:rsidRPr="00002F8B" w:rsidRDefault="00002F8B" w:rsidP="00002F8B">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00002F8B">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Netzwerk</w:t>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Netzwerk A1.1 Kurs- und Arbeitsbuch</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1AF085FE" w14:textId="1532430D" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00002F8B">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>ISBN:</w:t>
             </w:r>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:tab/>
               <w:t>978-3-12-606131-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF">
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Recommended References:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7909" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06D75E96" w14:textId="7CB70154" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Additional</w:t>
-[...129 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Additional materials for each unit, Lernportal VHS/ A1 Deutsch/ Youtube Easygerman Videos</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="11358" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
-              <w:t xml:space="preserve">Course </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Evaluation</w:t>
+              <w:t>Course Assessment and Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:t>Activities</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Percentile</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5113" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00002F8B" w:rsidRPr="00047268" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="381533BE" w14:textId="10CE81E6" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B">
-            <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="206EDFB6" w14:textId="5D5A0063" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7564,96 +3347,78 @@
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>%20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5113" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A0D07DE" w14:textId="4F5C924F" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Written exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00002F8B" w:rsidRPr="00047268" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B9DB5E8" w14:textId="30FA4598" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Quiz</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C58554F" w14:textId="0C4C9BF5" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7704,60 +3469,52 @@
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Test </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00002F8B" w:rsidRPr="00047268" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="741351E7" w14:textId="14A347D6" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B">
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oral </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Oral Exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2439FEE9" w14:textId="57078B46" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7781,77 +3538,55 @@
               </w:rPr>
               <w:t>%2</w:t>
             </w:r>
             <w:r w:rsidR="00002F8B" w:rsidRPr="00047268">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5113" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51E8BF09" w14:textId="4F77004D" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00A675B7">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Introduction dialogue </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00002F8B" w:rsidRPr="00047268" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3127BADD" w14:textId="66100E10" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B">
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7892,237 +3627,203 @@
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>%50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5113" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77A68D7B" w14:textId="387EB660" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00821C23" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
             <w:r w:rsidR="00002F8B" w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t>ritten</w:t>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>ritten exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="11358" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
-              <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>ECTS Table</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>Content</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00002F8B" w:rsidRPr="00047268" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02B01311" w14:textId="5C82CE66" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course duration</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37D822FB" w14:textId="0900B213" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8170,86 +3871,56 @@
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00002F8B" w:rsidRPr="00047268" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7963B142" w14:textId="0DFE52A6" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Out-of-class study</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00942B57" w14:textId="7BC131F5" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8305,60 +3976,52 @@
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45DC74E3" w14:textId="51687EEA" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oral </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Oral Exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="357D0288" w14:textId="30D9A8D5" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8406,63 +4069,55 @@
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00002F8B" w:rsidRPr="00047268" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF3187B" w14:textId="329AFA74" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quiz </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67FF27EF" w14:textId="7E86F2C7" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
@@ -8512,133 +4167,56 @@
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00002F8B" w:rsidRPr="00047268" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26407A65" w14:textId="104BBC90" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...81 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Midterm Exam (Midterm duration + Midterm prep)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12A42939" w14:textId="448DAB9E" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
@@ -8691,93 +4269,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00002F8B" w:rsidRPr="00047268" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58B25C38" w14:textId="186BC3F5" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Final </w:t>
-[...41 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Final Exam (Final duration + Final prep)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D88A7C9" w14:textId="79493B42" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
@@ -8987,65 +4523,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4852B506" w14:textId="5595F193" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:rPr>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECTS </w:t>
-[...13 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>ECTS Credits:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27F77D59" w14:textId="74616A44" w:rsidR="00002F8B" w:rsidRPr="00047268" w:rsidRDefault="00002F8B" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
@@ -9074,86 +4596,56 @@
       <w:tr w:rsidR="003237AD" w:rsidRPr="00047268" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="501B085D" w14:textId="4FAC561D" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="003237AD" w:rsidP="00FF2526">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00047268">
               <w:br w:type="page"/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="008A3309" w:rsidRPr="00047268">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Past</w:t>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Past Term Achievements</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF2526" w:rsidRPr="00047268" w14:paraId="0AAF0745" w14:textId="77777777" w:rsidTr="009561F2">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="113EE9DA" w14:textId="77777777" w:rsidR="00FF2526" w:rsidRPr="00047268" w:rsidRDefault="00FF2526" w:rsidP="009561F2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
@@ -9216,133 +4708,133 @@
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00047268" w:rsidRDefault="003A4CE2"/>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00047268" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14C87D61" w14:textId="77777777" w:rsidR="008918AA" w:rsidRDefault="008918AA" w:rsidP="0034027E">
+    <w:p w14:paraId="1B71FF65" w14:textId="77777777" w:rsidR="00400AAA" w:rsidRDefault="00400AAA" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1868C67D" w14:textId="77777777" w:rsidR="008918AA" w:rsidRDefault="008918AA" w:rsidP="0034027E">
+    <w:p w14:paraId="10E8680F" w14:textId="77777777" w:rsidR="00400AAA" w:rsidRDefault="00400AAA" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="MS Gothic"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="715E5D23" w14:textId="77777777" w:rsidR="008918AA" w:rsidRDefault="008918AA" w:rsidP="0034027E">
+    <w:p w14:paraId="3AD64F7B" w14:textId="77777777" w:rsidR="00400AAA" w:rsidRDefault="00400AAA" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36575908" w14:textId="77777777" w:rsidR="008918AA" w:rsidRDefault="008918AA" w:rsidP="0034027E">
+    <w:p w14:paraId="748EA351" w14:textId="77777777" w:rsidR="00400AAA" w:rsidRDefault="00400AAA" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -9369,51 +4861,50 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="00002F8B"/>
     <w:rsid w:val="0000388D"/>
@@ -9430,75 +4921,78 @@
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00151EF7"/>
     <w:rsid w:val="00154070"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="00252D65"/>
     <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00262E0A"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003208C3"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
+    <w:rsid w:val="00386459"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A1EA8"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="00400AAA"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="00560D30"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005B2730"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
@@ -9545,50 +5039,51 @@
     <w:rsid w:val="008918AA"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008A3309"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="009125D9"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A675B7"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00A85D54"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B52C20"/>
     <w:rsid w:val="00B6158F"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB08D4"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
@@ -9609,50 +5104,51 @@
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D73A86"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EB31F8"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0431"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00EF1FB7"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F843BF"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC5B80"/>
     <w:rsid w:val="00FC6B48"/>
     <w:rsid w:val="00FF2526"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -10927,50 +6423,52 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\oem\Desktop\syllbus%202022-2023\grafiktasar.xls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
@@ -11184,128 +6682,128 @@
                 <c:pt idx="6">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
-        <c:axId val="234468864"/>
-        <c:axId val="42306944"/>
+        <c:axId val="163935232"/>
+        <c:axId val="232588416"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="234468864"/>
+        <c:axId val="163935232"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="3175">
             <a:solidFill>
               <a:srgbClr val="000080"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="003366"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="42306944"/>
+        <c:crossAx val="232588416"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:tickLblSkip val="1"/>
         <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="42306944"/>
+        <c:axId val="232588416"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000080"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="234468864"/>
+        <c:crossAx val="163935232"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="3175">
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="accent5">
         <a:lumMod val="60000"/>
         <a:lumOff val="40000"/>
       </a:schemeClr>
@@ -11547,128 +7045,128 @@
                 <c:pt idx="6">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
-        <c:axId val="258654720"/>
-        <c:axId val="42310976"/>
+        <c:axId val="164364288"/>
+        <c:axId val="232587264"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="258654720"/>
+        <c:axId val="164364288"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="3175">
             <a:solidFill>
               <a:srgbClr val="000080"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="003366"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="42310976"/>
+        <c:crossAx val="232587264"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:tickLblSkip val="1"/>
         <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="42310976"/>
+        <c:axId val="232587264"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000080"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="258654720"/>
+        <c:crossAx val="164364288"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="3175">
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="accent5">
         <a:lumMod val="60000"/>
         <a:lumOff val="40000"/>
       </a:schemeClr>
@@ -12546,75 +8044,75 @@
               <a:tint val="80000"/>
               <a:satMod val="300000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="100000">
             <a:schemeClr val="phClr">
               <a:shade val="30000"/>
               <a:satMod val="200000"/>
             </a:schemeClr>
           </a:gs>
         </a:gsLst>
         <a:path path="circle">
           <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
         </a:path>
       </a:gradFill>
     </a:bgFillStyleLst>
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>731</Words>
-  <Characters>4171</Characters>
+  <Words>654</Words>
+  <Characters>3729</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4893</CharactersWithSpaces>
+  <CharactersWithSpaces>4375</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>