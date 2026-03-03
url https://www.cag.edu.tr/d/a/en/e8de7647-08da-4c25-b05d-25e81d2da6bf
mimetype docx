--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -455,68 +455,68 @@
           <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="000406E4" w:rsidRPr="001B4DBF" w:rsidRDefault="000406E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4DBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prerequisite Courses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="640BECDB" w14:textId="20149620" w:rsidR="000406E4" w:rsidRPr="000406E4" w:rsidRDefault="000406E4" w:rsidP="000406E4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000406E4">
+          <w:p w14:paraId="640BECDB" w14:textId="291A05F6" w:rsidR="000406E4" w:rsidRPr="000406E4" w:rsidRDefault="002B55AD" w:rsidP="002B55AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>None</w:t>
+              <w:t>MAN 203 (Principles of Accounting) and MAN 204 (Financial Accounting)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000406E4" w:rsidRPr="001B4DBF" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001547EA">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1594" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="000406E4" w:rsidRPr="001B4DBF" w:rsidRDefault="000406E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4DBF">
@@ -5306,52 +5306,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>“The Uniform Chart of Accounts (UCA)”, İSMMMO, Mart Matba</w:t>
             </w:r>
             <w:r w:rsidR="00E276AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>cılık, İstanbul, 2002.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C04F3" w:rsidRPr="001B4DBF" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001547EA">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10950" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="003C04F3" w:rsidRPr="001B4DBF" w:rsidRDefault="003C04F3" w:rsidP="0009745F">
@@ -7902,107 +7900,109 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidRPr="001B4DBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="3C797F47">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="49A95486">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18FDB66E" w14:textId="77777777" w:rsidR="00E759BD" w:rsidRDefault="00E759BD" w:rsidP="0034027E">
+    <w:p w14:paraId="77B0BA46" w14:textId="77777777" w:rsidR="00EB3F74" w:rsidRDefault="00EB3F74" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="016EDCEF" w14:textId="77777777" w:rsidR="00E759BD" w:rsidRDefault="00E759BD" w:rsidP="0034027E">
+    <w:p w14:paraId="253BEF09" w14:textId="77777777" w:rsidR="00EB3F74" w:rsidRDefault="00EB3F74" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -8016,58 +8016,58 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="020805EE" w14:textId="77777777" w:rsidR="00E759BD" w:rsidRDefault="00E759BD" w:rsidP="0034027E">
+    <w:p w14:paraId="14C957B8" w14:textId="77777777" w:rsidR="00EB3F74" w:rsidRDefault="00EB3F74" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68C41C67" w14:textId="77777777" w:rsidR="00E759BD" w:rsidRDefault="00E759BD" w:rsidP="0034027E">
+    <w:p w14:paraId="521BA7B8" w14:textId="77777777" w:rsidR="00EB3F74" w:rsidRDefault="00EB3F74" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -8171,100 +8171,102 @@
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001B765B"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00207ACD"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="002210A3"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002508BB"/>
     <w:rsid w:val="00252D65"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="002574D5"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="00272E9A"/>
     <w:rsid w:val="00287EDC"/>
     <w:rsid w:val="002916DA"/>
     <w:rsid w:val="00297235"/>
     <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B55AD"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D0FDA"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="002F0010"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003208C3"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="0033377D"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003511F9"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="003674B7"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A1A94"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003C04F3"/>
     <w:rsid w:val="003C1966"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003D0D4B"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="003F24E8"/>
     <w:rsid w:val="00404BB1"/>
     <w:rsid w:val="00415C2A"/>
     <w:rsid w:val="00423805"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="0049237F"/>
     <w:rsid w:val="00492CA2"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="004E37D0"/>
     <w:rsid w:val="00504BE6"/>
+    <w:rsid w:val="00514AA0"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="00544F0E"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="00545F7D"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="00584E38"/>
     <w:rsid w:val="0059163F"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="00594FD0"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="006258B2"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="00642FD7"/>
@@ -8413,50 +8415,51 @@
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00DE43D4"/>
     <w:rsid w:val="00DF43EC"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E07620"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E276AB"/>
     <w:rsid w:val="00E44006"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E52F6B"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E759BD"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A98"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EB3F74"/>
     <w:rsid w:val="00EC3333"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F3493C"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F723D1"/>
     <w:rsid w:val="00F72F25"/>
     <w:rsid w:val="00F741B0"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC5B80"/>
     <w:rsid w:val="00FC6B48"/>
     <w:rsid w:val="00FF303D"/>
   </w:rsids>
   <m:mathPr>
@@ -9942,157 +9945,157 @@
                 <c:pt idx="8">
                   <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="170977280"/>
-        <c:axId val="146640832"/>
+        <c:axId val="135047680"/>
+        <c:axId val="134881856"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="170977280"/>
+        <c:axId val="135047680"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="146640832"/>
+        <c:crossAx val="134881856"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="146640832"/>
+        <c:axId val="134881856"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="170977280"/>
+        <c:crossAx val="135047680"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10337,157 +10340,157 @@
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="16893440"/>
-        <c:axId val="146642560"/>
+        <c:axId val="135784448"/>
+        <c:axId val="134887616"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="16893440"/>
+        <c:axId val="135784448"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="146642560"/>
+        <c:crossAx val="134887616"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="146642560"/>
+        <c:axId val="134887616"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="16893440"/>
+        <c:crossAx val="135784448"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10722,157 +10725,157 @@
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="141622272"/>
-        <c:axId val="146644288"/>
+        <c:axId val="135048192"/>
+        <c:axId val="220086272"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="141622272"/>
+        <c:axId val="135048192"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="146644288"/>
+        <c:crossAx val="220086272"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="146644288"/>
+        <c:axId val="220086272"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="141622272"/>
+        <c:crossAx val="135048192"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -11052,205 +11055,205 @@
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
                   <c:v>1</c:v>
                 </c:pt>
-                <c:pt idx="1">
-[...13 lines deleted...]
-                </c:pt>
                 <c:pt idx="6">
-                  <c:v>7</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>8</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>9</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>10</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="168321536"/>
-        <c:axId val="171645696"/>
+        <c:axId val="135048704"/>
+        <c:axId val="220087424"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="168321536"/>
+        <c:axId val="135048704"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="171645696"/>
+        <c:crossAx val="220087424"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="171645696"/>
+        <c:axId val="220087424"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="168321536"/>
+        <c:crossAx val="135048704"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -11562,84 +11565,84 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>694</Words>
-  <Characters>3957</Characters>
+  <Words>703</Words>
+  <Characters>4013</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4642</CharactersWithSpaces>
+  <CharactersWithSpaces>4707</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>