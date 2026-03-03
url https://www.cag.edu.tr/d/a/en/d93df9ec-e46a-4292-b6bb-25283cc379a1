--- v0 (2025-10-05)
+++ v1 (2026-03-03)
@@ -1,8207 +1,9851 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:tbl>
-[...7208 lines deleted...]
-    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00852431" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="1A4CE1EF" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
       <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="112"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2078A9E9" w14:textId="2CBFDC73" w:rsidR="003237AD" w:rsidRPr="00852431" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="12844E1E" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
       <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:ind w:left="4" w:right="48"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E4CF4">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>SYLLABUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B58287" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="127"/>
+        <w:ind w:right="48"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:t>Economics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:t>Administrative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4CF4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665D66A2" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28373CC7" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="21"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5410"/>
-        <w:gridCol w:w="5447"/>
+        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="272"/>
+        <w:gridCol w:w="715"/>
+        <w:gridCol w:w="3815"/>
+        <w:gridCol w:w="1729"/>
+        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00852431" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="77234D5A" w14:textId="77777777">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2375A8" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5544" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D65A64A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="19"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA9532D" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="678"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE8CD93" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="156974A5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="205B6471" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="439"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>IRE433</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5544" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D290882" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>IR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Globalization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A384BAD" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="635"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>(3-0-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CBC0DC8" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="35F99F3D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="09ACA042" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Prerequisite Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E8CADF0" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="4C97DEF5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="445EB2D6" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="375"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FFFA71C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBAE88B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Mode:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5677CA47" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="98"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Face-to-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="7CE47DA2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="79513CAF" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="249" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C92040E" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48B257F0" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="173"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Compulsory</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>4th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Year</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Fall</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Semester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="6916D6B3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="511"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5425" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B49BD2" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Instructor's</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Title,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Name,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCABDBF" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FDE4F43" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Office</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E936F05" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="03E67724" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5425" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C378099" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Özge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Çetiner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="684D32D0" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="235" w:right="242" w:firstLine="161"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thursday </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>10:15-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>12:35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74A34F78" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="750" w:hanging="368"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Wednesday</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Friday</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="382C9CBD" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="438"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>10:00-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2285D91A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="418" w:hanging="300"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>ozgecetiner@c</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ag.edu.tr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="2EBC4A27" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B755880" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="88"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course Coordinator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FD0F7B9" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="216"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Özge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Çetiner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="1DF32DFC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10965" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="08757AC3" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Objectives</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="7E492863" w14:textId="77777777">
+        <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1537D74B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="182"/>
+              <w:ind w:left="1003"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7522" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A4B1B4F" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E636EFB" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="104"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Upon</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>successful</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>completion</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>this</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>course,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>student</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>will</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>able</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>to;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57A55F62" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="912"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="123941ED" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="582"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="579F4C7C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7522" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="154607E4" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA97D4F" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="196" w:firstLine="79"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Program Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1339247B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="119" w:firstLine="422"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Net </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="3A717A80" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A2E043" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="388248E6" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7933823B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="00CD6442">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>explain</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>impacts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>globalization</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Relations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="48181A1A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="5" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAE3D45" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="33BBD317" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7552B3" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65F25A77" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D858556" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="00CD6442">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>describe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>economic,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>political,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>cultural,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>technological dimensions of globalization.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2659029E" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="5" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FC64117" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="31407831" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="479DFAFD" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B28964" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="664D6DC2" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="00CD6442">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1469"/>
+                <w:tab w:val="left" w:pos="2960"/>
+                <w:tab w:val="left" w:pos="4488"/>
+                <w:tab w:val="left" w:pos="5109"/>
+                <w:tab w:val="left" w:pos="5730"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="106"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>identify</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>effects</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>globalization</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>states,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t xml:space="preserve">international </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>institutions,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>multinational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>corporations,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>civil</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>society</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4378A0AA" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="00CD6442">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>organizations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="05B876E6" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>7,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B60091" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="0FBFEEA0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="114FCE83" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DB241D8" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A94D588" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="00CD6442">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>roles</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>different</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>actors</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>global</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>arena.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AD0A8FC" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>7,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71EF98A5" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="1807B60F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="51322D31" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFC8C11" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9624CB" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="00CD6442">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1192"/>
+                <w:tab w:val="left" w:pos="2442"/>
+                <w:tab w:val="left" w:pos="3462"/>
+                <w:tab w:val="left" w:pos="5103"/>
+                <w:tab w:val="left" w:pos="6051"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="104"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>compare</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>evaluate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>consequences</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>globalization</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t xml:space="preserve">for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>security,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>inequality,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>identity,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>environmental</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>issues,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E0E5790" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="00CD6442">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>international</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>cooperation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="174204A9" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="5" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB97699" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="7D1A1E6E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE01531" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0199FE67" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BC163CD" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="00CD6442">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>apply</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>theoretical</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>field</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>contemporary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>developments.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="151E73A9" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="5" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C47E49C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="070AA99E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E0E5DBD" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="382F1E90" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B43A61" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="00CD6442">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1125"/>
+                <w:tab w:val="left" w:pos="2306"/>
+                <w:tab w:val="left" w:pos="3404"/>
+                <w:tab w:val="left" w:pos="3877"/>
+                <w:tab w:val="left" w:pos="4851"/>
+                <w:tab w:val="left" w:pos="6048"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="106"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>conduct</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>academic</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>research</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>utilizing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>teamwork</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>communication skills.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="57305A54" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="5" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7506201B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="2EFD8281" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2019"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F19C4FA" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AA67599" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="248"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EFA5310" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:right="581"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F71E225" w14:textId="7D44121A" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="008E4CF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="89"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>This course aims to enhance students’ understanding of the impacts of globalization on international relations and to provide insights into its economic, political, cultural, and technological</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>dimensions.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>will</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>define</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>explain</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>effects</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>globalization</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>states, international</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>institutions,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>multinational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>corporations,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>civil</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>society</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>organizations;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the roles</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>different</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>actors;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>evaluate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>consequences</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>globalization</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>security,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>inequality, identity,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>environmental issues, and international</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>cooperation. In addition, students will apply</w:t>
+            </w:r>
+            <w:r w:rsidR="008E4CF4" w:rsidRPr="008E4CF4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>theoretical knowledge to contemporary examples and, by comparing different approaches to globalization, will generate alternative interpretations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="46616DB4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10965" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E845944" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="19"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Schedule</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Weekly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="36A4E202" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22BA70BA" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4530" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65835D58" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="33"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BA0E7A2" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="787"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66E33CEB" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="825" w:right="177" w:hanging="581"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Methods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Techniques</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="1EFB8BE7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7F2A02" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4530" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7B9347" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="62CDCAB4" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE65946" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="7733A841" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3332DC9C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4530" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41460F49" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>What</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Globalization?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C5295B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>World</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Spiky?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>World</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Flat?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21D046A0" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="134"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E32354D" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="158"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="13CACB4A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:sectPr w:rsidR="000D6329" w:rsidRPr="008E4CF4">
+          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="283" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="896"/>
+        <w:gridCol w:w="2554"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="765"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="1949"/>
+        <w:gridCol w:w="1074"/>
+        <w:gridCol w:w="1703"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="4391A7AA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E58B28" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="32185CFE" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Economic</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Dimension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Globalization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB43F7B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF44F43" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="03F10961" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D9F502" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="559915CE" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Economic</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Dimension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Globalization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE675FF" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6049A2A2" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="3F274088" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="510190A0" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4416216B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Political</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Dimension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Globalization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="200CD0CD" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B31487" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="55"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Quiz,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Lecture and Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="1BD845CA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE371CD" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3391C1DB" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Political</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Dimension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Globalization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C6B61D" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="57456248" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="3DF1CC59" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FA23DC" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="613E81B7" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Cultural</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Dimension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Globalization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="36033EAB" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="35880342" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="55"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Quiz,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Lecture and Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="1299D53D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00395637" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AD3454" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BD44C6" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D042205" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="16D3CB99" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="32963A36" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4843F42C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="71FB0B8E" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F7430B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="00C7E42A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="563674D0" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="022C2D4D" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Ideological</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Dimension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Globalization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="73D29F5D" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="72389C0F" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Presentations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="57E8F583" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F88C45A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE160CE" w14:textId="168ACB61" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="008E4CF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>End</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Nation-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>State?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4B6EFA" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="11ED4E7E" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Presentations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="30FA8D70" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1F9635" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D22D26" w14:textId="005E343B" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="008E4CF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Globalization</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Regionalism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1ABFA1" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="30365F80" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Presentations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="6AF429ED" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1710D6A9" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C07C41E" w14:textId="72333F5F" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="008E4CF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Challenges</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Future</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Globalization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="50FBB1FA" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E7A00E" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Presentations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="7F3C12E4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F95811" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB45E76" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Student</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Research</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4598D059" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="127DCD5D" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Problem-Based</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Learning (PBL), Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="2EAAF7EE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EADB82E" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="297F8039" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Student</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Research</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B66D770" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5363972A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Problem-Based</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Learning (PBL), Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="3C30EB59" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF63ED9" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D5FF6B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>General</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B49DFD" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1DBEE4" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>General</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Q&amp;A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="0ED92A6D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC189DA" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD245D8" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCE142F" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE92910" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="2A91A768" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3D4262" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="15287894" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA68A79" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1B3374" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="3A46BB2F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10971" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D01873" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="00179DCF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4687D7E2" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7521" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6471E2D3" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="008E4CF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Steger,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Manfred</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>B.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>(2023).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Globalization:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Very</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Short</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>(6th ed.). Oxford University Press.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="792DCABE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="756"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="250DC9EB" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Recommended</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>References:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7521" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D080D4C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="008E4CF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Friedman, Thomas L. The World is Flat: A Brief History of the Twenty-First Century, Version 3.0, Picador, USA, 2007.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58F2E451" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000" w:rsidP="008E4CF4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="227" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Global</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Politics,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Andrew</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Heywood,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>2011,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>by</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Palgrave</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>MacMillan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="4A1B12DA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10971" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC7DAA0" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="15" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="40F9A9F3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BAF103D" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="560E9BDF" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="097E9E32" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="254"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="59879205" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="7E65CBC0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F9AAD7" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="391BD299" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6AFEE9" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C22DD9" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="68F7FA92" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="22467080" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="035699C6" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C55E80B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B3C0CA" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="7E4EDD9F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C54902E" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assignment </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="232BDFB9" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="653279B9" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C748CEA" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Assignment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="73B7A121" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="32991D31" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Group</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Presentations (Participation in In-Class</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3701A12A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Activities)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5490A338" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="16" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD288D0" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="66D77BDC" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="7B80E584" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="66AD52A4" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Portfolio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22484DE6" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE12EBF" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCB2616" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="35948258" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF1FCC1" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="507A3F12" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD26FE6" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="301BCD02" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="043D915E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10971" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5941CA" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="15" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="43FD934A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FE725A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6475D12B" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="365"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E63CBC" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B4B12C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="1DBCB9B4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="72086176" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="468FD511" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13" w:right="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="16EDC7EB" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1B3493" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="34DE41B4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2D011C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Out-of-Class</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="15907D65" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13" w:right="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="632746A8" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CE995C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D6329" w:rsidRPr="008E4CF4" w14:paraId="69E9E47B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D8B63CB" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="77802E92" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B87905A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="15" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB9832A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4CEF370C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="000D6329" w:rsidRPr="008E4CF4">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="283" w:bottom="525" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4683"/>
+        <w:gridCol w:w="1562"/>
+        <w:gridCol w:w="3021"/>
+        <w:gridCol w:w="1701"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="36284A04" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="101FA493" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:lastRenderedPageBreak/>
+              <w:t>Group</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F94D62" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1A61FE" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="322E52B9" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="19C086E1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42AC47E1" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="664E6711" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D4D954" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A269C5" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="51B18933" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A033730" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>(Midterm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>+ Midterm Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3868F0EC" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="13" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CEF6853" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="778202C7" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="17" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="3447A211" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E93B93" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="105"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>(Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>+</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>Final Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="689F4C45" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="13" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="423DD30D" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58D66759" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="17" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="717E761D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="394"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B212CC2" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="0" w:right="90"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02BEEC5E" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="17" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="61A8760C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B861792" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="90"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02430F23" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>166/30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:t>≈</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="6A6D7379" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C59D61" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="91"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Credit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="363355C0" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="17" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="03F3E92A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F449B91" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="59"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="98" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5411"/>
+        <w:gridCol w:w="5450"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="10E3D167" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10861" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="155F82"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4610E311" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Past</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Term</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Achievements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E4CF4" w:rsidRPr="008E4CF4" w14:paraId="2AC09D26" w14:textId="77777777" w:rsidTr="00CD6442">
+        <w:trPr>
+          <w:trHeight w:val="4531"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EE5282C" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0842EBF7" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A631D41" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="000D6329">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="176"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1765F4C6" w14:textId="343A853F" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="2352" w:right="879" w:hanging="829"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD6442">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD6442">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Fall</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semester </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>IRE433</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D6BFF36" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="139"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="175B0A21" wp14:editId="1AA047D7">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>314007</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>153503</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2914650" cy="9525"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2" name="Group 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2914650" cy="9525"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="2914650" cy="9525"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="3" name="Graphic 3"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="4762"/>
+                                  <a:ext cx="2914650" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2914650">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="12EE287E" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.7pt;margin-top:12.1pt;width:229.5pt;height:.75pt;z-index:-251656192;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="29146,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcT6yebgIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjhxm3Qx4hRDswYD&#10;irZAM+xZkeULJksapcTJ34+SL0nTYg8dDAiUSJE8h8da3B5qSfYCbKVVSiejMSVCcZ1Vqkjpz839&#10;l6+UWMdUxqRWIqVHYent8vOnRWMSEetSy0wAwSTKJo1JaemcSaLI8lLUzI60EQqduYaaOdxCEWXA&#10;Gsxeyygej2dRoyEzoLmwFk9XrZMuQ/48F9w95bkVjsiUYm8urBDWrV+j5YIlBTBTVrxrg32gi5pV&#10;CosOqVbMMbKD6k2quuKgrc7diOs60nlecREwIJrJ+ALNGvTOBCxF0hRmoAmpveDpw2n5434N5sU8&#10;Q9s9mg+a/7bIS9SYIjn3+31xCj7kUPtLCIIcAqPHgVFxcITjYTyfXM+mSDxH33waT1vCeYlTeXOJ&#10;l9//dS1iSVsyNDY00hhUjj2RY/+PnJeSGRE4tx78M5AqS+kVJYrVqN91J5UrD8SXxhjPXrezHZHv&#10;cnN9M4tb/O/SM4lvgh4HnCzhO+vWQgea2f7BulauWW+xsrf4QfUmoOi93GWQu6ME5Q6UoNy3bXXD&#10;nL/nZ+dN0pzm5M9qvRcbHbzuYkbY2skr1XmUn/T4Bv/2XgQY20ag4cugoFojlEb7HJxUvosgEF/Y&#10;alll95WUYQPF9k4C2TMEtZr7z+PADK/CDFi3YrZs44KrC5MqiNkm7XT81LY6O+JoG5xmSu2fHQNB&#10;ifyhUDz+legN6I1tb4CTdzq8JYEgrLk5/GJgiC+fUoeTfdS9hljSD81DH2L9TaW/7ZzOKz9R1HPf&#10;UbdBPQcr/PZovXpXzvch6vSQLv8CAAD//wMAUEsDBBQABgAIAAAAIQDFRUNN3wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsIWpGlaRr11JjYmhhvW3YKpOwsYbdA/73j&#10;SY/z3sub7xWr2XZixMG3jhTEiwgEUuVMS7WCz/3r3RKED5qM7hyhggt6WJXXV4XOjZvoA8ddqAWX&#10;kM+1giaEPpfSVw1a7ReuR2Lv6AarA59DLc2gJy63nUyi6EFa3RJ/aHSPmwar0+5sFbxNelrfxy/j&#10;9nTcXL732fvXNkalbm/m9TOIgHP4C8MvPqNDyUwHdybjRacgfUo5qSBJExDsZ9GShQML2SPIspD/&#10;B5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANxPrJ5uAgAAkAUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMVFQ03fAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
+                      <v:shape id="Graphic 3" o:spid="_x0000_s1027" style="position:absolute;top:47;width:29146;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALMDWGwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RagIx&#10;FETfBf8hXKFvmrUVka1RSlFofZCq/YDbzXV32+RmSeLu+vdGKPg4zMwZZrnurREt+VA7VjCdZCCI&#10;C6drLhV8n7bjBYgQkTUax6TgSgHWq+Fgibl2HR+oPcZSJAiHHBVUMTa5lKGoyGKYuIY4eWfnLcYk&#10;fSm1xy7BrZHPWTaXFmtOCxU29F5R8Xe8WAXt12z2iZfp+fdnZzb7jd92OzJKPY36t1cQkfr4CP+3&#10;P7SCF7hfSTdArm4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACzA1hsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2914078,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="732A85B1" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11F0D142" wp14:editId="5E9895C2">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>314007</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>89368</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2914650" cy="938530"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="4" name="Group 4"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2914650" cy="938530"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="2914650" cy="938530"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="5" name="Graphic 5"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="4762"/>
+                                  <a:ext cx="2914650" cy="774700"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="774191"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="774191"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="774191"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="774191"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="774191"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="774191"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="618743"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="618743"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="618743"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="618743"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="618743"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="618743"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="464819"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="464819"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="464819"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="464819"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="464819"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="464819"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="309372"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="309372"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="309372"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="309372"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="309372"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="309372"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="153924"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="153924"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="153924"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="153924"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="6" name="Graphic 6"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="1266380" y="4762"/>
+                                  <a:ext cx="1548765" cy="929005"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="1548765" h="929005">
+                                      <a:moveTo>
+                                        <a:pt x="89916" y="774192"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="774192"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="928751"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="89916" y="928751"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="89916" y="774192"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="929005">
+                                      <a:moveTo>
+                                        <a:pt x="382524" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="291084" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="291084" y="928751"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="382524" y="928751"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="382524" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="929005">
+                                      <a:moveTo>
+                                        <a:pt x="964692" y="774192"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="873252" y="774192"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="873252" y="928751"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="964692" y="928751"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="964692" y="774192"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="929005">
+                                      <a:moveTo>
+                                        <a:pt x="1255776" y="774192"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1164336" y="774192"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1164336" y="928751"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1255776" y="928751"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1255776" y="774192"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="929005">
+                                      <a:moveTo>
+                                        <a:pt x="1548384" y="153924"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1456944" y="153924"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1456944" y="928751"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1548384" y="928751"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1548384" y="153924"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="155F82"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="7" name="Graphic 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="933513"/>
+                                  <a:ext cx="2914650" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2914650">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="1B02C3CE" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.7pt;margin-top:7.05pt;width:229.5pt;height:73.9pt;z-index:-251659264;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="29146,9385" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKCyJhwwQAAKcXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu2zgQfV9g/0HQ+8a63xCnWDSbYIGi&#10;LdAs9pmWJUuoLGpJ+pK/3yEp2qQtpXaU9KkwYFHWzOjwzJBzzNsP+3VjbQtCa9zObffGsa2izfGy&#10;bldz+5+nhz8S26IMtUvU4LaY288FtT/c/f7b7a7LCg9XuFkWxIIgLc123dyuGOuy2YzmVbFG9AZ3&#10;RQsPS0zWiMEtWc2WBO0g+rqZeY4TzXaYLDuC84JS+PVePrTvRPyyLHL2pSxpwaxmbgM2Jr6J+F7w&#10;79ndLcpWBHVVnfcw0CtQrFHdwksPoe4RQ9aG1Geh1nVOMMUlu8nxeobLss4LMQeYjeuczOaR4E0n&#10;5rLKdqvuQBNQe8LTq8Pmn7ePpPvWfSUSPQw/4fw7BV5mu26V6c/5/epovC/JmjvBJKy9YPT5wGix&#10;Z1YOP3qpG0QhEJ/Ds9RPQr+nPK8gL2duefXXy44zlMnXCnAHMLsOqoceCaLTCPpWoa4QvFNOwFdi&#10;1cu5HdpWi9ZQw499uYS8evirwYYz2N/RnsxBfoI48mTRDVIUx0HsCIoOM0VZvqHsscCCbLT9RJks&#10;2qUaoUqN8n2rhgRKnxd9I4qe2RYUPbEtKPqFfH+HGPfjGeRDa6dlq5rbPRL+eI23xRMWhuyYMjBw&#10;U5fHAqhHk6bVTd0wjIMosC1Iv+EgzcCTv/sVGNwoSFJnIPAYEi/2fN8bcJiKxEtcSOpA4FEksCac&#10;GPbFt+ZERxK5SRz4P8gOX50KieEwlRM9O0bgUU607BgOU5HA1gM0GyHHMOi1ajhMxaDnBRZD4qZX&#10;5MVwmIpEz4sReIwTfdUYDlORyLwYIccw6HkxHKZi0PPiO6kfi535hd1MXy+Gw1Qkel6MwGOc6Hkx&#10;HKYikXkxQo5h0PNiOLwNBjf0U9ivL+8vhsNUDHpGjMBjbOi1YThMRSIzojTBJa9Xtidv7put6Pkw&#10;1lVF0/L2n4ZeKEQsxU29fKibhjdmSlaLjw2xtgjUxH3KP31SDLOOUHaPaCXtxKPerGmFlqSZFEZc&#10;MC3w8hlU1Q6E1Nym/20QKWyr+bsF3QbTZWpA1GChBoQ1H7GQ8kIzwDuf9v8i0ln89XObgaj6jJV8&#10;Q5lSS3zqB1vu2eI/NwyXNZdSICUVov4GpKQUdu+uKaNTTRlx0i7WlK4XRX7S76VnytINgySOQLYK&#10;8e2ljiMUK5ChpKleA4or+A/z9sryAAWUZSqR8DQcq7kTyjJJUxcoUcLoR/uxnLjQlcpU1jzK1FXG&#10;lYapl8ShUqzKQF1PAVxlPAghbzAt5PZ1KnIvpMNPvLCXrGpNHxkzgcP24yRShCpTZaCucoaa4QVT&#10;1BBcZ30KYjoZaRREqXd5cSSxD+yd2ys61LVP/NH6golqWK6zfqdCcT34nxVfsXJc6G++P+CgWFFX&#10;yY5ufsGEdThXmr8XQbAV+v36MLrz2HpygzBKA7mgDAdFjLr2BGnml8xYg3Ol+SCYs9X1Qq83urbR&#10;3EHQPSRqI9XMRIP81bzPDoTi0+YdX9W8+6bk+6Er/qijbPBIyPVitZn+9LbNRS0/vhvq1RK+gja2&#10;jnRZrGzl0ulLVBwfHc6i4Eddk/zSpVIp67pUnHzCabAgrj+55sfN+r2wP56v3/0PAAD//wMAUEsD&#10;BBQABgAIAAAAIQDIi+Bi3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qGNIqzbEqaoKOFVItEiImxtvk6jxOordJP17lhMc981odiZfT64VA/ah8aRBzRIQSKW3DVUaPg+v&#10;D0sQIRqypvWEGq4YYF3c3uQms36kDxz2sRIcQiEzGuoYu0zKUNboTJj5Dom1k++diXz2lbS9GTnc&#10;tfIxSRbSmYb4Q2063NZYnvcXp+FtNOPmSb0Mu/Npe/0+zN+/dgq1vr+bNs8gIk7xzwy/9bk6FNzp&#10;6C9kg2g1pKuUncxTBYL1ebJkcGSwUCuQRS7/Lyh+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAMoLImHDBAAApxcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAMiL4GLfAAAACQEAAA8AAAAAAAAAAAAAAAAAHQcAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAApCAAAAAA=&#10;">
+                      <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;top:47;width:29146;height:7747;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,774700" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCCDMpxwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpi74h65RiiAoiGD14PFt87Yt27x0m2jrtzeC4HGYmd8wy3VnKnGnxpWWFUzGEQji&#10;zOqScwWX83a0AOE8ssbKMil4kIP1qt9bYqxtyye6pz4XAcIuRgWF93UspcsKMujGtiYO3q9tDPog&#10;m1zqBtsAN5X8iqKZNFhyWCiwpk1B2V96Mwqux+Qw39a7nyzdR/pgb23yf0mUGg665BuEp85/wu/2&#10;TiuYwutKuAFy9QQAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCCDMpxwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,774191r1557464,em1648904,774191r1074420,em2814764,774191r99314,em2814764,618743r99314,em1648904,618743r1074420,em,618743r1557464,em2814764,464819r99314,em1648904,464819r1074420,em,464819r1557464,em2814764,309372r99314,em1648904,309372r1074420,em,309372r1557464,em,153924r1557464,em1648904,153924r1265174,em,l2914078,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 6" o:spid="_x0000_s1028" style="position:absolute;left:12663;top:47;width:15488;height:9290;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1548765,929005" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD1ype1vQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BCsIw&#10;EETvgv8QVvCmqR5UqlFEVMSb1g9YmrUtbTaliW39eyMIHoeZecNsdr2pREuNKywrmE0jEMSp1QVn&#10;Ch7JabIC4TyyxsoyKXiTg912ONhgrG3HN2rvPhMBwi5GBbn3dSylS3My6Ka2Jg7e0zYGfZBNJnWD&#10;XYCbSs6jaCENFhwWcqzpkFNa3l9GQdLL6nHl4yuRKXbL+ly2q2Op1HjU79cgPPX+H/61L1rBAr5X&#10;wg2Q2w8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9cqXtb0AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" path="m89916,774192l,774192,,928751r89916,l89916,774192xem382524,l291084,r,928751l382524,928751,382524,xem964692,774192r-91440,l873252,928751r91440,l964692,774192xem1255776,774192r-91440,l1164336,928751r91440,l1255776,774192xem1548384,153924r-91440,l1456944,928751r91440,l1548384,153924xe" fillcolor="#155f82" stroked="f">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 7" o:spid="_x0000_s1029" style="position:absolute;top:9335;width:29146;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB0CzOFwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8Iw&#10;FIXfB/6HcIW9zdQhTjqjjKGw+SBa9wPummvbLbkpSWy7f28EYY+Hc853OMv1YI3oyIfGsYLpJANB&#10;XDrdcKXg67R9WoAIEVmjcUwK/ijAejV6WGKuXc9H6opYiQThkKOCOsY2lzKUNVkME9cSJ+/svMWY&#10;pK+k9tgnuDXyOcvm0mLDaaHGlt5rKn+Li1XQHWazT7xMzz/fO7PZb/y235FR6nE8vL2CiDTE//C9&#10;/aEVvMDtSroBcnUFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdAszhcMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2914078,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4157D7A7" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F9015A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28B5B1D0" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D73436A" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29EE24F5" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="300C909D" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D14A70E" w14:textId="77777777" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1072"/>
+                <w:tab w:val="left" w:pos="1521"/>
+                <w:tab w:val="left" w:pos="1971"/>
+                <w:tab w:val="left" w:pos="3352"/>
+                <w:tab w:val="left" w:pos="3816"/>
+                <w:tab w:val="left" w:pos="4275"/>
+                <w:tab w:val="left" w:pos="4734"/>
+              </w:tabs>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="598"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>FF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>FD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>DD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="47"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>BB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008E4CF4">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5450" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00852431" w:rsidRDefault="00206A95" w:rsidP="000B29A8">
-            <w:pPr>
+          <w:p w14:paraId="4C59C3FD" w14:textId="6771D836" w:rsidR="000D6329" w:rsidRPr="008E4CF4" w:rsidRDefault="00CD6442" w:rsidP="00CD6442">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04AECC22" wp14:editId="758E87D7">
-                  <wp:extent cx="3298190" cy="1924050"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15806D48" wp14:editId="6D8DF5EB">
+                  <wp:extent cx="3076575" cy="2036445"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1" name="Grafik 1"/>
+                  <wp:docPr id="8" name="Grafik 8"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...23 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00852431" w:rsidRDefault="003A4CE2">
-[...12 lines deleted...]
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
+    <w:p w14:paraId="3A598549" w14:textId="77777777" w:rsidR="00E30E52" w:rsidRPr="008E4CF4" w:rsidRDefault="00E30E52"/>
+    <w:sectPr w:rsidR="00E30E52" w:rsidRPr="008E4CF4">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="1280" w:right="283" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F493631" w14:textId="77777777" w:rsidR="00E24F1B" w:rsidRDefault="00E24F1B" w:rsidP="0034027E">
+    <w:p w14:paraId="15B6BB90" w14:textId="77777777" w:rsidR="00E30E52" w:rsidRDefault="00E30E52">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C08AB10" w14:textId="77777777" w:rsidR="00E24F1B" w:rsidRDefault="00E24F1B" w:rsidP="0034027E">
+    <w:p w14:paraId="099373D2" w14:textId="77777777" w:rsidR="00E30E52" w:rsidRDefault="00E30E52">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...9 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ArialMT">
-[...10 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76C496FD" w14:textId="77777777" w:rsidR="00E24F1B" w:rsidRDefault="00E24F1B" w:rsidP="0034027E">
+    <w:p w14:paraId="14BC4F34" w14:textId="77777777" w:rsidR="00E30E52" w:rsidRDefault="00E30E52">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59D6C186" w14:textId="77777777" w:rsidR="00E24F1B" w:rsidRDefault="00E24F1B" w:rsidP="0034027E">
+    <w:p w14:paraId="3BEF0F00" w14:textId="77777777" w:rsidR="00E30E52" w:rsidRDefault="00E30E52">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+  <w:p w14:paraId="6FED90A5" w14:textId="77777777" w:rsidR="000D6329" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="GvdeMetni"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00911FE6">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:b w:val="0"/>
         <w:noProof/>
-        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
-          <wp:extent cx="2160000" cy="651484"/>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60F86810" wp14:editId="34BD2639">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>2804609</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>331672</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1966935" cy="390448"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPr id="1" name="Image 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2160000" cy="651484"/>
+                    <a:ext cx="1966935" cy="390448"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="708"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003A4CE2"/>
-[...334 lines deleted...]
-    <w:rsid w:val="00FF5F0B"/>
+    <w:rsidRoot w:val="000D6329"/>
+    <w:rsid w:val="000D6329"/>
+    <w:rsid w:val="006F2D40"/>
+    <w:rsid w:val="008E4CF4"/>
+    <w:rsid w:val="00CD6442"/>
+    <w:rsid w:val="00E30E52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="382978FE"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{37064ACD-A132-4FB8-8220-5060ED1930AD}"/>
+  <w14:docId w14:val="05B79D64"/>
+  <w15:docId w15:val="{D49DC244-B54D-49D6-800C-C1E930F22D06}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...12 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -8350,844 +9994,213 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-[...2 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
-[...1 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:strike w:val="0"/>
-[...166 lines deleted...]
-    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005829EC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:before="72"/>
+      <w:ind w:left="110"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...470 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:sysClr val="windowText" lastClr="000000">
-[...2 lines deleted...]
-                  </a:sysClr>
+                  <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2025-2026 Fall Semester</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:sysClr val="windowText" lastClr="000000">
-[...2 lines deleted...]
-                  </a:sysClr>
+                  <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>IRE433</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
-                <a:sysClr val="windowText" lastClr="000000">
-[...2 lines deleted...]
-                </a:sysClr>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
@@ -9211,50 +10224,109 @@
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sayfa1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Öğrenci Sayısı</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-9F6C-479D-AC18-F60C72671680}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-9F6C-479D-AC18-F60C72671680}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="9"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-9F6C-479D-AC18-F60C72671680}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
           <c:trendline>
             <c:spPr>
               <a:ln w="19050" cap="rnd">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:prstDash val="sysDot"/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
               <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
@@ -9282,73 +10354,73 @@
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>6</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>5</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-7869-4A9F-84EC-8B4B6033BB9D}"/>
+              <c16:uniqueId val="{00000007-9F6C-479D-AC18-F60C72671680}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="1492079743"/>
         <c:axId val="1492079263"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="1492079743"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
@@ -10015,394 +11087,370 @@
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>594</Words>
-  <Characters>3781</Characters>
+  <Words>662</Words>
+  <Characters>3777</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Cag University</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4367</CharactersWithSpaces>
+  <CharactersWithSpaces>4431</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-10-03T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2026-01-27T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
+  </property>
+</Properties>
+</file>