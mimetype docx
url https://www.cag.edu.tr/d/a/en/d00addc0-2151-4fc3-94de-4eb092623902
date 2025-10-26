--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,14614 +1,14997 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11037" w:type="dxa"/>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10967" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="718"/>
+        <w:gridCol w:w="1408"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1418"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00CB53C3" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CFBF6C" w14:textId="77777777" w:rsidR="00D8730D" w:rsidRPr="00D8730D" w:rsidRDefault="00D8730D" w:rsidP="00D8730D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ÇAĞ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>University</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="27EF74C4" w14:textId="77777777" w:rsidR="00D8730D" w:rsidRPr="00D8730D" w:rsidRDefault="00D8730D" w:rsidP="00D8730D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Faculty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sciences</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F9B79E" w14:textId="285F5793" w:rsidR="005A2B8A" w:rsidRPr="00CB53C3" w:rsidRDefault="00D8730D" w:rsidP="00D8730D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Department</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D8730D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Interpreting</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="008B03C1">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4A8284" w14:textId="28013C6B" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="617DDC04" w14:textId="510C751A" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="346E6C08" w14:textId="10649784" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B333BF0" w14:textId="16BAE7F1" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="008B03C1">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5645F289" w14:textId="6B141373" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00D806FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>TRN 326</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+          </w:tcPr>
+          <w:p w14:paraId="54764CA8" w14:textId="04328381" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00D806FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Technical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5967AF88" w14:textId="085874C9" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00D806FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(2-2)3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C5E0D3" w14:textId="3A19CD05" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00D806FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="00040044">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F945F" w14:textId="0F22E2D5" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prerequisites</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+          </w:tcPr>
+          <w:p w14:paraId="640BECDB" w14:textId="59488FEC" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="008B03C1">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="34735A46" w14:textId="015ECF70" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instruction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+          </w:tcPr>
+          <w:p w14:paraId="485B0539" w14:textId="5A4C1AB8" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E434B8" w14:textId="77AC14DB" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mode</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Delivery </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="082FB09F" w14:textId="35BD1FB1" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Face</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>face</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="00040044">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3094351B" w14:textId="3EE73CF4" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Level</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C618F0" w14:textId="31CB314B" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00086727">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Compulsory</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / 3rd </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>year</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Spring </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Semester</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="008E381F">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B75C138" w14:textId="31BD087C" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Staff</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8257BD" w14:textId="30951E6D" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Name </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="366CB1B2" w14:textId="6895D3BA" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E9D0CF" w14:textId="2F84A2C1" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Office </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="008E381F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4730" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E9F61A" w14:textId="40D8792C" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Coordinator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A92F4D2" w14:textId="56AD5A0E" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dr. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Üyesi Senem Zaimoğlu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C71106" w14:textId="59A46C69" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Friday</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: 10.00-12-20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E51361" w14:textId="0FFFBA43" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Monday-10.00-10.40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Thursday-13.30-14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="008E381F">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A20FEB0" w14:textId="736A042D" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Objectives</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED79668" w14:textId="3A7D2D64" w:rsidR="00D018E7" w:rsidRPr="00D018E7" w:rsidRDefault="00D018E7" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>aim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>familiarize</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>structure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>technical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>engaging</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>them</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terminology</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>across</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>diverse</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>types</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>explain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>key</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>considerations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>such</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>develop</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terminological</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>competence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>across</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>languages</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>By</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>various</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>kinds</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>technical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>prepares</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>technical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>domains</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="00F85949">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CDA278" w14:textId="0A048E66" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00D018E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Learning </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DEBBE0" w14:textId="5E553F10" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Upon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>successful</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DA3187" w14:textId="37DF4B49" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="00CF71CE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1B453D" w14:textId="25D0FE19" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="733BF3B9" w14:textId="4165868F" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="008B03C1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Net </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="001026FF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB53C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E40272B" w14:textId="2140E70C" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Analyze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>technical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>genre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>purpose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>audience</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>deconstruct</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rhetorical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>moves</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>data</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>displays</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tables</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>figures</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">); </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>identify</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>inconsistencies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>bias</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>errors</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>produce</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>brief</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>analysis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>report</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2B5677" w14:textId="75F0C3BB" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1, 3, 5, 6, 8, 11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA0F5C4" w14:textId="64849490" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5, 4, 5, 4, 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="001026FF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB53C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0185FF67" w14:textId="50E23EB0" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>technical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terminological</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>consistency</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>applies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>term</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mapping</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>normalization</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>justifies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>term</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>decisions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>verifies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>them</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>termbase</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/QA </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tools</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA3CF30" w14:textId="155A71B4" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1, 2, 3, 6, 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="035023D5" w14:textId="340271A9" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5, 3, 4, 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="001026FF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB53C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C314DDE" w14:textId="10ACF301" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adapt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rewrite</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>technical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>genre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>level</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>abstract</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>substructure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>style</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>moves</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>into</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>target</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>produce</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>version</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>conforms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>genre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>conventions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A850E46" w14:textId="6C00411C" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1, 2, 6, 8, 11, 14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8157FC" w14:textId="77C2D562" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5, 4, 4, 5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="001026FF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB53C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F332E2A" w14:textId="5774C2EE" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Diagnose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terminology</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>problems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>polysemy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>neologisms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>cross</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-domain </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>clashes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">); </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>compare</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>authoritative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sources</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>select</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>justify</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>most</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>appropriate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>equivalent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>update</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>termbase</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="197EF09B" w14:textId="4A2B4DAC" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1, 2, 6, 7, 14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E11ACA" w14:textId="5A9A383F" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5, 4, 5, 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w14:paraId="16DB8CF2" w14:textId="77777777" w:rsidTr="001026FF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA1036A" w14:textId="77777777" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="150CD3E0" w14:textId="7FBACEBE" w:rsidR="00D018E7" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2828EE1A" w14:textId="08A87FDD" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Decide</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>which</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>resources</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terminology</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>issues</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>evaluate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>standards</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>databases</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>literature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>document</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>chain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>evidence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="454317FD" w14:textId="3DF74B14" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1, 2, 4, 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="39FC15C2" w14:textId="760232F7" w:rsidR="00D018E7" w:rsidRPr="00086727" w:rsidRDefault="00D018E7" w:rsidP="00E724FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5, 4, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="00CB53C3" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01266AA6" w14:textId="7EC91CEA" w:rsidR="001C134A" w:rsidRPr="00CB53C3" w:rsidRDefault="00D018E7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D018E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D60200" w14:textId="7940A82A" w:rsidR="001B5C97" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>technical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>types</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translated</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>into</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>target</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>attention</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terminology</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>textual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>features</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>both</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>languages</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00CB53C3" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9B273C" w14:textId="243FFF2F" w:rsidR="001C134A" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="003208C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Weekly</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000221BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Course Plan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="008B42FA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A16BED5" w14:textId="58ED2E26" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00391C3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3EEE3" w14:textId="75001714" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00391C3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D103774" w14:textId="65F2697B" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00391C3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="722C57CC" w14:textId="76C1FFEC" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00391C3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Learning </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Methods</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="0050714F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E41301" w14:textId="617B307D" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B9E913" w14:textId="73B64452" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Requirements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2F6454" w14:textId="5ACFA7B6" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Articles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>essays</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>newspapers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>magazines</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> internet.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B28CFF9" w14:textId="237176A2" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="0050714F">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D550460" w14:textId="18CC09B0" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0195B8CF" w14:textId="18AD9886" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Overview</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>textual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>features</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>technical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DFA02F" w14:textId="48FB647E" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mark </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Herman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, “Technical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Style: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clarity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Concision</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Correctness</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">in Wright &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Leland</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eds</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Technical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: Amsterdam, 1994)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="091113C1" w14:textId="2BCB60EB" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Collaborative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Learning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D95DD2B" w14:textId="53836DBC" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="49527597" w14:textId="7C5E9532" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>features</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>technical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B75F9D1" w14:textId="1E994C86" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Articles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>essays</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>newspapers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>magazines</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> internet.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FDD091" w14:textId="3BB6BD9C" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Inquiry-Based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Learning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="656340F4" w14:textId="241A4A98" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="3746B278" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Quality</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>technical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FEE239" w14:textId="6C7372AB" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Articles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>essays</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>newspapers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>magazines</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> internet.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3739A057" w14:textId="2403096D" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Inquiry-Based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EC913B" w14:textId="0279D83B" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8C3390" w14:textId="2F99593D" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>user</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>manuals</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (mobile </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>phones</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>printers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>home</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>appliances</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A2FED1" w14:textId="308133B4" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Technical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>user</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>manuals</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F167A28" w14:textId="63BE6038" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Collaborative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Learning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="047BE786" w14:textId="1B0D2C90" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="206DAB37" w14:textId="57DCCF7A" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>safety</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>warnings</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>electrical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>appliances</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4E24EA" w14:textId="0799EC52" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Technical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>electrical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>appliances</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EAE6DF" w14:textId="370BAB8E" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="375F7D3E" w14:textId="6F368545" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="65547CF4" w14:textId="35F6F6C3" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>safety</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>warnings</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>electrical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>appliances</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A76C7" w14:textId="75446D82" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Technical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>electrical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>appliances</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BB9DD7" w14:textId="5D2A0F42" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C9A48E" w14:textId="38110287" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BAB785" w14:textId="6FE5D272" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1F64A7" w14:textId="1EE32238" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="08650D66" w14:textId="6658414A" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>draft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>manuscript</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rubric</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>independent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0078D606" w14:textId="051B88DB" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B7484C" w14:textId="07B20298" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="305D5438" w14:textId="31F6A4B9" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0774A7A9" w14:textId="28D51183" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>draft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>manuscript</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rubric</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>independent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3290497C" w14:textId="51C74F5E" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="645FD6BD" w14:textId="415F1D66" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Features</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBDEF72" w14:textId="4FF7A875" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sample</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IMRaD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>articles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>examples</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tables</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>figures</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5097B9A3" w14:textId="72DC649A" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Online Activity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="51437D7B" w14:textId="4E7AFFCC" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2531C78E" w14:textId="1CF2CC51" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Features</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C14D55" w14:textId="5667895A" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Scientific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>style</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>examples</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>passive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>voice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>hedging</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>boosters</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC078F0" w14:textId="5A704DBE" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Flipped</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Learning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCA94A9" w14:textId="7BA3F4F6" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B5E4B9" w14:textId="0A7457D3" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>astronomy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>news</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>items</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>article</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>abstracts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="37145211" w14:textId="140CD895" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Astronomy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="219D2D3F" w14:textId="4BDD8047" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Collaborative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D80E60F" w14:textId="0A11E598" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1506B42E" w14:textId="33086B90" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>physics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>textbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>excerpts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>article</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>abstracts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3AFD50" w14:textId="2F642FC6" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Physics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B14AD2C" w14:textId="31898E6E" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A625B94" w14:textId="32ACDBA4" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A60206C" w14:textId="4E8D319C" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mühendislik metinlerinin </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Türkçe'den</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>English'ye</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tercümesi </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>açıklayıcı metin örnekleri,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C8B00B" w14:textId="4F8C6E2B" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Engineering-related</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1216638D" w14:textId="596B492D" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Collaborative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="139183D5" w14:textId="3DBDAB43" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="507B399A" w14:textId="6CB1E10A" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tıbbi metinlerin </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>English'den</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Türkçe'ye</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> çevirisi </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tanımlayıcı metin örnekleri, makale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="225D9DC4" w14:textId="1C239CC1" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7A335A" w14:textId="1D41691D" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Project-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E07417" w14:textId="13EF5A5B" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D275E4" w14:textId="61FB1D3A" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eczane metinlerinin </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>English'den</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Türkçe'ye</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>English'den</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Türkçe'ye</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tercümesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="09017603" w14:textId="1F4D270E" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pharmacy-related</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="1818FDD3" w14:textId="6DDFF4DD" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Project-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Learning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="343ED36F" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC1A895" w14:textId="76FC5905" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="766D33CB" w14:textId="18B6E5E9" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5668E084" w14:textId="588AB244" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="107A05D7" w14:textId="1831D451" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1665"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>full</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>portfolio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>submission</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>short</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>presentation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>instructor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>feedback</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000221BC" w:rsidRPr="00CB53C3" w14:paraId="1209AD6A" w14:textId="77777777" w:rsidTr="00E3681F">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="69422A5B" w14:textId="16A84C96" w:rsidR="000221BC" w:rsidRPr="00CB53C3" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5FC784" w14:textId="6E9658E0" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3775E05B" w14:textId="5C5809F6" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="402CCEE3" w14:textId="1659D4AD" w:rsidR="000221BC" w:rsidRPr="00086727" w:rsidRDefault="000221BC" w:rsidP="00B2413B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1665"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>full</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>portfolio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>submission</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>short</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>presentation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>instructor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>feedback</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10980" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="841"/>
-[...22 lines deleted...]
-        <w:gridCol w:w="57"/>
+        <w:gridCol w:w="2690"/>
+        <w:gridCol w:w="8290"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="000E5F3A" w14:paraId="0E814D27" w14:textId="77777777" w:rsidTr="000E5F3A">
-[...192 lines deleted...]
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="000E5F3A" w14:paraId="2F199F2D" w14:textId="77777777" w:rsidTr="000E5F3A">
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="0008111A" w14:paraId="5D8852F8" w14:textId="77777777" w:rsidTr="00A951E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2006" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="11798911" w14:textId="77777777" w:rsidR="00CC2BF3" w:rsidRPr="000E5F3A" w:rsidRDefault="000E5F3A" w:rsidP="000E5F3A">
+          <w:p w14:paraId="286C4B0F" w14:textId="638C76F7" w:rsidR="00A951E2" w:rsidRPr="00A951E2" w:rsidRDefault="00A951E2" w:rsidP="00A951E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...91 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A951E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>References</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00682CBD" w:rsidRPr="000E5F3A" w14:paraId="19F6E008" w14:textId="77777777" w:rsidTr="000E5F3A">
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="0008111A" w14:paraId="01A486A7" w14:textId="77777777" w:rsidTr="00A951E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2006" w:type="dxa"/>
-[...60 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="2690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E3C9BC" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00A951E2" w:rsidRDefault="00A951E2" w:rsidP="00495226">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A951E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Reader</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8290" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ABF22BD" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="0008111A" w:rsidRDefault="00A951E2" w:rsidP="00495226">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Articles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000E5F3A">
-[...71 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>essays</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>newspapers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>magazines</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> internet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="000E5F3A" w14:paraId="614F4230" w14:textId="77777777" w:rsidTr="000E5F3A">
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="0008111A" w14:paraId="5BF48D3B" w14:textId="77777777" w:rsidTr="00A951E2">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="57" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3240" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2690" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="2EFD5AB0" w14:textId="77777777" w:rsidR="00CC2BF3" w:rsidRPr="000E5F3A" w:rsidRDefault="000E5F3A">
-[...1843 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1FCE6DEA" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00A951E2" w:rsidRDefault="00A951E2" w:rsidP="00495226">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...117 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A951E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...8202 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Web </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000E5F3A">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A951E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Resources</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8290" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD61BF1" w14:textId="77777777" w:rsidR="00F76CB0" w:rsidRPr="000E5F3A" w:rsidRDefault="00D06072" w:rsidP="00D70082">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4D5B7B28" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="0008111A" w:rsidRDefault="00A951E2" w:rsidP="00495226">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:r w:rsidRPr="000E5F3A">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="0008111A">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.researchgate.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="49FAE3E9" w14:textId="77777777" w:rsidR="00F76CB0" w:rsidRPr="000E5F3A" w:rsidRDefault="00F76CB0" w:rsidP="00D70082">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="49908802" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="0008111A" w:rsidRDefault="00A951E2" w:rsidP="00495226">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:r w:rsidRPr="000E5F3A">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="0008111A">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.bbc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3906491F" w14:textId="77777777" w:rsidR="00F76CB0" w:rsidRPr="000E5F3A" w:rsidRDefault="00F76CB0" w:rsidP="00D70082">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="48BE880C" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="0008111A" w:rsidRDefault="00A951E2" w:rsidP="00495226">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:r w:rsidRPr="000E5F3A">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="0008111A">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.ntv.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="412FFE2F" w14:textId="77777777" w:rsidR="00F76CB0" w:rsidRPr="000E5F3A" w:rsidRDefault="00F76CB0" w:rsidP="00D70082">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="50760D99" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="0008111A" w:rsidRDefault="00A951E2" w:rsidP="00495226">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="0008111A" w14:paraId="4345B062" w14:textId="77777777" w:rsidTr="00A951E2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDB0ACA" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00A951E2" w:rsidRDefault="00A951E2" w:rsidP="00495226">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A951E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Recommended</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A951E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A951E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Resources</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2139D8FA" w14:textId="5EF78BFE" w:rsidR="00A951E2" w:rsidRPr="0008111A" w:rsidRDefault="00A951E2" w:rsidP="00A951E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Online </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Resources</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10967" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3449"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="1563"/>
+        <w:gridCol w:w="2454"/>
+        <w:gridCol w:w="2268"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00CB53C3" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A3776" w14:textId="2EEDC761" w:rsidR="001C134A" w:rsidRPr="00A951E2" w:rsidRDefault="00A951E2" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A951E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A951E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="0041401C">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A227F00" w14:textId="225C0D5A" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00654F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Activity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F0921" w14:textId="7AFA7E9E" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00654F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE0091" w14:textId="66EF02AD" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00654F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Weight</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="0228A2C1" w14:textId="0041D4E7" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00654F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="00DC20F2">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="381533BE" w14:textId="7B54CC0D" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="206EDFB6" w14:textId="4998446B" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5888FADE" w14:textId="2A8C7177" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="00DC20F2">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9DB5E8" w14:textId="69BE51C3" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Portfolio (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>overall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>success</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C58554F" w14:textId="137C1C64" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CD7661" w14:textId="30EE3585" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="00DC20F2">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="741351E7" w14:textId="254D26CB" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>overall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>success</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2439FEE9" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF4EB03" w14:textId="7C6A0DCD" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="00DC20F2">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3127BADD" w14:textId="25E243D6" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C386AF4" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6BF518" w14:textId="6ADED209" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>60%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00CB53C3" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766AD46E" w14:textId="0045C4FC" w:rsidR="001C134A" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECTS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="00C467A2">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C25AB" w14:textId="20463553" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00654F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Component</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DE45E" w14:textId="66DD0908" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00654F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFEBC6B" w14:textId="32985764" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00654F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="300AB8F6" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00654F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="00086CEF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01311" w14:textId="42E20BDB" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Synchronous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Classes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="5B6FCB15" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="17EF58F5" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133035B" w14:textId="7CD4AAC3" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="00086CEF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="7963B142" w14:textId="15378AB3" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Asynchronous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="00942B57" w14:textId="760E0C55" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="4A49A1B7" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="305EBC64" w14:textId="444BF59F" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="00086CEF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DC74E3" w14:textId="67D9F96B" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="357D0288" w14:textId="7D1A480D" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D6DB9F" w14:textId="00BF22FD" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B42FCA" w14:textId="100F619B" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="00086CEF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B25C38" w14:textId="248BB65F" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D88A7C9" w14:textId="172EB5EF" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99A2E3" w14:textId="6CA86998" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AA247" w14:textId="42B38500" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="00086CEF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA53C42" w14:textId="79383707" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1005A983" w14:textId="37F8A81B" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4444D1E5" w14:textId="4ECA5F27" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3506B9" w14:textId="5BD5B036" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00CF71CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="00086CEF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8699" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6E3627" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00AB19F4" w:rsidRDefault="00A951E2" w:rsidP="00495226">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...16 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00AB19F4">
+              <w:rPr>
+                <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3820704D" w14:textId="77777777" w:rsidR="00A951E2" w:rsidRPr="00AB19F4" w:rsidRDefault="00A951E2" w:rsidP="00495226">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB19F4">
+              <w:rPr>
+                <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-              <w:rPr>
+              <w:t>Toplam / 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Resources</w:t>
-[...13 lines deleted...]
-                <w:bCs/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F8116CF" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB19F4">
+              <w:rPr>
+                <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>Çevrimiçi kitaplıklar ve kaynaklar</w:t>
+              <w:t>AKTS Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B894EB" w14:textId="351C5097" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>224 /31= 7,22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F76CB0" w:rsidRPr="000E5F3A" w14:paraId="6CAC7EBB" w14:textId="77777777" w:rsidTr="000E5F3A">
+      <w:tr w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="00086CEF">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> &amp; Evaluation</w:t>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8699" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="4852B506" w14:textId="161CE221" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB53C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total / 31:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F77D59" w14:textId="0635178C" w:rsidR="00A951E2" w:rsidRPr="00CB53C3" w:rsidRDefault="00A951E2" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008111A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F76CB0" w:rsidRPr="000E5F3A" w14:paraId="1B0F9123" w14:textId="77777777" w:rsidTr="000E5F3A">
+    </w:tbl>
+    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B4DBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10860" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5411"/>
+        <w:gridCol w:w="5449"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00036563" w:rsidRPr="00036563" w14:paraId="210598D4" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2870" w:type="dxa"/>
-[...45 lines deleted...]
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...110 lines deleted...]
-          <w:p w14:paraId="06609143" w14:textId="77777777" w:rsidR="00F76CB0" w:rsidRPr="000E5F3A" w:rsidRDefault="00F76CB0" w:rsidP="00B01A70">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="63BDE6" w:themeColor="accent1" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32C74096" w14:textId="77777777" w:rsidR="00036563" w:rsidRPr="00036563" w:rsidRDefault="00036563" w:rsidP="00036563">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...61 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...160 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00036563">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...151 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Past</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00036563">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...102 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00036563">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Achievements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F76CB0" w:rsidRPr="000E5F3A" w14:paraId="4CC10F30" w14:textId="77777777" w:rsidTr="000E5F3A">
+      <w:tr w:rsidR="00036563" w:rsidRPr="00036563" w14:paraId="5B1D5580" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...174 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC4CACA" w14:textId="757767A0" w:rsidR="00036563" w:rsidRPr="00036563" w:rsidRDefault="00036563" w:rsidP="00036563">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00036563">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...16 lines deleted...]
-              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E7C549F" wp14:editId="3DA6EF60">
+                  <wp:extent cx="3295650" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA4960E" w14:textId="77777777" w:rsidR="00036563" w:rsidRPr="00036563" w:rsidRDefault="00036563" w:rsidP="00036563">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036563" w:rsidRPr="00036563" w14:paraId="1635EE05" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F65F51B" w14:textId="77777777" w:rsidR="00036563" w:rsidRPr="00036563" w:rsidRDefault="00036563" w:rsidP="00036563">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...16 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5578CBF9" w14:textId="77777777" w:rsidR="00036563" w:rsidRPr="00036563" w:rsidRDefault="00036563" w:rsidP="00036563">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036563" w:rsidRPr="00036563" w14:paraId="0CE9E6DD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF8F223" w14:textId="77777777" w:rsidR="00036563" w:rsidRPr="00036563" w:rsidRDefault="00036563" w:rsidP="00036563">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...70 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="426DE4A8" w14:textId="77777777" w:rsidR="00036563" w:rsidRPr="00036563" w:rsidRDefault="00036563" w:rsidP="00036563">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...687 lines deleted...]
-            </w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CD3FD82" w14:textId="77777777" w:rsidR="00605B61" w:rsidRPr="000E5F3A" w:rsidRDefault="00605B61" w:rsidP="0049506A">
+    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidRDefault="003A4CE2">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BB150DF" w14:textId="77777777" w:rsidR="001A3A5E" w:rsidRPr="000E5F3A" w:rsidRDefault="001A3A5E" w:rsidP="0049506A">
-[...19 lines deleted...]
-    <w:sectPr w:rsidR="00E67127" w:rsidRPr="000E5F3A" w:rsidSect="00286050">
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="719" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="086C902C" w14:textId="77777777" w:rsidR="0005270F" w:rsidRDefault="0005270F" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="01349687" w14:textId="77777777" w:rsidR="0005270F" w:rsidRDefault="0005270F" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-      </w:pPr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2ABEBE52" w14:textId="77777777" w:rsidR="0005270F" w:rsidRDefault="0005270F" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4EC78219" w14:textId="77777777" w:rsidR="0005270F" w:rsidRDefault="0005270F" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
-    </w:lvl>
-[...1669 lines deleted...]
-</w:numbering>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...146 lines deleted...]
-    <w:rsid w:val="00FF0BC3"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="000221BC"/>
+    <w:rsid w:val="00036563"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="0005238D"/>
+    <w:rsid w:val="0005270F"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00086727"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="0009745F"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="00154070"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="001656F4"/>
+    <w:rsid w:val="00170CC3"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B4DBF"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C134A"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="00252D65"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00260463"/>
+    <w:rsid w:val="002627A1"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003208C3"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="00381A4C"/>
+    <w:rsid w:val="00391C3F"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003B6B00"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="00404036"/>
+    <w:rsid w:val="00414AFC"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00461312"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004D3EA9"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="004F5DBF"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="006342E7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="0065015E"/>
+    <w:rsid w:val="00654F33"/>
+    <w:rsid w:val="00671F1C"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006D47E9"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="00715195"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="00773DFA"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F0201"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="0083166B"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008B03C1"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008E5E2B"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="009466FE"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="009F6EFC"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00A951E2"/>
+    <w:rsid w:val="00AD5170"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B2413B"/>
+    <w:rsid w:val="00B37C3B"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B52C20"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB3595"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BC4DAC"/>
+    <w:rsid w:val="00BD08EA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C42725"/>
+    <w:rsid w:val="00C4695C"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C62850"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CB53C3"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00CF71CE"/>
+    <w:rsid w:val="00D018E7"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D779ED"/>
+    <w:rsid w:val="00D806FE"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00D8730D"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DF50A9"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E23E29"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E5279E"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E724FE"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F54BA0"/>
+    <w:rsid w:val="00F728A7"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F9141C"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC5B80"/>
+    <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="16D8806A"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{8C4912EE-5DE4-48FF-9C41-1B7CB6BB3AC8}"/>
+  <w14:docId w14:val="382978FE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14721,477 +15104,1564 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...107 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading1-Accent51">
-    <w:name w:val="Medium Shading 1 - Accent 51"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:uiPriority w:val="63"/>
-    <w:rsid w:val="00183415"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB3595"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00715195"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="00086727"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="00086727"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
+    <w:name w:val="std nobr"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00A951E2"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
         <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band2Horz">
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:insideH w:val="nil"/>
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="bekMetni">
-    <w:name w:val="Block Text"/>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00D45D5D"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
     <w:pPr>
-      <w:ind w:left="-180" w:right="1103"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB3595"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00715195"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="00086727"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="00086727"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
+    <w:name w:val="std nobr"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00A951E2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="133791500">
+    <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1414162275">
+    <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1739204943">
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ntv.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bbc.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researchgate.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bbc.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researchgate.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ntv.com" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
+</file>
+
+<file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Güz Dönemi Notları </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>TRN 311-Çeviride Araştırma Teknikleri</a:t>
+            </a:r>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-B25C-44B7-8C90-367A94651685}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="167468544"/>
+        <c:axId val="163974528"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="167468544"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="163974528"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="163974528"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="167468544"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId2">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -15199,51 +16669,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -15413,144 +16883,370 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
+</file>
+
+<file path=word/theme/themeOverride1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:themeOverride xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <a:clrScheme name="Office">
+    <a:dk1>
+      <a:sysClr val="windowText" lastClr="000000"/>
+    </a:dk1>
+    <a:lt1>
+      <a:sysClr val="window" lastClr="FFFFFF"/>
+    </a:lt1>
+    <a:dk2>
+      <a:srgbClr val="0E2841"/>
+    </a:dk2>
+    <a:lt2>
+      <a:srgbClr val="E8E8E8"/>
+    </a:lt2>
+    <a:accent1>
+      <a:srgbClr val="156082"/>
+    </a:accent1>
+    <a:accent2>
+      <a:srgbClr val="E97132"/>
+    </a:accent2>
+    <a:accent3>
+      <a:srgbClr val="196B24"/>
+    </a:accent3>
+    <a:accent4>
+      <a:srgbClr val="0F9ED5"/>
+    </a:accent4>
+    <a:accent5>
+      <a:srgbClr val="A02B93"/>
+    </a:accent5>
+    <a:accent6>
+      <a:srgbClr val="4EA72E"/>
+    </a:accent6>
+    <a:hlink>
+      <a:srgbClr val="467886"/>
+    </a:hlink>
+    <a:folHlink>
+      <a:srgbClr val="96607D"/>
+    </a:folHlink>
+  </a:clrScheme>
+  <a:fontScheme name="Office">
+    <a:majorFont>
+      <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+      <a:ea typeface=""/>
+      <a:cs typeface=""/>
+      <a:font script="Jpan" typeface="游ゴシック Light"/>
+      <a:font script="Hang" typeface="맑은 고딕"/>
+      <a:font script="Hans" typeface="等线 Light"/>
+      <a:font script="Hant" typeface="新細明體"/>
+      <a:font script="Arab" typeface="Times New Roman"/>
+      <a:font script="Hebr" typeface="Times New Roman"/>
+      <a:font script="Thai" typeface="Angsana New"/>
+      <a:font script="Ethi" typeface="Nyala"/>
+      <a:font script="Beng" typeface="Vrinda"/>
+      <a:font script="Gujr" typeface="Shruti"/>
+      <a:font script="Khmr" typeface="MoolBoran"/>
+      <a:font script="Knda" typeface="Tunga"/>
+      <a:font script="Guru" typeface="Raavi"/>
+      <a:font script="Cans" typeface="Euphemia"/>
+      <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+      <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+      <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+      <a:font script="Thaa" typeface="MV Boli"/>
+      <a:font script="Deva" typeface="Mangal"/>
+      <a:font script="Telu" typeface="Gautami"/>
+      <a:font script="Taml" typeface="Latha"/>
+      <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+      <a:font script="Orya" typeface="Kalinga"/>
+      <a:font script="Mlym" typeface="Kartika"/>
+      <a:font script="Laoo" typeface="DokChampa"/>
+      <a:font script="Sinh" typeface="Iskoola Pota"/>
+      <a:font script="Mong" typeface="Mongolian Baiti"/>
+      <a:font script="Viet" typeface="Times New Roman"/>
+      <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      <a:font script="Geor" typeface="Sylfaen"/>
+      <a:font script="Armn" typeface="Arial"/>
+      <a:font script="Bugi" typeface="Leelawadee UI"/>
+      <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+      <a:font script="Java" typeface="Javanese Text"/>
+      <a:font script="Lisu" typeface="Segoe UI"/>
+      <a:font script="Mymr" typeface="Myanmar Text"/>
+      <a:font script="Nkoo" typeface="Ebrima"/>
+      <a:font script="Olck" typeface="Nirmala UI"/>
+      <a:font script="Osma" typeface="Ebrima"/>
+      <a:font script="Phag" typeface="Phagspa"/>
+      <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+      <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+      <a:font script="Syre" typeface="Estrangelo Edessa"/>
+      <a:font script="Sora" typeface="Nirmala UI"/>
+      <a:font script="Tale" typeface="Microsoft Tai Le"/>
+      <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+      <a:font script="Tfng" typeface="Ebrima"/>
+    </a:majorFont>
+    <a:minorFont>
+      <a:latin typeface="Aptos" panose="02110004020202020204"/>
+      <a:ea typeface=""/>
+      <a:cs typeface=""/>
+      <a:font script="Jpan" typeface="游明朝"/>
+      <a:font script="Hang" typeface="맑은 고딕"/>
+      <a:font script="Hans" typeface="等线"/>
+      <a:font script="Hant" typeface="新細明體"/>
+      <a:font script="Arab" typeface="Arial"/>
+      <a:font script="Hebr" typeface="Arial"/>
+      <a:font script="Thai" typeface="Cordia New"/>
+      <a:font script="Ethi" typeface="Nyala"/>
+      <a:font script="Beng" typeface="Vrinda"/>
+      <a:font script="Gujr" typeface="Shruti"/>
+      <a:font script="Khmr" typeface="DaunPenh"/>
+      <a:font script="Knda" typeface="Tunga"/>
+      <a:font script="Guru" typeface="Raavi"/>
+      <a:font script="Cans" typeface="Euphemia"/>
+      <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+      <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+      <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+      <a:font script="Thaa" typeface="MV Boli"/>
+      <a:font script="Deva" typeface="Mangal"/>
+      <a:font script="Telu" typeface="Gautami"/>
+      <a:font script="Taml" typeface="Latha"/>
+      <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+      <a:font script="Orya" typeface="Kalinga"/>
+      <a:font script="Mlym" typeface="Kartika"/>
+      <a:font script="Laoo" typeface="DokChampa"/>
+      <a:font script="Sinh" typeface="Iskoola Pota"/>
+      <a:font script="Mong" typeface="Mongolian Baiti"/>
+      <a:font script="Viet" typeface="Arial"/>
+      <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      <a:font script="Geor" typeface="Sylfaen"/>
+      <a:font script="Armn" typeface="Arial"/>
+      <a:font script="Bugi" typeface="Leelawadee UI"/>
+      <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+      <a:font script="Java" typeface="Javanese Text"/>
+      <a:font script="Lisu" typeface="Segoe UI"/>
+      <a:font script="Mymr" typeface="Myanmar Text"/>
+      <a:font script="Nkoo" typeface="Ebrima"/>
+      <a:font script="Olck" typeface="Nirmala UI"/>
+      <a:font script="Osma" typeface="Ebrima"/>
+      <a:font script="Phag" typeface="Phagspa"/>
+      <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+      <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+      <a:font script="Syre" typeface="Estrangelo Edessa"/>
+      <a:font script="Sora" typeface="Nirmala UI"/>
+      <a:font script="Tale" typeface="Microsoft Tai Le"/>
+      <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+      <a:font script="Tfng" typeface="Ebrima"/>
+    </a:minorFont>
+  </a:fontScheme>
+  <a:fmtScheme name="Office">
+    <a:fillStyleLst>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:lumMod val="110000"/>
+              <a:satMod val="105000"/>
+              <a:tint val="67000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="50000">
+            <a:schemeClr val="phClr">
+              <a:lumMod val="105000"/>
+              <a:satMod val="103000"/>
+              <a:tint val="73000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:lumMod val="105000"/>
+              <a:satMod val="109000"/>
+              <a:tint val="81000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="5400000" scaled="0"/>
+      </a:gradFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:satMod val="103000"/>
+              <a:lumMod val="102000"/>
+              <a:tint val="94000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="50000">
+            <a:schemeClr val="phClr">
+              <a:satMod val="110000"/>
+              <a:lumMod val="100000"/>
+              <a:shade val="100000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:lumMod val="99000"/>
+              <a:satMod val="120000"/>
+              <a:shade val="78000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="5400000" scaled="0"/>
+      </a:gradFill>
+    </a:fillStyleLst>
+    <a:lnStyleLst>
+      <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+        <a:miter lim="800000"/>
+      </a:ln>
+      <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+        <a:miter lim="800000"/>
+      </a:ln>
+      <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+        <a:miter lim="800000"/>
+      </a:ln>
+    </a:lnStyleLst>
+    <a:effectStyleLst>
+      <a:effectStyle>
+        <a:effectLst/>
+      </a:effectStyle>
+      <a:effectStyle>
+        <a:effectLst/>
+      </a:effectStyle>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="63000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+      </a:effectStyle>
+    </a:effectStyleLst>
+    <a:bgFillStyleLst>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:solidFill>
+        <a:schemeClr val="phClr">
+          <a:tint val="95000"/>
+          <a:satMod val="170000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="93000"/>
+              <a:satMod val="150000"/>
+              <a:shade val="98000"/>
+              <a:lumMod val="102000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="50000">
+            <a:schemeClr val="phClr">
+              <a:tint val="98000"/>
+              <a:satMod val="130000"/>
+              <a:shade val="90000"/>
+              <a:lumMod val="103000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="63000"/>
+              <a:satMod val="120000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="5400000" scaled="0"/>
+      </a:gradFill>
+    </a:bgFillStyleLst>
+  </a:fmtScheme>
+</a:themeOverride>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5039</Characters>
+  <Pages>4</Pages>
+  <Words>878</Words>
+  <Characters>5011</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5911</CharactersWithSpaces>
+  <CharactersWithSpaces>5878</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...56 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:subject/>
-[...1 lines deleted...]
-  <cp:keywords/>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>