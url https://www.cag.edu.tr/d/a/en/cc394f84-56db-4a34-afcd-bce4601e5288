--- v0 (2025-12-06)
+++ v1 (2026-03-15)
@@ -9,428 +9,412 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
-        <w:tblW w:w="10967" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="618"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1200"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="1739"/>
+        <w:gridCol w:w="861"/>
+        <w:gridCol w:w="549"/>
+        <w:gridCol w:w="415"/>
+        <w:gridCol w:w="386"/>
+        <w:gridCol w:w="314"/>
+        <w:gridCol w:w="1297"/>
+        <w:gridCol w:w="2746"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00642194" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00C5255C" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10967" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="00642194" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+          <w:p w14:paraId="7C1DAE97" w14:textId="77777777" w:rsidR="00B70D22" w:rsidRPr="00B70D22" w:rsidRDefault="00B70D22" w:rsidP="00B70D22">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00B70D22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SYLLABUS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71F9B79E" w14:textId="05A76128" w:rsidR="005A2B8A" w:rsidRPr="00642194" w:rsidRDefault="006D47E9" w:rsidP="00043CF7">
+          <w:p w14:paraId="0DE1DD46" w14:textId="19BFD124" w:rsidR="005A2B8A" w:rsidRPr="00C5255C" w:rsidRDefault="00B70D22" w:rsidP="00B70D22">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00B70D22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Faculty</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00B70D22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="002E7F97" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00B70D22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="002E7F97" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00B70D22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="002E7F97" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00B70D22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="002E7F97" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00B70D22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="002E7F97" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00B70D22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sciences</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00482527" w:rsidRPr="00642194" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-[...121 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB" w:rsidP="001B4DBF">
+          <w:p w14:paraId="6D0B14B9" w14:textId="6AF0AD29" w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w:rsidRDefault="00E37BAA" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D26E176" w14:textId="01AF9CC8" w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w:rsidRDefault="00E37BAA" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A44735" w14:textId="2CCBBAA8" w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w:rsidRDefault="00E37BAA" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C7FD7" w14:textId="7415D81E" w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w:rsidRDefault="00E37BAA" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ECTS Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00642194" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5645F289" w14:textId="2D6C3FB6" w:rsidR="00681162" w:rsidRPr="00642194" w:rsidRDefault="00023775" w:rsidP="0028080F">
+          <w:p w14:paraId="74FD4430" w14:textId="73919878" w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w:rsidRDefault="00E37BAA" w:rsidP="007730F5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>TDE 2</w:t>
-[...9 lines deleted...]
-              <w:t>64</w:t>
+              <w:t>TDE 264</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5543" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54764CA8" w14:textId="2CD4E4B0" w:rsidR="00681162" w:rsidRPr="00642194" w:rsidRDefault="00023775" w:rsidP="00833C72">
+          <w:p w14:paraId="332DDDD9" w14:textId="31060CFB" w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w:rsidRDefault="00E37BAA" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Old</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -447,315 +431,310 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> I</w:t>
-[...14 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:t xml:space="preserve"> II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5967AF88" w14:textId="6D1D0178" w:rsidR="00681162" w:rsidRPr="00642194" w:rsidRDefault="00023775" w:rsidP="00833C72">
+          <w:p w14:paraId="01A4A3C7" w14:textId="61974B23" w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w:rsidRDefault="00E37BAA" w:rsidP="00D60183">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(3-0-3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1701" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79C5E0D3" w14:textId="0CCE5640" w:rsidR="00681162" w:rsidRPr="00642194" w:rsidRDefault="00023775" w:rsidP="00833C72">
+          <w:p w14:paraId="242BC9E2" w14:textId="688A4774" w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w:rsidRDefault="00E37BAA" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00642194" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="18A6A2EB" w14:textId="17F4E573" w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w:rsidRDefault="00E37BAA" w:rsidP="003D1400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prerequisite</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Courses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9356" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="640BECDB" w14:textId="3AE326B5" w:rsidR="00681162" w:rsidRPr="00642194" w:rsidRDefault="00472638" w:rsidP="00833C72">
-            <w:pPr>
+          <w:p w14:paraId="4BC4E30B" w14:textId="60EB2B34" w:rsidR="00E37BAA" w:rsidRPr="00C5255C" w:rsidRDefault="00E37BAA" w:rsidP="003618F9">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B4DBF" w:rsidRPr="00642194" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00070588" w:rsidRPr="00C5255C" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="007657E1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00642194" w:rsidRDefault="001B4DBF">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4C670231" w14:textId="4490114A" w:rsidR="005C4012" w:rsidRPr="00C5255C" w:rsidRDefault="005C4012" w:rsidP="003D1400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3790" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="485B0539" w14:textId="7A0372CE" w:rsidR="001B4DBF" w:rsidRPr="00642194" w:rsidRDefault="00023775" w:rsidP="00833C72">
-            <w:pPr>
+          <w:p w14:paraId="26CBDD8E" w14:textId="5EF1AD3A" w:rsidR="005C4012" w:rsidRPr="00C5255C" w:rsidRDefault="005C4012" w:rsidP="003618F9">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Turkish</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00642194" w:rsidRDefault="001B4DBF">
-            <w:pPr>
+          <w:p w14:paraId="75FF5C8F" w14:textId="3037F079" w:rsidR="005C4012" w:rsidRPr="00C5255C" w:rsidRDefault="005C4012" w:rsidP="007657E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">Course Delivery </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course Delivery </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Mode</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Mode</w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="082FB09F" w14:textId="5243B0A2" w:rsidR="001B4DBF" w:rsidRPr="00642194" w:rsidRDefault="00023775" w:rsidP="001B4DBF">
-[...4 lines deleted...]
-                <w:bCs w:val="0"/>
+          <w:p w14:paraId="608EE131" w14:textId="44A21B9D" w:rsidR="005C4012" w:rsidRPr="00C5255C" w:rsidRDefault="005C4012" w:rsidP="003618F9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Face</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -775,67 +754,69 @@
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>face</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00642194" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="005C4012" w:rsidRPr="00C5255C" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="21036217" w14:textId="11A24FA8" w:rsidR="005C4012" w:rsidRPr="00C5255C" w:rsidRDefault="005C4012" w:rsidP="003D1400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -845,1676 +826,1862 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9356" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40C618F0" w14:textId="305AB162" w:rsidR="00681162" w:rsidRPr="00642194" w:rsidRDefault="003360EF" w:rsidP="0028080F">
-[...19 lines deleted...]
-            <w:r w:rsidR="00023775" w:rsidRPr="00642194">
+          <w:p w14:paraId="19D6D351" w14:textId="46DAB2C9" w:rsidR="005C4012" w:rsidRPr="00C5255C" w:rsidRDefault="005C4012" w:rsidP="007A6FD0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Compulsory</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00023775" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...18 lines deleted...]
-            <w:r w:rsidR="00023775" w:rsidRPr="00642194">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007A6FD0" w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Undergraduate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007A6FD0" w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6FD0" w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007A6FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007A6FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Year</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007A6FD0" w:rsidRPr="007A6FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spring </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Semester</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00023775" w:rsidRPr="00642194">
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00642194" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00070588" w:rsidRPr="00C5255C" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5401" w:type="dxa"/>
-[...84 lines deleted...]
-            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB">
-[...36 lines deleted...]
-            <w:gridSpan w:val="3"/>
+          <w:p w14:paraId="0F4DD77C" w14:textId="5F1B07E7" w:rsidR="005C4012" w:rsidRPr="00C5255C" w:rsidRDefault="005C4012" w:rsidP="00F96934">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor's</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Name, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB">
-[...1 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="38505A88" w14:textId="636C7C01" w:rsidR="005C4012" w:rsidRPr="00C5255C" w:rsidRDefault="005C4012" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Office </w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7DADECDE" w14:textId="0C248EEC" w:rsidR="005C4012" w:rsidRPr="00C5255C" w:rsidRDefault="005C4012" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Office </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1464FC35" w14:textId="17E4F9E9" w:rsidR="005C4012" w:rsidRPr="00C5255C" w:rsidRDefault="005C4012" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00642194" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00070588" w:rsidRPr="00C5255C" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5401" w:type="dxa"/>
-[...53 lines deleted...]
-            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65B38118" w14:textId="77777777" w:rsidR="0018141E" w:rsidRPr="00642194" w:rsidRDefault="0071123A" w:rsidP="00833C72">
+          <w:p w14:paraId="68DC02A2" w14:textId="0E4B978A" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00A60C1D" w:rsidP="00D60183">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...49 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A60C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecturer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A60C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dr.</w:t>
+            </w:r>
+            <w:r w:rsidR="009951BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gülnihal AŞC</w:t>
+            </w:r>
+            <w:r w:rsidR="009951BD" w:rsidRPr="009951BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06895B33" w14:textId="77777777" w:rsidR="0018141E" w:rsidRPr="00642194" w:rsidRDefault="0071123A" w:rsidP="00833C72">
+          <w:p w14:paraId="5B5DF00B" w14:textId="48F48018" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00A60C1D" w:rsidP="00EB57A7">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00A60C1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Wednesday</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+              <w:t>Thursday</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A60C1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00642194">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB57A7" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>10.00-11.30</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB57A7" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="009951BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB57A7" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB57A7" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59E51361" w14:textId="198D1869" w:rsidR="00F96934" w:rsidRPr="00642194" w:rsidRDefault="009129C8" w:rsidP="0018141E">
-[...20 lines deleted...]
-            <w:r w:rsidR="0071123A" w:rsidRPr="00642194">
+          <w:p w14:paraId="3DCEC51D" w14:textId="6613F6D5" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00A60C1D" w:rsidP="00D26EA0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A60C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wednesday</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A60C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00480D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009951BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00480D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00480D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="406CD1B0" w14:textId="7D54146D" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="009951BD" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009951BD">
+              <w:t>gulnihalasci@cag.edu.tr</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00642194" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
-          <w:trHeight w:val="682"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1A5E64B1" w14:textId="5E3DB666" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003D1400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Coordinator</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9356" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED79668" w14:textId="1A00211A" w:rsidR="00F96934" w:rsidRPr="00642194" w:rsidRDefault="0071123A" w:rsidP="0034027E">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7C3B751E" w14:textId="0BB5BBAC" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF29C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecturer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF29C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dr.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C12DC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gülnihal AŞCI</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003537D4" w:rsidRPr="00642194" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10967" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65E7B619" w14:textId="37916ECE" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB" w:rsidP="0018141E">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="66EAB58D" w14:textId="760BF0CB" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00BC33E0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Objectives</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0018141E" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>aim</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> is </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>provide</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>literary</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>arts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>classical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Turkish</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>introduce</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>features</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>agents</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>works</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of 13th </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>century</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Divan </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>based</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sample</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>texts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0028080F" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00642194" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB" w:rsidP="001B4DBF">
-            <w:pPr>
+          <w:p w14:paraId="65045474" w14:textId="28F70B6D" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00A8173B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course Learning </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Outcomes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="7514" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+          <w:p w14:paraId="2101E5FB" w14:textId="0FA9B6D9" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00AF2294">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Upon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>successful</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>completion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>this</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>student</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>will</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> be </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>able</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00DF29C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB" w:rsidP="001B4DBF">
+          <w:p w14:paraId="60E08AE0" w14:textId="31F3AE96" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Relations</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00642194" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00642194" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="7514" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00642194" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
-[...12 lines deleted...]
-            <w:gridSpan w:val="3"/>
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB" w:rsidP="001B4DBF">
+          <w:p w14:paraId="3F6C401B" w14:textId="505799F5" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Program </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Outcomes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB" w:rsidP="001B4DBF">
+          <w:p w14:paraId="36E4147D" w14:textId="3E592C01" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Net </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contribution</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F60DAB" w:rsidRPr="00642194" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A39ED" w:rsidRPr="00C5255C" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="008D62C9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="003A4CE2">
+          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E40272B" w14:textId="0E42446F" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="659C2DB8" w14:textId="021D29A4" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
-[...5 lines deleted...]
-              <w:t>recognize</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ecognize</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>literary</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2594,182 +2761,189 @@
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>poems</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2B5677" w14:textId="04BA8120" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="3392DE1D" w14:textId="16A1646C" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA0F5C4" w14:textId="31791188" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="245FC917" w14:textId="48963789" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F60DAB" w:rsidRPr="00642194" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A39ED" w:rsidRPr="00C5255C" w14:paraId="4553B8AD" w14:textId="77777777" w:rsidTr="008D62C9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="003A4CE2">
+          <w:p w14:paraId="7C8F79CA" w14:textId="77777777" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2740338B" w14:textId="4F16C23F" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65062A65" w14:textId="44CA03BB" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
-[...5 lines deleted...]
-              <w:t>translate</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ranslate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couplets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2867,185 +3041,256 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>meaning</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1417" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0CA3CF30" w14:textId="49F40AB0" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="389548CC" w14:textId="69711B04" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="035023D5" w14:textId="7C5CD8C8" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5216875C" w14:textId="6133E19A" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F60DAB" w:rsidRPr="00642194" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A39ED" w:rsidRPr="00C5255C" w14:paraId="5FCFFFBC" w14:textId="77777777" w:rsidTr="008D62C9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="003A4CE2">
+          <w:p w14:paraId="08A20AE2" w14:textId="77777777" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="4B884855" w14:textId="3726CB9F" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C314DDE" w14:textId="276837DD" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="464BC29D" w14:textId="6BEE52C0" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
-[...5 lines deleted...]
-              <w:t>comprehend</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>omprehend</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3143,186 +3388,257 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>them</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A850E46" w14:textId="31F1E55D" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="6375E3CA" w14:textId="4C275CB5" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003B04ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8157FC" w14:textId="1457CD73" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="3CB0A5A8" w14:textId="63DFDBFF" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003B04ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F60DAB" w:rsidRPr="00642194" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A39ED" w:rsidRPr="00C5255C" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="008D62C9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="003A4CE2">
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="23678C1D" w14:textId="4C9662DA" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F332E2A" w14:textId="5EB3774B" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00DE6036">
-            <w:pPr>
+          <w:p w14:paraId="5676F5CC" w14:textId="06C3A92D" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
-[...5 lines deleted...]
-              <w:t>evaluate</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>valuate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3420,454 +3736,486 @@
               <w:t xml:space="preserve"> 13th </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>century</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="197EF09B" w14:textId="24A53831" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="2CC074F8" w14:textId="62B32377" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35E11ACA" w14:textId="7753DB72" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="6E540A1C" w14:textId="0D6481B9" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F60DAB" w:rsidRPr="00642194" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A39ED" w:rsidRPr="00C5255C" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="008D62C9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="003A4CE2">
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="3A5D0A91" w14:textId="062F2680" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C97D80A" w14:textId="4D77140B" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00D34EEC">
-            <w:pPr>
+          <w:p w14:paraId="1E6B3CF6" w14:textId="25DB5937" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ecognizes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>poets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>works</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 13th-century </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13th </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>century</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anatolian</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Divan </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1417" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0847AFD5" w14:textId="6C4E40C7" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="130E6C82" w14:textId="73C9A3E1" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00BC33E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41313AB2" w14:textId="630EC95E" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+          <w:p w14:paraId="2B65611D" w14:textId="19A0DDC9" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00BC33E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F60DAB" w:rsidRPr="00642194" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A39ED" w:rsidRPr="00C5255C" w14:paraId="680172EE" w14:textId="77777777" w:rsidTr="008D62C9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="003A4CE2">
+          <w:p w14:paraId="07BDB879" w14:textId="77777777" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="145AA74B" w14:textId="1AA30FD5" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D09799" w14:textId="101F8475" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
-[...5 lines deleted...]
-              <w:t>get</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>et</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> an idea </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>about</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3988,332 +4336,759 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sufi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>poems</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1417" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3580C7C9" w14:textId="1EF4575D" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0154C0FF" w14:textId="25A61B2F" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="287D48BB" w14:textId="065F1B9B" w:rsidR="00F60DAB" w:rsidRPr="00642194" w:rsidRDefault="00F60DAB" w:rsidP="00466279">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7CA638" w14:textId="38A50BD3" w:rsidR="00DF29C3" w:rsidRPr="00C5255C" w:rsidRDefault="00DF29C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5C97" w:rsidRPr="00642194" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="004F7565" w:rsidRPr="00C5255C" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0B009601" w14:textId="309D3108" w:rsidR="004F7565" w:rsidRPr="00C5255C" w:rsidRDefault="004F7565" w:rsidP="001C20A8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Content:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9356" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D60200" w14:textId="77777777" w:rsidR="001B5C97" w:rsidRPr="00642194" w:rsidRDefault="001B5C97" w:rsidP="001B5C97">
-            <w:pPr>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="2C409629" w:rsidR="004F7565" w:rsidRPr="00C5255C" w:rsidRDefault="004F7565" w:rsidP="004F7565">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Examination</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>literary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>arts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Old</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turkish</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>literary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Commentary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>selected</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>couplets</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of 13th </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>century</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Old</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turkish</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>literature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F7565">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00642194" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="005B58C9" w:rsidRPr="00C5255C" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10967" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB" w:rsidP="003208C3">
+          <w:p w14:paraId="54E551E5" w14:textId="5E5CEFA1" w:rsidR="005B58C9" w:rsidRPr="00C5255C" w:rsidRDefault="005B58C9" w:rsidP="001B5C97">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Schedule (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Weekly</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Plan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00642194" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB" w:rsidP="001B4DBF">
+          <w:p w14:paraId="612CA867" w14:textId="7A50D2B3" w:rsidR="005B58C9" w:rsidRPr="00C5255C" w:rsidRDefault="005B58C9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Week</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB" w:rsidP="001B4DBF">
+          <w:p w14:paraId="09455A41" w14:textId="441EF507" w:rsidR="005B58C9" w:rsidRPr="00C5255C" w:rsidRDefault="005B58C9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A41321" w14:textId="1ECC6B2F" w:rsidR="005B58C9" w:rsidRPr="00C5255C" w:rsidRDefault="005B58C9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Topic</w:t>
-[...7 lines deleted...]
-            <w:gridSpan w:val="4"/>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB" w:rsidP="001B4DBF">
-            <w:pPr>
+          <w:p w14:paraId="657EB692" w14:textId="51D24FEC" w:rsidR="005B58C9" w:rsidRPr="00C5255C" w:rsidRDefault="005B58C9" w:rsidP="00466279">
+            <w:pPr>
+              <w:ind w:left="-288" w:firstLine="288"/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
@@ -4341,96 +5116,97 @@
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Techniques</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00642194" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00642194" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="009D0AED" w:rsidRPr="00C5255C" w:rsidRDefault="009D0AED" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43B9E913" w14:textId="359EED56" w:rsidR="003923D0" w:rsidRPr="00642194" w:rsidRDefault="0005753B" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="470003E1" w14:textId="0A08D2EF" w:rsidR="009D0AED" w:rsidRPr="00C5255C" w:rsidRDefault="009D0AED" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Introducing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -4535,136 +5311,149 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> course</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2744" w:type="dxa"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2F6454" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00642194" w:rsidRDefault="003360EF" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="66A1AA39" w14:textId="082A70AB" w:rsidR="009D0AED" w:rsidRPr="00C5255C" w:rsidRDefault="009D0AED" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B28CFF9" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00642194" w:rsidRDefault="003360EF" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="630C4497" w14:textId="77777777" w:rsidR="009D0AED" w:rsidRPr="00C5255C" w:rsidRDefault="009D0AED" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00642194" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00642194" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="00197E19" w:rsidRPr="00C5255C" w:rsidRDefault="00197E19" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0195B8CF" w14:textId="32AF1440" w:rsidR="005B657D" w:rsidRPr="00642194" w:rsidRDefault="00A3532C" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="4374FDA5" w14:textId="39D4607A" w:rsidR="00197E19" w:rsidRPr="00C5255C" w:rsidRDefault="00197E19" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -4697,270 +5486,280 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>importance</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve"> o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">f </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>literary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>arts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in Divan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>poetry</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>classification</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>literary</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>arts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...23 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Teşbih” </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...96 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> “istiare”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DFA02F" w14:textId="07CE9EB5" w:rsidR="003360EF" w:rsidRPr="00642194" w:rsidRDefault="00A3532C" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="7A3375F5" w14:textId="458E2B7A" w:rsidR="00197E19" w:rsidRPr="00C5255C" w:rsidRDefault="00197E19" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> p. 405-415</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="091113C1" w14:textId="0ACEB929" w:rsidR="003360EF" w:rsidRPr="00642194" w:rsidRDefault="00124A0C" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="23414219" w14:textId="7B1BD8A6" w:rsidR="00197E19" w:rsidRPr="00C5255C" w:rsidRDefault="00197E19" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4985,129 +5784,130 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>map</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005B657D" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Practice</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005B657D" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005B657D" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couplets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62847" w:rsidRPr="00642194" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00466279">
+          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="00197E19" w:rsidRPr="00EB21CC" w:rsidRDefault="00197E19" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00EB21CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49527597" w14:textId="48FA1AF8" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="005B657D">
-            <w:pPr>
+          <w:p w14:paraId="6BAB814A" w14:textId="28D95FB7" w:rsidR="00197E19" w:rsidRPr="00EB21CC" w:rsidRDefault="00197E19" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mecâz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
@@ -5154,208 +5954,203 @@
               </w:rPr>
               <w:t xml:space="preserve">, teşhis” </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> “intak”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B75F9D1" w14:textId="784585B7" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00694FC5">
-            <w:pPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="3C1AB013" w:rsidR="00197E19" w:rsidRPr="00EB21CC" w:rsidRDefault="00197E19" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> p. </w:t>
-[...7 lines deleted...]
-              <w:t>415-421</w:t>
+              <w:t xml:space="preserve"> p. 415-421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77FDD091" w14:textId="00420E37" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="6A682109" w14:textId="732FEABC" w:rsidR="00197E19" w:rsidRPr="00C5255C" w:rsidRDefault="00197E19" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00697774" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Practice</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00697774" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00697774" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couplets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62847" w:rsidRPr="00642194" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="004403A3">
+      <w:tr w:rsidR="00070588" w:rsidRPr="00C5255C" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="009E7231">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00466279">
+          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="00197E19" w:rsidRPr="00C5255C" w:rsidRDefault="00197E19" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBFAA8E" w14:textId="7ADA1353" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00C01B0E">
-            <w:pPr>
+          <w:p w14:paraId="7BCC2790" w14:textId="6863E546" w:rsidR="00197E19" w:rsidRPr="00C5255C" w:rsidRDefault="00197E19" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Îham</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
@@ -5396,125 +6191,114 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">-ı tezat” </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> “tevriye”</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2744" w:type="dxa"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>“tevriye”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="72FEE239" w14:textId="5878E66C" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="4264994C" w14:textId="79B15EBE" w:rsidR="00197E19" w:rsidRPr="00626886" w:rsidRDefault="00197E19" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> p</w:t>
-[...23 lines deleted...]
-              <w:t>421-429</w:t>
+              <w:t xml:space="preserve"> p. 421-429</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3739A057" w14:textId="48804944" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00697774" w:rsidP="00466279">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1B065C00" w14:textId="795754C4" w:rsidR="00197E19" w:rsidRPr="00C5255C" w:rsidRDefault="00197E19" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -5529,163 +6313,163 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couplets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62847" w:rsidRPr="00642194" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="004403A3">
+      <w:tr w:rsidR="00070588" w:rsidRPr="00C5255C" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="009E7231">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00466279">
+          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8C3390" w14:textId="6AACB24D" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00D62847">
-[...26 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w14:paraId="2DB57E5F" w14:textId="2385FC78" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>“Tenasüp,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>leff</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ü </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>neşr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>t</w:t>
-[...7 lines deleted...]
-              <w:t>ecâhül</w:t>
+              <w:t>tecâhül</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">-i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ârif</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -5722,115 +6506,101 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sihr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>-i helâl</w:t>
-[...13 lines deleted...]
-            <w:tcW w:w="2744" w:type="dxa"/>
+              <w:t>-i helâl”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="43A2FED1" w14:textId="0251AB9F" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="26BDCA38" w14:textId="420A42B7" w:rsidR="002F03A2" w:rsidRPr="00626886" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> p. </w:t>
-[...7 lines deleted...]
-              <w:t>431-446</w:t>
+              <w:t xml:space="preserve"> p. 431-446</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F167A28" w14:textId="76CE8259" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00697774" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="5A0399AA" w14:textId="76CF7730" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
@@ -5847,240 +6617,219 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couplets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62847" w:rsidRPr="00642194" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="00FD04EE">
+      <w:tr w:rsidR="00070588" w:rsidRPr="00C5255C" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="002E6019">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00466279">
+          <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="206DAB37" w14:textId="19459476" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00D62847">
-            <w:pPr>
+          <w:p w14:paraId="0931D2E2" w14:textId="04770116" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">“Mübalağa, tezat, tekrir, nidâ, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>istifhâm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, rücu” </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> “</w:t>
-[...29 lines deleted...]
-            <w:tcW w:w="2744" w:type="dxa"/>
+              <w:t xml:space="preserve"> “telmih” </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4E24EA" w14:textId="28422B15" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00D62847">
-            <w:pPr>
+          <w:p w14:paraId="5773CCF7" w14:textId="05C30FFA" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...29 lines deleted...]
-              <w:t>. 461-464</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> p. 447-459</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>p. 461-464</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12EAE6DF" w14:textId="166142DE" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00697774" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="108B07A9" w14:textId="2DBFDE7B" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -6098,220 +6847,200 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couplets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62847" w:rsidRPr="00642194" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00466279">
+          <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65547CF4" w14:textId="52397FE7" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00D62847">
-            <w:pPr>
+          <w:p w14:paraId="333F1193" w14:textId="6BFAF901" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>İrsâl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">-i mesel, iktibas” </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> “Cinas, </w:t>
-[...21 lines deleted...]
-            <w:tcW w:w="2744" w:type="dxa"/>
+              <w:t xml:space="preserve"> “Cinas, iştikak, akis”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="754A76C7" w14:textId="4B6EE749" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00D62847" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="1591F644" w14:textId="3C1D12D3" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> p. </w:t>
-[...7 lines deleted...]
-              <w:t>464-486</w:t>
+              <w:t xml:space="preserve"> p. 464-486</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44BB9DD7" w14:textId="6CF8F84B" w:rsidR="00D62847" w:rsidRPr="00642194" w:rsidRDefault="00697774" w:rsidP="00466279">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1BA15B95" w14:textId="4D9CC927" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -6326,333 +7055,339 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couplets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53FD0" w:rsidRPr="00642194" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00466279">
+          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="005C5238" w:rsidRPr="00C5255C" w:rsidRDefault="005C5238" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0">
-            <w:pPr>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="512F4CEA" w:rsidR="005C5238" w:rsidRPr="00C5255C" w:rsidRDefault="005C5238" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Midterm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="04590A59" w14:textId="77777777" w:rsidR="005C5238" w:rsidRPr="00C5255C" w:rsidRDefault="005C5238" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="66EE9B06" w14:textId="77777777" w:rsidR="005C5238" w:rsidRPr="00C5255C" w:rsidRDefault="005C5238" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53FD0" w:rsidRPr="00642194" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00466279">
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="005C5238" w:rsidRPr="00C5255C" w:rsidRDefault="005C5238" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0">
-            <w:pPr>
+          <w:p w14:paraId="3BE72139" w14:textId="3EEE72C9" w:rsidR="005C5238" w:rsidRPr="00C5255C" w:rsidRDefault="005C5238" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Midterm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="305D5438" w14:textId="77777777" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="77777777" w:rsidR="005C5238" w:rsidRPr="00C5255C" w:rsidRDefault="005C5238" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0774A7A9" w14:textId="77777777" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="77777777" w:rsidR="005C5238" w:rsidRPr="00C5255C" w:rsidRDefault="005C5238" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53FD0" w:rsidRPr="00642194" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00466279">
+          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="645FD6BD" w14:textId="6504142C" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00642194" w:rsidP="00065588">
-            <w:pPr>
+          <w:p w14:paraId="05C966E6" w14:textId="22E83E1A" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ext</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
@@ -7087,310 +7822,312 @@
               <w:t>literary</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>devices</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBDEF72" w14:textId="0A30C4FC" w:rsidR="00CB4B6B" w:rsidRPr="00642194" w:rsidRDefault="008C5914" w:rsidP="00317C27">
-            <w:pPr>
+          <w:p w14:paraId="1A7D3643" w14:textId="03808C8B" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5097B9A3" w14:textId="0DF6B6D4" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="001B5F10" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="50975E5D" w14:textId="7FD1AB4F" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00697774" w:rsidRPr="00697774">
+            <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Group</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00697774" w:rsidRPr="00697774">
-[...9 lines deleted...]
-            <w:r w:rsidR="00697774" w:rsidRPr="00697774">
+            <w:r w:rsidRPr="00697774">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>work</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53FD0" w:rsidRPr="00642194" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00466279">
+          <w:p w14:paraId="16BE0142" w14:textId="32FFA818" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2531C78E" w14:textId="2242E533" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00642194" w:rsidP="00CB4B6B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+          <w:p w14:paraId="1242F594" w14:textId="4359DF11" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sample</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couplet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>analyses</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>commentary</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>exercises</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01C14D55" w14:textId="4D4B4431" w:rsidR="00CB4B6B" w:rsidRPr="00642194" w:rsidRDefault="00DC0F88" w:rsidP="00065588">
-            <w:pPr>
+          <w:p w14:paraId="2DD3F5E0" w14:textId="0C5DB181" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DC0F88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Examples</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DC0F88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7423,57 +8160,58 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DC0F88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DC0F88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>books</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC078F0" w14:textId="6CBE6A78" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00697774" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="378C5450" w14:textId="5DA0FEA1" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Practice</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
@@ -7490,105 +8228,106 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Brainstorming</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53FD0" w:rsidRPr="00642194" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D80E60F" w14:textId="6CF35677" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00CA7546">
+          <w:p w14:paraId="1FD197EA" w14:textId="739AB7E4" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="00DF7BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00CA7546">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1506B42E" w14:textId="17278138" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00642194" w:rsidP="00D34EEC">
-            <w:pPr>
+          <w:p w14:paraId="46BDADB8" w14:textId="00647B18" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="008733A3">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -7843,118 +8582,120 @@
               </w:rPr>
               <w:t xml:space="preserve">: Yunus Emre </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hacı Bektaş-ı Veli</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3AFD50" w14:textId="10EC65DE" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00DC0F88" w:rsidP="00DC0F88">
-            <w:pPr>
+          <w:p w14:paraId="75BE5125" w14:textId="6657DA4C" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Şentürk </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DC0F88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kartal, 2019, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>p</w:t>
+              <w:t>p. 128-132; 146-</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC0F88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>. 128- 132; 146- 148</w:t>
+              <w:t>148</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B14AD2C" w14:textId="4053DC25" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00697774" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="213BE876" w14:textId="5A01151A" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
@@ -7991,106 +8732,108 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>answer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53FD0" w:rsidRPr="00642194" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A625B94" w14:textId="5FD5509C" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00CA7546">
+          <w:p w14:paraId="65311EE9" w14:textId="7DF44304" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="00DF7BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00CA7546">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A60206C" w14:textId="1C78E55E" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00642194" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="287BBCEB" w14:textId="1D3527C3" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="008733A3">
+            <w:pPr>
+              <w:ind w:left="8" w:hanging="8"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> life, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -8165,57 +8908,58 @@
               </w:rPr>
               <w:t xml:space="preserve"> of Mevlana </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Celâleddin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-i Rûmî</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34C8B00B" w14:textId="15022280" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00DC0F88" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="2E0B48E8" w14:textId="6E194492" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Şentürk </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -8224,232 +8968,241 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kartal, 2019, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC0F88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>132-</w:t>
+            </w:r>
             <w:r w:rsidRPr="00DC0F88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>132- 141</w:t>
+              <w:t>141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1216638D" w14:textId="6AA8C8B8" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00697774" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="01F8B557" w14:textId="1214DD56" w:rsidR="002F03A2" w:rsidRPr="00C5255C" w:rsidRDefault="002F03A2" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Flipped</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>classroom</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00D34EEC" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp;</w:t>
             </w:r>
-            <w:r w:rsidR="00D34EEC" w:rsidRPr="00642194">
-[...8 lines deleted...]
-            <w:r w:rsidR="00D34EEC" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Question</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00D34EEC" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="00D34EEC" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00D34EEC" w:rsidRPr="00642194">
-[...9 lines deleted...]
-            <w:r w:rsidR="00D34EEC" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>answer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F53FD0" w:rsidRPr="00642194" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139183D5" w14:textId="46230AB7" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00F53FD0" w:rsidP="00CA7546">
+          <w:p w14:paraId="7AF156B4" w14:textId="2D08F7D0" w:rsidR="00D850A0" w:rsidRPr="00C5255C" w:rsidRDefault="00D850A0" w:rsidP="00DF7BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00CA7546">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="507B399A" w14:textId="5959A38C" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00642194" w:rsidP="00642194">
+          <w:p w14:paraId="17983BCB" w14:textId="31F36705" w:rsidR="00D850A0" w:rsidRPr="00C5255C" w:rsidRDefault="00D850A0" w:rsidP="00DB727D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> life, </w:t>
@@ -8588,57 +9341,58 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ghazal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="225D9DC4" w14:textId="1C0AC1C1" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00DC0F88" w:rsidP="00D34EEC">
-            <w:pPr>
+          <w:p w14:paraId="463A8CB9" w14:textId="74E54EB9" w:rsidR="00D850A0" w:rsidRPr="00C5255C" w:rsidRDefault="00D850A0" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Şentürk </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -8647,476 +9401,485 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kartal, 2019, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC0F88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>141-</w:t>
+            </w:r>
             <w:r w:rsidRPr="00DC0F88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>141- 146</w:t>
+              <w:t>146</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7A335A" w14:textId="0E93BDD0" w:rsidR="00F53FD0" w:rsidRPr="00642194" w:rsidRDefault="00697774" w:rsidP="00697774">
-            <w:pPr>
+          <w:p w14:paraId="4F3574F7" w14:textId="17F321CD" w:rsidR="00D850A0" w:rsidRPr="00C5255C" w:rsidRDefault="00D850A0" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Flipped</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>classroom</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007A24D0" w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">&amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Practice</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00697774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couplets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="4A679CB1" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="1DC68349" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD0AF6B" w14:textId="495EDAC2" w:rsidR="00CA7546" w:rsidRPr="00CA7546" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+          <w:p w14:paraId="2FEDC04C" w14:textId="63A7584A" w:rsidR="00D850A0" w:rsidRPr="00DF7BB9" w:rsidRDefault="00D850A0" w:rsidP="00DF7BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DF7BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF6F6DB" w14:textId="3749DA56" w:rsidR="00D850A0" w:rsidRPr="00C5255C" w:rsidRDefault="00D850A0" w:rsidP="003A59DF">
+            <w:pPr>
+              <w:ind w:left="8" w:hanging="8"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b w:val="0"/>
-[...24 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Commentary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA7546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Commentary</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> on a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> on a </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>ghazal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA7546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ghazal</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA7546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>by</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Sultan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Sultan </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Veled</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="440A2D14" w14:textId="06F9E442" w:rsidR="00CA7546" w:rsidRDefault="00CA7546" w:rsidP="00CA7546">
-            <w:pPr>
+          <w:p w14:paraId="73690D54" w14:textId="49BE9827" w:rsidR="00D850A0" w:rsidRPr="00C5255C" w:rsidRDefault="00D850A0" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">İz, 2011, </w:t>
-[...15 lines deleted...]
-              <w:t>. 133- 137</w:t>
+              <w:t>İz, 2011, p. 133-137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="557025D1" w14:textId="26AAED38" w:rsidR="00CA7546" w:rsidRPr="00CA7546" w:rsidRDefault="00CA7546" w:rsidP="00697774">
-            <w:pPr>
+          <w:p w14:paraId="203148E7" w14:textId="5A5FA9D3" w:rsidR="00D850A0" w:rsidRDefault="00D850A0" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Practice</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA7546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA7546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couplets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+          <w:p w14:paraId="177346A9" w14:textId="777CDD56" w:rsidR="00D850A0" w:rsidRPr="00C5255C" w:rsidRDefault="00D850A0" w:rsidP="00DF7BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
-[...7 lines deleted...]
-              <w:t>16</w:t>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34D275E4" w14:textId="0C3E299F" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="3C6A86DB" w14:textId="568616EB" w:rsidR="00D850A0" w:rsidRPr="00C5255C" w:rsidRDefault="00D850A0" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">General </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>review</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09017603" w14:textId="71B4B09A" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="5DC441A5" w14:textId="66EC540A" w:rsidR="00D850A0" w:rsidRPr="00C5255C" w:rsidRDefault="00D850A0" w:rsidP="009224B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1818FDD3" w14:textId="1FF0BDF9" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="4D1738B9" w14:textId="41A1694E" w:rsidR="00D850A0" w:rsidRPr="00C5255C" w:rsidRDefault="00D850A0" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Question</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9133,575 +9896,675 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>answer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="006A39ED" w:rsidRPr="00C5255C" w:rsidRDefault="006A39ED" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40EA682F" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546">
-            <w:pPr>
+          <w:p w14:paraId="682EA4FF" w14:textId="75DE390E" w:rsidR="006A39ED" w:rsidRPr="00C5255C" w:rsidRDefault="006A39ED" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BABA8DD" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="607CC73E" w14:textId="77777777" w:rsidR="006A39ED" w:rsidRPr="00C5255C" w:rsidRDefault="006A39ED" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="037A25AB" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="2DF471FD" w14:textId="77777777" w:rsidR="006A39ED" w:rsidRPr="00C5255C" w:rsidRDefault="006A39ED" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="006A39ED" w:rsidRPr="00C5255C" w:rsidRDefault="006A39ED" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4554" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="466131D0" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546">
-            <w:pPr>
+          <w:p w14:paraId="4C0A0783" w14:textId="4BDA6CAB" w:rsidR="006A39ED" w:rsidRPr="00C5255C" w:rsidRDefault="006A39ED" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19C0D284" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="37CF168A" w14:textId="77777777" w:rsidR="006A39ED" w:rsidRPr="00C5255C" w:rsidRDefault="006A39ED" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2775" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1558DAF0" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="1EA07FD4" w14:textId="77777777" w:rsidR="006A39ED" w:rsidRPr="00C5255C" w:rsidRDefault="006A39ED" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00070588" w:rsidRPr="00C5255C" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10967" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="0009745F">
+          <w:p w14:paraId="61C3B0D6" w14:textId="02E30E61" w:rsidR="00070588" w:rsidRPr="00C5255C" w:rsidRDefault="00070588" w:rsidP="002540BC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Resources</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00070588" w:rsidRPr="00C5255C" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="31D76A32" w14:textId="2CBF03B5" w:rsidR="00070588" w:rsidRPr="00C5255C" w:rsidRDefault="00070588" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="7518" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF085FE" w14:textId="0F905AF7" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="3011E0E6" w14:textId="78CB68C8" w:rsidR="00070588" w:rsidRPr="00C5255C" w:rsidRDefault="00070588" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dilçin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, C</w:t>
             </w:r>
             <w:r w:rsidRPr="009933A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. (2009). </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Örneklerle Türk Şiir Bilgisi</w:t>
+            </w:r>
             <w:r w:rsidRPr="009933A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Örneklerle Türk Şiir Bilgisi. Ankara: TDK Yay</w:t>
+              <w:t>. Ankara: TDK Yay</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ınları.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00070588" w:rsidRPr="00C5255C" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0ED8829A" w14:textId="47689B96" w:rsidR="00070588" w:rsidRPr="00C5255C" w:rsidRDefault="00070588" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="3241"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Recommended</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>References</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="7518" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1153B2" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRDefault="00CA7546" w:rsidP="00050590">
-            <w:pPr>
+          <w:p w14:paraId="73CC0FBB" w14:textId="06AD292C" w:rsidR="00070588" w:rsidRDefault="00070588" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E563D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">İz, F. (2011). Eski Türk Edebiyatında Nazım 1. Ankara: </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">İz, F. (2011). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eski Türk Edebiyatında Nazım 1</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E563D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">. Ankara: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E563D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Akçağ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E563D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Yay.</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> Yay</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ınları</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E563D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FED4965" w14:textId="41CE713C" w:rsidR="00070588" w:rsidRDefault="00070588" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009933A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Saraç, Yekta. (2010). Klasik Edebiyat Bilgisi Belâgat. İstanbul: </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Saraç, Yekta. (2010). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasik Edebiyat Bilgisi Belâgat</w:t>
+            </w:r>
             <w:r w:rsidRPr="009933A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">. İstanbul: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009933A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Gökkubbe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yayınları</w:t>
+            </w:r>
             <w:r w:rsidRPr="009933A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EE52F30" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRDefault="00CA7546" w:rsidP="00050590">
-            <w:pPr>
+          <w:p w14:paraId="2B3F3976" w14:textId="77777777" w:rsidR="00070588" w:rsidRDefault="00070588" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Şentürk, A. </w:t>
             </w:r>
             <w:r w:rsidRPr="008049ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -9724,2853 +10587,2530 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve Kartal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, A.</w:t>
             </w:r>
             <w:r w:rsidRPr="008049ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (2019). Eski Türk Edebiyatı Tarihi. </w:t>
+              <w:t xml:space="preserve"> (2019). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eski Türk Edebiyatı Tarihi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008049ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008049ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>İstanbul: Dergâh Yayınları</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="06D75E96" w14:textId="2FFE6264" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="45BB294A" w14:textId="77777777" w:rsidR="00070588" w:rsidRDefault="00070588" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Mengi, M. (2005). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eski Türk Edebiyatı Tarihi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Ankara: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Akçağ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yayınları.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23171847" w14:textId="1258DB20" w:rsidR="00070588" w:rsidRPr="00C5255C" w:rsidRDefault="00070588" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">İsen, M. vd. (2011). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eski Türk Edebiyatı El Kitabı</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ankara: Grafiker Yayınları.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10967" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="0009745F">
+          <w:p w14:paraId="28AC308E" w14:textId="76A178E5" w:rsidR="00624453" w:rsidRPr="00C5255C" w:rsidRDefault="00624453" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-              </w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Assessment</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00C5255C" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="001B4DBF">
+          <w:p w14:paraId="63F42C52" w14:textId="6280E725" w:rsidR="00624453" w:rsidRPr="00C5255C" w:rsidRDefault="00624453" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="001B4DBF">
+          <w:p w14:paraId="295544CB" w14:textId="09B7E6F9" w:rsidR="00624453" w:rsidRPr="00C5255C" w:rsidRDefault="00624453" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="473CF504" w14:textId="6B2456CB" w:rsidR="00624453" w:rsidRPr="00C5255C" w:rsidRDefault="00624453" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Number</w:t>
-[...7 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:t>Percentile</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="001B4DBF">
+          <w:p w14:paraId="0890690E" w14:textId="05D683F2" w:rsidR="00624453" w:rsidRPr="00C5255C" w:rsidRDefault="00624453" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="00512FB7" w14:paraId="6471333B" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="64721738" w14:textId="2DFB3666" w:rsidR="00624453" w:rsidRPr="00624453" w:rsidRDefault="00624453" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624453">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Midterm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00624453">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624453">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="206EDFB6" w14:textId="24F90EDE" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+          <w:p w14:paraId="07F1B762" w14:textId="77777777" w:rsidR="00624453" w:rsidRPr="00512FB7" w:rsidRDefault="00624453" w:rsidP="003521B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5888FADE" w14:textId="01BC23DC" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+          <w:p w14:paraId="5F14DDA0" w14:textId="373EA70F" w:rsidR="00624453" w:rsidRPr="00512FB7" w:rsidRDefault="00624453" w:rsidP="003521B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...11 lines deleted...]
-              <w:t>%40</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4722" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0D07DE" w14:textId="14DAB473" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-[...3 lines deleted...]
-                <w:b w:val="0"/>
+          <w:p w14:paraId="3E8737B7" w14:textId="62950C16" w:rsidR="00624453" w:rsidRPr="00512FB7" w:rsidRDefault="00624453" w:rsidP="00433B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Written</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="6A0D5EFC" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00624453" w:rsidRPr="006C2863" w14:paraId="6EDB671C" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-[...42 lines deleted...]
-              <w:tab/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0048B55D" w14:textId="5D446C8E" w:rsidR="00624453" w:rsidRPr="00624453" w:rsidRDefault="00624453" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624453">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1233" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="79D8924C" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0062526F" w14:textId="77777777" w:rsidR="00624453" w:rsidRPr="006C2863" w:rsidRDefault="00624453" w:rsidP="003521B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...13 lines deleted...]
-          <w:p w14:paraId="04716187" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C2863">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57010ECB" w14:textId="2FB5F522" w:rsidR="00624453" w:rsidRPr="006C2863" w:rsidRDefault="00624453" w:rsidP="003521B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C2863">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4722" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA158E0" w14:textId="168374DA" w:rsidR="00624453" w:rsidRPr="006C2863" w:rsidRDefault="00624453" w:rsidP="00433B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Written</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00823FB9" w:rsidRPr="00C5255C" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="2439FEE9" w14:textId="498FAE9C" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39403082" w14:textId="5BAE1388" w:rsidR="00823FB9" w:rsidRPr="00C5255C" w:rsidRDefault="00823FB9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...98 lines deleted...]
-              <w:t>assignment</w:t>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECTS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Table</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00823FB9" w:rsidRPr="00C5255C" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-[...43 lines deleted...]
-            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6BF518" w14:textId="22DDAD4D" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+          <w:p w14:paraId="6AF9BB0F" w14:textId="137EA6F7" w:rsidR="00823FB9" w:rsidRPr="00C5255C" w:rsidRDefault="00823FB9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098A1D92" w14:textId="069470B2" w:rsidR="00823FB9" w:rsidRPr="00C5255C" w:rsidRDefault="00823FB9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="129D2BE7" w14:textId="239C7294" w:rsidR="00823FB9" w:rsidRPr="00C5255C" w:rsidRDefault="00823FB9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4722" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77A68D7B" w14:textId="015E89EB" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="006906B7">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="32AA09CC" w14:textId="297A8BF0" w:rsidR="00823FB9" w:rsidRPr="00C5255C" w:rsidRDefault="00823FB9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="7BCE55EB" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00EB468F" w:rsidRPr="00C5255C" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-[...43 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F56161B" w14:textId="11B3A469" w:rsidR="00EB468F" w:rsidRPr="00C5255C" w:rsidRDefault="00EB468F" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1233" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6143BF01" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549B0A4F" w14:textId="77777777" w:rsidR="00EB468F" w:rsidRPr="00C5255C" w:rsidRDefault="00EB468F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...8 lines deleted...]
-            <w:tcW w:w="1563" w:type="dxa"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7F036945" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE76651" w14:textId="27D058E3" w:rsidR="00EB468F" w:rsidRPr="00C5255C" w:rsidRDefault="00EB468F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4722" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4D27A9" w14:textId="7EEECA29" w:rsidR="00EB468F" w:rsidRPr="00C5255C" w:rsidRDefault="00EB468F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00EB468F" w:rsidRPr="00C5255C" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-[...52 lines deleted...]
-            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42E598CA" w14:textId="306CFB10" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="006906B7">
+          <w:p w14:paraId="3B9E5DE7" w14:textId="0FB0D553" w:rsidR="00EB468F" w:rsidRPr="00C5255C" w:rsidRDefault="00EB468F" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Out</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-of-Class </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="458530B9" w14:textId="77777777" w:rsidR="00EB468F" w:rsidRPr="00C5255C" w:rsidRDefault="00EB468F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21AAFFD4" w14:textId="04725989" w:rsidR="00EB468F" w:rsidRPr="00C5255C" w:rsidRDefault="00EB468F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...11 lines deleted...]
-              <w:t>%50</w:t>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4722" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D234BC1" w14:textId="2AEE226C" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
-[...38 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="38251A98" w14:textId="57ECC74A" w:rsidR="00EB468F" w:rsidRPr="00C5255C" w:rsidRDefault="00EB468F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0076587D" w:rsidRPr="00C5255C" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10967" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="0009745F">
+          <w:p w14:paraId="5186E46B" w14:textId="0146C9B2" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00FF421C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>erm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Duration+Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5C7A5" w14:textId="13D0D374" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8D88F" w14:textId="37393D9C" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00617C58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698DB0F" w14:textId="53985F7F" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00617C58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0076587D" w:rsidRPr="00C5255C" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4682" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="001B4DBF">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F32B48B" w14:textId="6038B9C0" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00FF421C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-              <w:t>Content</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Duration+</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="001B4DBF">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57453E3E" w14:textId="7089B728" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="001B4DBF">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1671B335" w14:textId="767E05AD" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00095C0B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00642194">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...1079 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3506B9" w14:textId="23F63A84" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00466279">
+          <w:p w14:paraId="22F4B433" w14:textId="335FD794" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00095C0B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
-[...6 lines deleted...]
-              <w:t>42</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0076587D" w:rsidRPr="00C5255C" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9266" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00EC693D">
+          <w:p w14:paraId="650BD00F" w14:textId="502D1A30" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1701" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21B894EB" w14:textId="18172FAC" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00CB635E">
+          <w:p w14:paraId="1139CD8F" w14:textId="1D3B4CD3" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00095C0B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
-[...8 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>166</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0076587D" w:rsidRPr="00C5255C" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9266" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00EC693D">
+          <w:p w14:paraId="29DE5894" w14:textId="7C71782E" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
-[...6 lines deleted...]
-              <w:t>Total / 30:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642194">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/ 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1701" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27F77D59" w14:textId="48F414ED" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00CB635E">
+          <w:p w14:paraId="51F8EF1F" w14:textId="5C666CCF" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
-[...7 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...8 lines deleted...]
-              <w:t>/30</w:t>
+              <w:t>166</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7546" w:rsidRPr="00642194" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0076587D" w:rsidRPr="00C5255C" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9266" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00EC693D">
+          <w:p w14:paraId="6C6F04D3" w14:textId="70F3E4A8" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ECTS </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Credit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00642194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1701" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C524EC3" w14:textId="7C3C3FCE" w:rsidR="00CA7546" w:rsidRPr="00642194" w:rsidRDefault="00CA7546" w:rsidP="00D41B6B">
+          <w:p w14:paraId="7A18FD7F" w14:textId="13C18A1F" w:rsidR="0076587D" w:rsidRPr="00C5255C" w:rsidRDefault="0076587D" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00642194" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="00C5255C" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00642194" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="5269A0A7" w14:textId="488D998F" w:rsidR="003A4CE2" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642194">
+    </w:p>
+    <w:p w14:paraId="7B207F1C" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br w:type="page"/>
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28B94531" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66A0318E" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A99FCBD" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7081A491" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38933A93" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="033AE276" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="050E802B" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1857A70D" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B05563" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C8ADF9" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15C6E63A" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A7AFE77" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B80C1F8" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="059E1D6A" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DDB2894" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BB06AA9" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39F8DEBD" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B85D08E" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3387E64D" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F9ADEDA" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73644AF3" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="699C52EC" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D26114F" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2872DAEB" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59452D54" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE8E60D" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ACE6832" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B804072" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62354009" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FE68551" w14:textId="77777777" w:rsidR="002B15A3" w:rsidRDefault="002B15A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EE93947" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00642194" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="002B15A3" w:rsidRPr="00C5255C" w14:paraId="2BA50C5E" w14:textId="77777777" w:rsidTr="00B66774">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00642194" w:rsidRDefault="007C64CB">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="64D3C7CE" w14:textId="2D3EB809" w:rsidR="002B15A3" w:rsidRPr="00C5255C" w:rsidRDefault="002B15A3" w:rsidP="00B66774">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB0897">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Past</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00BB0897">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB0897">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Term</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642194">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00BB0897">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB0897">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Achievements</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00642194" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="0006441E" w:rsidRPr="00C5255C" w14:paraId="3D70CD93" w14:textId="77777777" w:rsidTr="00B66774">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00642194" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
+          <w:p w14:paraId="75D84684" w14:textId="77777777" w:rsidR="0006441E" w:rsidRPr="00C5255C" w:rsidRDefault="0006441E" w:rsidP="00B66774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642194">
+            <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F14C64E" wp14:editId="62F58928">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DDB056E" wp14:editId="666C20F4">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E8F7166" w14:textId="7569B724" w:rsidR="003237AD" w:rsidRPr="00642194" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+          <w:p w14:paraId="05162407" w14:textId="77777777" w:rsidR="0006441E" w:rsidRPr="00C5255C" w:rsidRDefault="0006441E" w:rsidP="00B66774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...54 lines deleted...]
-            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00642194" w:rsidRDefault="003A4CE2">
+    <w:p w14:paraId="2447132A" w14:textId="77777777" w:rsidR="0006441E" w:rsidRPr="00C5255C" w:rsidRDefault="0006441E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00642194" w:rsidSect="005A2B8A">
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="0006441E" w:rsidRPr="00C5255C" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19D03945" w14:textId="77777777" w:rsidR="009129C8" w:rsidRDefault="009129C8" w:rsidP="0034027E">
+    <w:p w14:paraId="1E9C8615" w14:textId="77777777" w:rsidR="00D96EE3" w:rsidRDefault="00D96EE3" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67064134" w14:textId="77777777" w:rsidR="009129C8" w:rsidRDefault="009129C8" w:rsidP="0034027E">
+    <w:p w14:paraId="5D6E5660" w14:textId="77777777" w:rsidR="00D96EE3" w:rsidRDefault="00D96EE3" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -12585,437 +13125,556 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28AED935" w14:textId="77777777" w:rsidR="009129C8" w:rsidRDefault="009129C8" w:rsidP="0034027E">
+    <w:p w14:paraId="4B9FE59A" w14:textId="77777777" w:rsidR="00D96EE3" w:rsidRDefault="00D96EE3" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="744F20A2" w14:textId="77777777" w:rsidR="009129C8" w:rsidRDefault="009129C8" w:rsidP="0034027E">
+    <w:p w14:paraId="1640BCD4" w14:textId="77777777" w:rsidR="00D96EE3" w:rsidRDefault="00D96EE3" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:docPr id="2" name="Resim 2" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
-    <w:rsid w:val="00023775"/>
-    <w:rsid w:val="00043CF7"/>
+    <w:rsid w:val="000501AC"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
-    <w:rsid w:val="0005753B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00065588"/>
+    <w:rsid w:val="00060B10"/>
+    <w:rsid w:val="0006441E"/>
+    <w:rsid w:val="00070588"/>
     <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00086683"/>
     <w:rsid w:val="00090AED"/>
-    <w:rsid w:val="0009745F"/>
+    <w:rsid w:val="000927D6"/>
+    <w:rsid w:val="00093FF9"/>
+    <w:rsid w:val="00095AAB"/>
+    <w:rsid w:val="00095C0B"/>
     <w:rsid w:val="000A4453"/>
-    <w:rsid w:val="000B75B0"/>
+    <w:rsid w:val="000B6894"/>
+    <w:rsid w:val="000C56F9"/>
+    <w:rsid w:val="000C5D88"/>
+    <w:rsid w:val="000D12F0"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
-    <w:rsid w:val="0011056F"/>
-    <w:rsid w:val="00124A0C"/>
+    <w:rsid w:val="00113E47"/>
     <w:rsid w:val="00146F98"/>
-    <w:rsid w:val="00154070"/>
     <w:rsid w:val="001639F7"/>
-    <w:rsid w:val="00170CC3"/>
+    <w:rsid w:val="001665A4"/>
+    <w:rsid w:val="001671DB"/>
+    <w:rsid w:val="00176617"/>
     <w:rsid w:val="0017773A"/>
-    <w:rsid w:val="0018141E"/>
+    <w:rsid w:val="00191B59"/>
     <w:rsid w:val="0019361E"/>
-    <w:rsid w:val="00196E60"/>
+    <w:rsid w:val="00197E19"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
-    <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
-    <w:rsid w:val="001B5F10"/>
-    <w:rsid w:val="001C134A"/>
+    <w:rsid w:val="001B712E"/>
+    <w:rsid w:val="001C20A8"/>
+    <w:rsid w:val="001C53B0"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F2F17"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00212A30"/>
-    <w:rsid w:val="00225082"/>
+    <w:rsid w:val="00230D4B"/>
     <w:rsid w:val="00233A78"/>
-    <w:rsid w:val="00252D65"/>
+    <w:rsid w:val="002374C9"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
-    <w:rsid w:val="0028080F"/>
-    <w:rsid w:val="00285618"/>
+    <w:rsid w:val="002730CE"/>
+    <w:rsid w:val="002934E5"/>
+    <w:rsid w:val="002B15A3"/>
+    <w:rsid w:val="002B46F9"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E0E3F"/>
+    <w:rsid w:val="002E357F"/>
+    <w:rsid w:val="002E3CE6"/>
+    <w:rsid w:val="002E589D"/>
     <w:rsid w:val="002E660C"/>
-    <w:rsid w:val="002E7F97"/>
+    <w:rsid w:val="002F03A2"/>
+    <w:rsid w:val="003008F0"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031763C"/>
-    <w:rsid w:val="00317C27"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00321B3E"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345B7B"/>
     <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003521B0"/>
     <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003552AC"/>
+    <w:rsid w:val="003618F9"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
+    <w:rsid w:val="00385147"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003A59DF"/>
+    <w:rsid w:val="003B04ED"/>
     <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003C4C9C"/>
+    <w:rsid w:val="003D1400"/>
+    <w:rsid w:val="003D2B09"/>
     <w:rsid w:val="003E396C"/>
-    <w:rsid w:val="003E684D"/>
     <w:rsid w:val="0042441A"/>
-    <w:rsid w:val="00426C82"/>
+    <w:rsid w:val="00425477"/>
+    <w:rsid w:val="00433B9A"/>
+    <w:rsid w:val="004340B8"/>
     <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="004474D4"/>
+    <w:rsid w:val="004523E6"/>
+    <w:rsid w:val="00454603"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
-    <w:rsid w:val="00472638"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00480D2E"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00495EE2"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A38FF"/>
     <w:rsid w:val="004A7E15"/>
-    <w:rsid w:val="004B1314"/>
-    <w:rsid w:val="004D5A57"/>
+    <w:rsid w:val="004B5640"/>
+    <w:rsid w:val="004D0930"/>
+    <w:rsid w:val="004D14FE"/>
     <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="004E27FE"/>
+    <w:rsid w:val="004F7565"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="00547C14"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
-    <w:rsid w:val="005B657D"/>
+    <w:rsid w:val="005A44D2"/>
+    <w:rsid w:val="005B010A"/>
+    <w:rsid w:val="005B58C9"/>
     <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005C4012"/>
+    <w:rsid w:val="005C5238"/>
+    <w:rsid w:val="005D558B"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00617C58"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00624453"/>
+    <w:rsid w:val="00626886"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
-    <w:rsid w:val="00640F43"/>
-    <w:rsid w:val="00642194"/>
     <w:rsid w:val="00642ED5"/>
-    <w:rsid w:val="0065015E"/>
+    <w:rsid w:val="00643A87"/>
+    <w:rsid w:val="0065089F"/>
+    <w:rsid w:val="00651E36"/>
+    <w:rsid w:val="006634A1"/>
+    <w:rsid w:val="006646F8"/>
     <w:rsid w:val="00681162"/>
-    <w:rsid w:val="006906B7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00697774"/>
     <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A39ED"/>
     <w:rsid w:val="006A6D82"/>
-    <w:rsid w:val="006D47E9"/>
-    <w:rsid w:val="006F1342"/>
+    <w:rsid w:val="006B6D60"/>
+    <w:rsid w:val="006E0C24"/>
+    <w:rsid w:val="006E4824"/>
+    <w:rsid w:val="006F3E81"/>
     <w:rsid w:val="007062CB"/>
-    <w:rsid w:val="0071123A"/>
+    <w:rsid w:val="00710EF0"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="0074595E"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="00753D15"/>
     <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="007657E1"/>
+    <w:rsid w:val="0076587D"/>
     <w:rsid w:val="00770795"/>
-    <w:rsid w:val="007A24D0"/>
-    <w:rsid w:val="007C64CB"/>
+    <w:rsid w:val="007730F5"/>
+    <w:rsid w:val="007810C4"/>
+    <w:rsid w:val="007A1B2E"/>
+    <w:rsid w:val="007A394D"/>
+    <w:rsid w:val="007A6FD0"/>
+    <w:rsid w:val="007B38FD"/>
+    <w:rsid w:val="007B40C0"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007E0401"/>
     <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="007F10DA"/>
     <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="0080236F"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00823FB9"/>
     <w:rsid w:val="00825885"/>
+    <w:rsid w:val="0083045E"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
+    <w:rsid w:val="008529DB"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
+    <w:rsid w:val="0087267E"/>
+    <w:rsid w:val="008733A3"/>
     <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="0088080E"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00892A1C"/>
+    <w:rsid w:val="0089433F"/>
     <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008976F8"/>
     <w:rsid w:val="008A022E"/>
-    <w:rsid w:val="008C5914"/>
+    <w:rsid w:val="008B2369"/>
+    <w:rsid w:val="008D402F"/>
     <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008E7C55"/>
+    <w:rsid w:val="008F7046"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
-    <w:rsid w:val="009129C8"/>
     <w:rsid w:val="00916141"/>
+    <w:rsid w:val="009224B1"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00965A63"/>
+    <w:rsid w:val="00971EE4"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="009933A9"/>
+    <w:rsid w:val="009951BD"/>
     <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009B78C1"/>
     <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009D0AED"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A33F69"/>
-    <w:rsid w:val="00A3532C"/>
+    <w:rsid w:val="00A34FF7"/>
     <w:rsid w:val="00A3554C"/>
-    <w:rsid w:val="00A42061"/>
+    <w:rsid w:val="00A50551"/>
+    <w:rsid w:val="00A53FEF"/>
     <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A60C1D"/>
+    <w:rsid w:val="00A64B40"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00AA2C39"/>
+    <w:rsid w:val="00AA5E11"/>
+    <w:rsid w:val="00AA7EFF"/>
+    <w:rsid w:val="00AC0160"/>
+    <w:rsid w:val="00AF2294"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B20FC0"/>
     <w:rsid w:val="00B41C3E"/>
-    <w:rsid w:val="00B52C20"/>
     <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B70D22"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
-    <w:rsid w:val="00B816A0"/>
     <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA0347"/>
     <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2104"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BB5C71"/>
+    <w:rsid w:val="00BC3162"/>
+    <w:rsid w:val="00BC33E0"/>
     <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BE01BC"/>
     <w:rsid w:val="00BF06B4"/>
-    <w:rsid w:val="00C01B0E"/>
+    <w:rsid w:val="00BF151E"/>
+    <w:rsid w:val="00BF3F28"/>
+    <w:rsid w:val="00C11C36"/>
+    <w:rsid w:val="00C12DC9"/>
+    <w:rsid w:val="00C13C64"/>
+    <w:rsid w:val="00C332DB"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C5255C"/>
+    <w:rsid w:val="00C552D3"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C62539"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C70EC0"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C800DC"/>
+    <w:rsid w:val="00C97002"/>
     <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA2F3E"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
-    <w:rsid w:val="00CA7546"/>
-    <w:rsid w:val="00CB4B6B"/>
+    <w:rsid w:val="00CA7C86"/>
     <w:rsid w:val="00CB4F20"/>
-    <w:rsid w:val="00CB635E"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
-    <w:rsid w:val="00D34EEC"/>
+    <w:rsid w:val="00D26EA0"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
-    <w:rsid w:val="00D62847"/>
+    <w:rsid w:val="00D505BD"/>
+    <w:rsid w:val="00D60183"/>
+    <w:rsid w:val="00D850A0"/>
     <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00D96EE3"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DB421F"/>
+    <w:rsid w:val="00DB727D"/>
     <w:rsid w:val="00DC07E8"/>
-    <w:rsid w:val="00DC0F88"/>
+    <w:rsid w:val="00DC4486"/>
     <w:rsid w:val="00DD0194"/>
-    <w:rsid w:val="00DE6036"/>
+    <w:rsid w:val="00DE39B5"/>
+    <w:rsid w:val="00DE5AD4"/>
+    <w:rsid w:val="00DF29C3"/>
+    <w:rsid w:val="00DF7BB9"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
-    <w:rsid w:val="00E5279E"/>
+    <w:rsid w:val="00E35CE4"/>
+    <w:rsid w:val="00E37BAA"/>
     <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E563D9"/>
     <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E73410"/>
     <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E85FE2"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA49ED"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EB21CC"/>
+    <w:rsid w:val="00EB468F"/>
+    <w:rsid w:val="00EB5453"/>
+    <w:rsid w:val="00EB57A7"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED4958"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00EF2F2F"/>
+    <w:rsid w:val="00F00C10"/>
+    <w:rsid w:val="00F02623"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F21D84"/>
     <w:rsid w:val="00F2363D"/>
-    <w:rsid w:val="00F42CB9"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
-    <w:rsid w:val="00F53FD0"/>
-    <w:rsid w:val="00F60DAB"/>
+    <w:rsid w:val="00F4684E"/>
+    <w:rsid w:val="00F745B3"/>
     <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F868A8"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FC1CD9"/>
-    <w:rsid w:val="00FC5B80"/>
     <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FE40F0"/>
+    <w:rsid w:val="00FF3A00"/>
+    <w:rsid w:val="00FF421C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="382978FE"/>
+  <w14:docId w14:val="6A0E76EB"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13255,65 +13914,58 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
     <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
     <w:link w:val="HTMLncedenBiimlendirilmi"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -13375,62 +14027,62 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AltbilgiChar"/>
     <w:rsid w:val="0034027E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
     <w:name w:val="Altbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Altbilgi"/>
     <w:rsid w:val="0034027E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
-    <w:rsid w:val="00023775"/>
+    <w:rsid w:val="00E35CE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
-    <w:rsid w:val="00023775"/>
+    <w:rsid w:val="00E35CE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13676,65 +14328,58 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
     <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
     <w:link w:val="HTMLncedenBiimlendirilmi"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -13796,62 +14441,62 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AltbilgiChar"/>
     <w:rsid w:val="0034027E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
     <w:name w:val="Altbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Altbilgi"/>
     <w:rsid w:val="0034027E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
-    <w:rsid w:val="00023775"/>
+    <w:rsid w:val="00E35CE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
-    <w:rsid w:val="00023775"/>
+    <w:rsid w:val="00E35CE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -14050,63 +14695,50 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="967854783">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1228884057">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1685475086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1744720482">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -14202,59 +14834,59 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beldeaka@cag.edu.tr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
@@ -14265,80 +14897,80 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Fall Semester</a:t>
+              <a:t>Bahar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR" sz="1050">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="tr-TR" sz="1050" baseline="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> 264 OLD TURKISH LITERATURE II</a:t>
+              <a:t>TDE 264 ESKİ TÜRK EDEBİYATI II</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
@@ -14450,157 +15082,157 @@
                 <c:pt idx="8">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="176768512"/>
-        <c:axId val="169792576"/>
+        <c:axId val="171082112"/>
+        <c:axId val="171099264"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="176768512"/>
+        <c:axId val="171082112"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="169792576"/>
+        <c:crossAx val="171099264"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="169792576"/>
+        <c:axId val="171099264"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="176768512"/>
+        <c:crossAx val="171082112"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14923,75 +15555,73 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>650</Words>
-  <Characters>3705</Characters>
+  <Words>675</Words>
+  <Characters>3848</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4347</CharactersWithSpaces>
+  <CharactersWithSpaces>4514</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>