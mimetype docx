--- v0 (2025-10-08)
+++ v1 (2026-03-15)
@@ -1,9978 +1,11093 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Override PartName="/word/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
+    <w:p w14:paraId="22278001" w14:textId="77777777" w:rsidR="007E6104" w:rsidRDefault="007E6104"/>
+    <w:p w14:paraId="60667CFB" w14:textId="56D5821F" w:rsidR="007E6104" w:rsidRDefault="007E6104" w:rsidP="007E6104">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6104">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57EDD067" wp14:editId="5960E3E5">
+            <wp:extent cx="1309889" cy="1249680"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="7620"/>
+            <wp:docPr id="1" name="Resim 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="akademisyen logo.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1307789" cy="1247677"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10980" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10967" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="897"/>
-[...23 lines deleted...]
-        <w:gridCol w:w="1449"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="297"/>
+        <w:gridCol w:w="469"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="577"/>
+        <w:gridCol w:w="1310"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="48"/>
+        <w:gridCol w:w="1026"/>
+        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00305BD7">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="009D6FE1" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:trHeight w:val="550"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="009D6FE1" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:i/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>SYLLABUS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F9B79E" w14:textId="30697492" w:rsidR="005A2B8A" w:rsidRPr="009D6FE1" w:rsidRDefault="006D47E9" w:rsidP="007E6104">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00E67127" w:rsidRPr="00305BD7" w:rsidRDefault="002B4E92" w:rsidP="002B4E92">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faculty </w:t>
+            </w:r>
+            <w:r w:rsidR="007E6104" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidR="007E6104">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Science</w:t>
+            </w:r>
+            <w:r w:rsidR="007E6104" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E6104">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidR="007E6104" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E6104">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Arts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="009D6FE1" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="00902960">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5211" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...82 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ECTS Value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="00902960">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5645F289" w14:textId="52BE365E" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="0080694E" w:rsidP="00797B12">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TDE </w:t>
+            </w:r>
+            <w:r w:rsidR="00797B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>444</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5211" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54764CA8" w14:textId="04D5D213" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="007E6104">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Comparative Literature</w:t>
+            </w:r>
+            <w:r w:rsidR="00797B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Cultural </w:t>
+            </w:r>
+            <w:r w:rsidR="007E6104">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00797B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>tudies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5967AF88" w14:textId="6F6DD702" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00797B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(2-2)3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C5E0D3" w14:textId="63DE65E7" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="009D6FE1" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Prerequisite Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E26C9CC" w14:textId="77777777" w:rsidR="007F1182" w:rsidRPr="009D6FE1" w:rsidRDefault="007F1182" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>NO:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="148FF8C4" w14:textId="4FF180F5" w:rsidR="007F1182" w:rsidRPr="009D6FE1" w:rsidRDefault="007F1182" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Suggested </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Corses</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7EED1842" w14:textId="6CC93089" w:rsidR="007F1182" w:rsidRPr="009D6FE1" w:rsidRDefault="007F1182" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Literary Criticism</w:t>
+            </w:r>
+            <w:r w:rsidR="007B6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Theory:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Writing Intelligence</w:t>
+            </w:r>
+            <w:r w:rsidR="007B6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Criticism an </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007B6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>dCriativity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="40AA1B52" w14:textId="77777777" w:rsidR="007B6C62" w:rsidRDefault="007F1182" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modern Turkish </w:t>
+            </w:r>
+            <w:r w:rsidR="007B6C62" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Literature</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31723A69" w14:textId="2C30DC1B" w:rsidR="007F1182" w:rsidRPr="009D6FE1" w:rsidRDefault="007F1182" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C105548" w14:textId="724D24F6" w:rsidR="00B1220F" w:rsidRPr="009D6FE1" w:rsidRDefault="00B1220F" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Directly Related SDGs:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49A4A3DE" w14:textId="77777777" w:rsidR="00B1220F" w:rsidRPr="009D6FE1" w:rsidRDefault="00B1220F" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>SDG 4 – Quality Education: Developing critical, creative, and global reading skills.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C2F471A" w14:textId="77777777" w:rsidR="00B1220F" w:rsidRPr="009D6FE1" w:rsidRDefault="00B1220F" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>SDG 5 – Gender Equality: Addressing representation, identity, and equality in texts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CC786E9" w14:textId="77777777" w:rsidR="00B1220F" w:rsidRPr="009D6FE1" w:rsidRDefault="00B1220F" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>SDG 10 – Reduced Inequalities: Examining the visibility of diverse cultures and voices in literature.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D8F8A03" w14:textId="77777777" w:rsidR="00B1220F" w:rsidRPr="009D6FE1" w:rsidRDefault="00B1220F" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>SDG 16 – Peace, Justice, and Strong Institutions: Using literature as a tool for dialogue, empathy, and ethical awareness.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26AE681D" w14:textId="77777777" w:rsidR="00B1220F" w:rsidRPr="009D6FE1" w:rsidRDefault="00B1220F" w:rsidP="00B1220F">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>SDG 17 – Partnerships for the Goals: Building creative collaborations across culture, art, media, and academia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="640BECDB" w14:textId="3DFAA1F5" w:rsidR="00681162" w:rsidRPr="009D6FE1" w:rsidRDefault="00681162" w:rsidP="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B4DBF" w:rsidRPr="009D6FE1" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="00902960">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34735A46" w14:textId="06378E23" w:rsidR="001B4DBF" w:rsidRPr="009D6FE1" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="485B0539" w14:textId="0A6994BC" w:rsidR="001B4DBF" w:rsidRPr="009D6FE1" w:rsidRDefault="00F872CD" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Turkish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3153" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="009D6FE1" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...181 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Delivery Mode:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="082FB09F" w14:textId="2CEAB65A" w:rsidR="001B4DBF" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Face to Face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="009D6FE1" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Type and Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C618F0" w14:textId="516E066C" w:rsidR="00681162" w:rsidRPr="009D6FE1" w:rsidRDefault="00A36AC5" w:rsidP="00A36AC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Compulsory/ Undergraduate / 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00902960" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.Year / </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Spring</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00902960" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Semester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="009D6FE1" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="00902960">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4979" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Instructor's Title, Name, and Surname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="333333"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Office Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="00F872CD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4979" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E9F61A" w14:textId="3F931F59" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prof. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Elmas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Şahin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A92F4D2" w14:textId="53B771BC" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...49 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...44 lines deleted...]
-                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C71106" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...343 lines deleted...]
-              <w:r w:rsidR="007E6989" w:rsidRPr="00305BD7">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2727" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CCA1DE" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00D52625" w:rsidP="000505DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00902960" w:rsidRPr="009D6FE1">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-[...2 lines deleted...]
-                  <w:bCs/>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
-                  <w:lang w:val="en-US"/>
+                  <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>elmassahin@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="007E6989" w:rsidRPr="00305BD7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          </w:p>
+          <w:p w14:paraId="59E51361" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Coordinator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED79668" w14:textId="0A26824F" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prof. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Elmas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Şahin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D481A19" w14:textId="10E71CFF" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="000644E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Objectives</w:t>
+            </w:r>
+            <w:r w:rsidR="000644E9" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="000644E9" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This course aims to develop students’ comparative thinking, re-reading, and re-writing skills by </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000644E9" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>centering</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000644E9" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contemporary literary theories and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000644E9" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000644E9" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>/postmodern reading approaches. Students will interpret texts from different cultures, periods, and genres through interactive, multi-layered perspectives and transform these interpretations into creative productions.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721DE860" w14:textId="77777777" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="000644E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65E7B619" w14:textId="0068AD08" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="000644E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Additionally, the course functions as a practical laboratory that interrogates literature’s relationship with contemporary digital, ecological, and cultural transformations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Learning Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Upon successful completion of this course, the student will be able to;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Program Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Net Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000644E9" w:rsidRPr="009D6FE1" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="007B274E">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E953C89" w14:textId="564308DE" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E40272B" w14:textId="64B81848" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Explain fundamental concepts and methods of comparative literature.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2B5677" w14:textId="05886C69" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>9, 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA0F5C4" w14:textId="5DB39AFC" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000644E9" w:rsidRPr="009D6FE1" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="007B274E">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0838AE5E" w14:textId="132BDBFD" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0185FF67" w14:textId="14A340B2" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apply postmodern, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, and post-critical theories in literary text analysis.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA3CF30" w14:textId="55F5A097" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>8, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="035023D5" w14:textId="4B1E95F9" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000644E9" w:rsidRPr="009D6FE1" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="007B274E">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E8E8A1" w14:textId="2A8B5D86" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C314DDE" w14:textId="3F8F9474" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Compare texts across cultures, periods, and genres, identifying common themes and differences.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A850E46" w14:textId="023EF784" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>9, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8157FC" w14:textId="44AA4078" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000644E9" w:rsidRPr="009D6FE1" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="007B274E">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4E0C1B" w14:textId="64960397" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F332E2A" w14:textId="6A14AF37" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Interpret literary texts in the context of global sustainability, ethics, and cultural awareness.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="197EF09B" w14:textId="3692B862" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>12, 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E11ACA" w14:textId="35B8548E" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000644E9" w:rsidRPr="009D6FE1" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="007B274E">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3796506B" w14:textId="74895666" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C97D80A" w14:textId="53C48801" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Understand reading as a creative re-production process and apply it innovatively.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0847AFD5" w14:textId="35A27F6E" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>17, 18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="41313AB2" w14:textId="35FF7C79" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000644E9" w:rsidRPr="009D6FE1" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="007B274E">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC444CD" w14:textId="1507037A" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="63906508" w14:textId="491D198A" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Conduct interdisciplinary projects in groups and develop culturally sensitive collaboration.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3580C7C9" w14:textId="7C69A223" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>16, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="287D48BB" w14:textId="7B7E2534" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000644E9" w:rsidRPr="009D6FE1" w14:paraId="2B32C02C" w14:textId="77777777" w:rsidTr="007B274E">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CAA0587" w14:textId="77777777" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A2C9A3" w14:textId="37AF5267" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1E3188" w14:textId="5BF8FB34" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Use literature’s transformative and unifying power as a tool for social contribution.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5EF489" w14:textId="79C9E629" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>17, 16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D82C93" w14:textId="518F9ECA" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000644E9" w:rsidRPr="009D6FE1" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="007B274E">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1257CC14" w14:textId="56FE8822" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3CE84B" w14:textId="7DB95C23" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Produce and present a creative-critical comparative project at the end of the term.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A85499" w14:textId="4B10981C" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>19, 18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C232C5" w14:textId="56A84B81" w:rsidR="000644E9" w:rsidRPr="009D6FE1" w:rsidRDefault="000644E9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D60200" w14:textId="0F2ABE22" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Post-Reading” moves beyond classical comparative literature approaches, redefining reading itself as an act of creation. Students will not only compare texts but also reconstruct them and put them into dialogue with other cultural contexts. The course focuses on post-criticism, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reading, ecological reading, and texts of the digital age, opening new windows onto literature’s social and human dimensions. Weekly reading-workshop sessions allow students to simultaneously experience analytical thinking and creative transformation processes.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="003208C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Schedule (Weekly Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...224 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...11 lines deleted...]
-              <w:t>Relationship</w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Teaching Methods and Techniques</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidTr="00BA31EE">
-[...2 lines deleted...]
-            <w:tcW w:w="1281" w:type="dxa"/>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...4 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E41301" w14:textId="56836DBA" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B9E913" w14:textId="0B155543" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Introduction: Post-Reading, Comparative Literature, and Creative Workshop Overview</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2F6454" w14:textId="4C7492E7" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course notes, sample texts, SDG guidelines</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B28CFF9" w14:textId="5036B79E" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Presentation, discussion, project introduction, team formation</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D550460" w14:textId="1664CD72" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...27 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0195B8CF" w14:textId="342A4AA8" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postmodern and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Reading Concepts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DFA02F" w14:textId="557EEA5E" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Reading texts, theory notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="091113C1" w14:textId="63189C31" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Workshop, group discussion, text analysis, reflective evaluation</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D95DD2B" w14:textId="4D594403" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="49527597" w14:textId="74930499" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comparative Methods and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00305BD7">
-[...6 lines deleted...]
-              <w:t>Prog</w:t>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Intertextuality</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00305BD7">
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B75F9D1" w14:textId="472455CC" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Two texts from different periods/countries</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FDD091" w14:textId="78D843B2" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Comparative analysis, group work, discussion</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="656340F4" w14:textId="098775FA" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...16 lines deleted...]
-              <w:t>Net Effect</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="2CC5B7F6" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Creative Re-Reading and Transformation Techniques</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FEE239" w14:textId="382F1E6D" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Text pastiches, parody examples</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3739A057" w14:textId="5F480834" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Workshop, creative writing, text reconstruction, feedback</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidTr="00BA31EE">
-[...2 lines deleted...]
-            <w:tcW w:w="1281" w:type="dxa"/>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...4 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EC913B" w14:textId="454EE91B" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="00183415">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8C3390" w14:textId="7F519C8D" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Global Perspective and Cultural Diversity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A2FED1" w14:textId="78EFD511" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Various cultural texts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F167A28" w14:textId="3BEA591A" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Group discussion, comparative analysis, creative interpretation</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="047BE786" w14:textId="36E1A52C" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...62 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="206DAB37" w14:textId="098A696C" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Social Themes and Gender Readings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="0040156F">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4E24EA" w14:textId="1DFAFEF2" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Gender and equality themes in texts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EAE6DF" w14:textId="71BC317A" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Workshop, group work, discussion, creative application</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 5, 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="375F7D3E" w14:textId="6B3BEA6E" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="008C4472">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="65547CF4" w14:textId="684855B8" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Field / Digital Observation Study</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, mini-lab exercises,</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+                <w:color w:val="3C4043"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D2E3FC"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+                <w:color w:val="3C4043"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D2E3FC"/>
+              </w:rPr>
+              <w:t>Interim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+                <w:color w:val="3C4043"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D2E3FC"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+                <w:color w:val="3C4043"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D2E3FC"/>
+              </w:rPr>
+              <w:t>reports</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A76C7" w14:textId="55632C98" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Local/digital sources, observation notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BB9DD7" w14:textId="3AA57518" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Field study, digital analysis, group discussion</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C9A48E" w14:textId="221C31D6" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BAB785" w14:textId="13253954" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00EC1392">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Midterm Exam – </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Project </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>presentations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>critiques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>submission</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>creative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>works</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Interim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00EC1392" w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>reports</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1F64A7" w14:textId="3992EE1F" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00EC1392" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital submission via </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Turnitin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="08650D66" w14:textId="6014AD62" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00EC1392" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00251D10" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>valuation</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidTr="00BA31EE">
-[...2 lines deleted...]
-            <w:tcW w:w="1281" w:type="dxa"/>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...4 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0078D606" w14:textId="57A2ABB6" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="00183415">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B7484C" w14:textId="185345B7" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00EC1392">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Midterm Exam </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="305D5438" w14:textId="7EECD36D" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00EC1392" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0774A7A9" w14:textId="31712DBA" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00EC1392" w:rsidP="00EC1392">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="00251D10" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>eedback</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SDG 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3290497C" w14:textId="775229D1" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="645FD6BD" w14:textId="261B3E2C" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Post-Criticism and Critical Rewriting – Ecological &amp; Social Memory Readings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="0040156F">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBDEF72" w14:textId="7E2CF293" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Post-critical texts, ecological reading materials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5097B9A3" w14:textId="73A0C2DA" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Workshop, creative text production, group discussion, analysis, creative transformation</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="51437D7B" w14:textId="2EB5FC87" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="008C4472">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2531C78E" w14:textId="16A5A348" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Literature in the Digital Age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C14D55" w14:textId="6B75CBA2" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Digital texts, online resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC078F0" w14:textId="101EAA1F" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Workshop, digital writing, interactive discussion</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCA94A9" w14:textId="52A560E2" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B5E4B9" w14:textId="2D82A521" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Project Development Workshop I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="37145211" w14:textId="0805B377" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Preliminary project drafts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="219D2D3F" w14:textId="041022EB" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Team mentorship, group work, feedback</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidTr="00BA31EE">
-[...2 lines deleted...]
-            <w:tcW w:w="1281" w:type="dxa"/>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...4 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D80E60F" w14:textId="70486264" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="00183415">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1506B42E" w14:textId="23F39AA7" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Project Development Workshop II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3AFD50" w14:textId="5380CA1D" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final text drafts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B14AD2C" w14:textId="58F071B3" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Workshop, creative-critical integration, presentation preparation</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A625B94" w14:textId="43E9D16E" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...44 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A60206C" w14:textId="7C143F80" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Presentation Preparations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="0040156F">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C8B00B" w14:textId="2FD509D6" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Digital portfolio and poster materials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1216638D" w14:textId="1B7451A5" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Presentation and performance preparation, guided feedback</w:t>
+            </w:r>
+            <w:r w:rsidR="00016920" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="139183D5" w14:textId="44C7229B" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="008C4472">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="507B399A" w14:textId="26877950" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final Week – Project Presentations and Performance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="225D9DC4" w14:textId="3645C635" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final projects</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7A335A" w14:textId="6BAE9051" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Presentations, portfolio submission, feedback, evaluation</w:t>
+            </w:r>
+            <w:r w:rsidR="00A968F6" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 5, 10, 16, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E07417" w14:textId="5593DFB3" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D275E4" w14:textId="6C9A66EE" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="008C612A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mini-final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rehearsal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>project</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>output</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>evaluation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>year-end</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>reflections</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="09017603" w14:textId="03E5EBE8" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="008C612A" w:rsidP="008C612A">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>project</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>outputs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1818FDD3" w14:textId="32988B4B" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="002641CF" w:rsidP="008C612A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002641CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evaluation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002641CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>reflective</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002641CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002641CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002641CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002641CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002641CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002641CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>summary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002641CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A968F6" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00A968F6" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SDG 4, 5, 10, 16, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040156F" w:rsidRPr="00305BD7">
-[...2 lines deleted...]
-            <w:tcW w:w="1281" w:type="dxa"/>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...5 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3245F590" w14:textId="14B5B012" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="00183415">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EA682F" w14:textId="0E08E31E" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="008C612A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final Exam-</w:t>
+            </w:r>
+            <w:r w:rsidR="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Project </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008C612A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>supmission</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BABA8DD" w14:textId="4621DEB3" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="008C612A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital submission via </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EC1392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Turnitin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="037A25AB" w14:textId="127AEF69" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00AE42D6" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002641CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidR="00A968F6" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, SDG 4, 5, 10, 16, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00251D10" w:rsidRPr="009D6FE1" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="00BF3922">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A638139" w14:textId="1DF4F8E5" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...44 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="466131D0" w14:textId="09905558" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00251D10" w:rsidP="00AE42D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0040156F" w:rsidRPr="00305BD7" w:rsidRDefault="0040156F" w:rsidP="0040156F">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C0D284" w14:textId="462E87E4" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00AE42D6" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1558DAF0" w14:textId="0F5EFB31" w:rsidR="00251D10" w:rsidRPr="009D6FE1" w:rsidRDefault="00AE42D6" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Feedback,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A968F6" w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SDG 4, 5, 10, 16, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...38 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040156F" w:rsidRPr="00305BD7">
-[...71 lines deleted...]
-              <w:t xml:space="preserve">Evaluate discussions on </w:t>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="697BDEC8" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elmas Şahin &amp; Kadir Can Dilber (ED.) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Karşılaştırmalı Edebiyat Kuram ve Uygulama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Ankara, Akademisyen Kitabevi, 2023, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="501E854F" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elmas Şahin "Neden mi Karşılaştırmalı edebiyat ?", Adana, Çukurova Üniversitesi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00305BD7">
-[...6 lines deleted...]
-              <w:t>intertextuality</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>November</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00305BD7">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DECFBB2" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elmas Şahin, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatı Üzerine Anlatı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Akademisyen Kitabevi, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4780A6E4" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medine Sivri (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Karşılaştırmalı Edebiyat ve Kültürel Çalışmalar I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Günce Yayınları, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D8F60C1" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Barthes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Roland</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>S/Z: Metin Çözümlemeleri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Metis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707FA37A" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eagleton</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Terry. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Edebiyat Kuramı: Giriş</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Ayrıntı Yayınları.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BAF7794" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Braidotti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rosi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Polity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Press</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="458B5723" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>McLuhan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Marshall. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gutenberg Galaksisi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D9AA2A0" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eco</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Umberto. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Açık Yapıt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="005D7D7D" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Moran</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Berna. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Edebiyat Kuramları ve Eleştiri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="1DA3E214" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Genette</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gérard</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Metinlerarasılık</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve Anlatı Kuramı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3324DF8D" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Elmas Şahin,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Zamana Vuran Dalgalar, Yitik Ülke Yayınları</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF085FE" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...223 lines deleted...]
-              <w:t xml:space="preserve">The focus of the course will be on topics such as comparative literature and world literature, theories of criticism, the problem of change, cultural and literary approaches, </w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Recommended References:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="576E8397" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elmas Şahin, "On </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00296CD9" w:rsidRPr="00296CD9">
-[...6 lines deleted...]
-              <w:t>intertextuality</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Comparative</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00296CD9" w:rsidRPr="00296CD9">
-[...422 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Metafiction</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...1735 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">",  </w:t>
             </w:r>
-            <w:hyperlink r:id="rId6" w:history="1">
-[...1 lines deleted...]
-              <w:r w:rsidRPr="002B68F3">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00DD7926">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>International</w:t>
+                <w:t xml:space="preserve">International </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00DD7926">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Journal</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidRPr="002B68F3">
+              <w:r w:rsidRPr="00DD7926">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> of </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00DD7926">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Literature</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00DD7926">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidRPr="002B68F3">
+              <w:r w:rsidRPr="00DD7926">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Journal</w:t>
+                <w:t>and</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidRPr="002B68F3">
+              <w:r w:rsidRPr="00DD7926">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-[...20 lines deleted...]
-                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidRPr="002B68F3">
+              <w:r w:rsidRPr="00DD7926">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-[...20 lines deleted...]
-                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Arts</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidRPr="002B68F3">
-[...15 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Volume 4, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68F3">
-[...5 lines deleted...]
-              <w:t>Volume</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Issue</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68F3">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 4, </w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-1, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68F3">
-[...5 lines deleted...]
-              <w:t>Issue</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>January</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68F3">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45BB2E3E" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68F3">
-[...5 lines deleted...]
-              <w:t>January</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Harari</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68F3">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yuval</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Noah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Homo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Deus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Küresel perspektif ve yapay zekâ temaları için</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E9DA10" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atay, Oğuz. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eylembilim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Yaratıcı üretim ve metin bilinci için</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E5F73F9" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pamuk, Orhan. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Saf ve Düşünceli Romancı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Modern ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>postmodern</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kurgu örnekleri</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EF10155" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dolar, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mladen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sesi Düşünmek: Sesin Felsefesi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Dijital ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> okuma için</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ECCE6AE" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Butler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Judith</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cinsiyet Belası</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Toplumsal cinsiyet ve eleştirel okuma temaları</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45BA8205" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Elmas Şahin, "</w:t>
             </w:r>
-            <w:r w:rsidRPr="002B68F3">
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68F3">
-[...6 lines deleted...]
-              <w:t>Uluslararası</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Historical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68F3">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68F3">
-[...6 lines deleted...]
-              <w:t>Türkçe</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68F3">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Critical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Survey</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Comparative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68F3">
-[...6 lines deleted...]
-              <w:t>Edebiyat</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68F3">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turkey</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>", Uluslararası Türkçe Edebiyat Kültür Eğitim Dergisi, Sayı: 6/4, Aralık 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1AC75F" w14:textId="77777777" w:rsidR="00DD7926" w:rsidRPr="00DD7926" w:rsidRDefault="00DD7926" w:rsidP="00DD7926">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Elmas Şahin, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Comparative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68F3">
-[...6 lines deleted...]
-              <w:t>Kültür</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>literature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68F3">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> at </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>universities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turkey</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>theory</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>application</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>development</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68F3">
-[...6 lines deleted...]
-              <w:t>Eğitim</w:t>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68F3">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68F3">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Trends</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uluslararası Türkçe Edebiyat Kültür Eğitim (TEKE) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dergisi</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...254 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> , 10</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="002B68F3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD7926">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) , 124-138 . </w:t>
             </w:r>
-            <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidRPr="002B68F3">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00DD7926">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://dergipark.org.tr/en/pub/teke/issue/60878/902703</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
+          <w:p w14:paraId="06D75E96" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA31EE" w:rsidRPr="00305BD7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Assessment and Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...259 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Presentation, slides /CDs, film and written documents </w:t>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA31EE" w:rsidRPr="00305BD7">
-[...6 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+      <w:tr w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="00535635">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206EDFB6" w14:textId="745008E2" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5888FADE" w14:textId="3D71B30C" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w14:paraId="60A34EAA" w14:textId="77777777" w:rsidTr="00535635">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16890566" w14:textId="45FFD35F" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="005A6710">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A0D33A" w14:textId="4DEEB165" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="005A6710">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D42240" w14:textId="591847F5" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="005A6710">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3232C459" w14:textId="77777777" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="005A6710">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B4D944" w14:textId="77777777" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Portfolio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFFE551" w14:textId="138D5ACC" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="500CFF36" w14:textId="30E100F4" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA78998" w14:textId="77777777" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A41C7C" w14:textId="42EE5700" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E598CA" w14:textId="4C8C63FB" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="00CC10DF" w:rsidRPr="009D6FE1" w:rsidRDefault="00CC10DF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ECTS Table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902960" w:rsidRPr="009D6FE1" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1520" w:type="dxa"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="009D6FE1" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00797B12" w:rsidRPr="009D6FE1" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="00872199">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="58DB4394" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="6EBC6BCA" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133035B" w14:textId="4D801B38" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00797B12" w:rsidRPr="009D6FE1" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="00872199">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Out-of-Class Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="00942B57" w14:textId="2C02100F" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="662ECCF7" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305EBC64" w14:textId="2C79FE71" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00797B12" w:rsidRPr="009D6FE1" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="00872199">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DC74E3" w14:textId="42E1B69D" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00797B12">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="357D0288" w14:textId="5F22FF4E" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D6DB9F" w14:textId="5CA92D66" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-              <w:t>Notes</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B42FCA" w14:textId="613F88A1" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA31EE" w:rsidRPr="00305BD7">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:tr w:rsidR="00797B12" w:rsidRPr="009D6FE1" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="00872199">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF3187B" w14:textId="265E635C" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00797B12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FF27EF" w14:textId="56777F45" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            </w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="42ABE267" w14:textId="415A5075" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-[...10 lines deleted...]
-            <w:tcW w:w="1520" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57195671" w14:textId="40CD82E7" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00797B12" w:rsidRPr="009D6FE1" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="00872199">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26407A65" w14:textId="7CBC6E08" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Portfolio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="008C4472">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A42939" w14:textId="13C85984" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECE207C" w14:textId="081EE916" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C11868" w14:textId="24E09316" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00797B12" w:rsidRPr="009D6FE1" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="00872199">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Midterm Exam (Midterm Exam Duration + Midterm Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D88A7C9" w14:textId="72AC421A" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00D24ECC" w:rsidP="008C4472">
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99A2E3" w14:textId="5570CBDE" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AA247" w14:textId="6349D731" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00797B12" w:rsidRPr="009D6FE1" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="00872199">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final Exam (Final Exam Duration + Final Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1005A983" w14:textId="22D160F3" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="008C4472">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4444D1E5" w14:textId="5580FE34" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...42 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...1003 lines deleted...]
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...470 lines deleted...]
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00F32ADE" w:rsidP="00862313">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3506B9" w14:textId="50A4E602" w:rsidR="00797B12" w:rsidRPr="009D6FE1" w:rsidRDefault="00797B12" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>198</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA31EE" w:rsidRPr="00305BD7">
-[...85 lines deleted...]
-            <w:vMerge/>
+      <w:tr w:rsidR="00B41B3A" w:rsidRPr="009D6FE1" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="00373891">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00B41B3A" w:rsidRPr="009D6FE1" w:rsidRDefault="00B41B3A" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00F32ADE" w:rsidP="00862313">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B894EB" w14:textId="582175C8" w:rsidR="00B41B3A" w:rsidRPr="009D6FE1" w:rsidRDefault="00B41B3A" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>196</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B41B3A" w:rsidRPr="009D6FE1" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="00373891">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00B41B3A" w:rsidRPr="009D6FE1" w:rsidRDefault="00B41B3A" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Total / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F77D59" w14:textId="16B063C2" w:rsidR="00B41B3A" w:rsidRPr="009D6FE1" w:rsidRDefault="00B41B3A" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>=196/30=</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6.5</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B41B3A" w:rsidRPr="009D6FE1" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="00373891">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00B41B3A" w:rsidRPr="009D6FE1" w:rsidRDefault="00B41B3A" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ECTS Credit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C524EC3" w14:textId="07EFC4C0" w:rsidR="00B41B3A" w:rsidRPr="009D6FE1" w:rsidRDefault="00B41B3A" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA31EE" w:rsidRPr="00305BD7">
-[...6 lines deleted...]
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+    </w:tbl>
+    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="009D6FE1" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="009D6FE1" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D6FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="009D6FE1" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="009D6FE1" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Past Term Achievements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="009D6FE1" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="009D6FE1" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...45 lines deleted...]
-                <w:b/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F14C64E" wp14:editId="53E565EE">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="512801470" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="009D6FE1" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-                <w:b/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-[...22 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3086B60B" wp14:editId="02FA6EF5">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2071116311" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...24 lines deleted...]
-                      </pic:pic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="009D6FE1" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="009D6FE1" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-[...17 lines deleted...]
-                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="66D46301">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="900991778" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...24 lines deleted...]
-                      </pic:pic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="009D6FE1" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6FE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-[...21 lines deleted...]
-                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="7471AC73">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="710092929" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...24 lines deleted...]
-                      </pic:pic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA31EE" w:rsidRPr="00305BD7" w:rsidRDefault="00BA31EE" w:rsidP="00183415">
-[...99 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D33DFB" w:rsidRPr="00305BD7" w:rsidRDefault="003A4E66" w:rsidP="00D33DFB">
+    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="009D6FE1" w:rsidRDefault="003A4CE2">
       <w:pPr>
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...33 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E23A83" w:rsidRDefault="003A4E66" w:rsidP="005509DB">
-[...212 lines deleted...]
-    <w:sectPr w:rsidR="00E67127" w:rsidRPr="00305BD7" w:rsidSect="00E67127">
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="009D6FE1" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1673497F" w14:textId="77777777" w:rsidR="00D52625" w:rsidRDefault="00D52625" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="63600FF8" w14:textId="77777777" w:rsidR="00D52625" w:rsidRDefault="00D52625" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="11B85843" w14:textId="77777777" w:rsidR="00D52625" w:rsidRDefault="00D52625" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7E9094D1" w14:textId="77777777" w:rsidR="00D52625" w:rsidRDefault="00D52625" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="06121C61"/>
-[...21 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:nsid w:val="60FE40F1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="501C9C08"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...461 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-[...1 lines deleted...]
-        <w:color w:val="0000FF"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...475 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...271 lines deleted...]
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-    </w:lvl>
-[...205 lines deleted...]
-      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="11"/>
-[...34 lines deleted...]
-  <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:savePreviewPicture/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...139 lines deleted...]
-    <w:rsid w:val="00FB6EA7"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00016920"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="000644E9"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="0009745F"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00114589"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="00154070"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="00165651"/>
+    <w:rsid w:val="00170CC3"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B4DBF"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C134A"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="00251D10"/>
+    <w:rsid w:val="00252D65"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="002641CF"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003208C3"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004B4998"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="0065015E"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006D414F"/>
+    <w:rsid w:val="006D47E9"/>
+    <w:rsid w:val="006E3082"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="00756058"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="00797B12"/>
+    <w:rsid w:val="007B6C62"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007E6104"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="007F1182"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="0080694E"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008C612A"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="00902960"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009D6FE1"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A36AC5"/>
+    <w:rsid w:val="00A409CF"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00A968F6"/>
+    <w:rsid w:val="00AC70BC"/>
+    <w:rsid w:val="00AE42D6"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B1220F"/>
+    <w:rsid w:val="00B41B3A"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B52C20"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B852DF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC10DF"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D52625"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00D90857"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DD7926"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E31D41"/>
+    <w:rsid w:val="00E5279E"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E8745A"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC1392"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F66806"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F872CD"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC5B80"/>
+    <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FC767C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="382978FE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -10044,325 +11159,356 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading1-Accent51">
-[...3 lines deleted...]
-    <w:rsid w:val="00183415"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:tcBorders>
-[...12 lines deleted...]
-        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-    <w:rsid w:val="00C94251"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="00902960"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00C94251"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="00902960"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -10434,2901 +11580,2587 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading1-Accent51">
-    <w:name w:val="Medium Shading 1 - Accent 51"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:uiPriority w:val="63"/>
-    <w:rsid w:val="00183415"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:tcBorders>
-[...3 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band2Horz">
-[...7 lines deleted...]
-    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
-    <w:rsid w:val="00C94251"/>
+    <w:rsid w:val="00902960"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
-    <w:rsid w:val="00C94251"/>
+    <w:rsid w:val="00902960"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1342049348">
+    <w:div w:id="24184187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="37513875">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="847017041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1609309317">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dergipark.org.tr/en/pub/teke/issue/60878/902703" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencepublishinggroup.com/journal/index?journalid=502" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmassahin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dergipark.org.tr/en/pub/teke/issue/60878/902703" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencepublishinggroup.com/journal/index?journalid=502" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmassahin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\Users\elmas\Documents\ASUS\&#199;a&#287;\TDE%20notlar\bologna%20graph%20form\TDE%20406%202014%20bologna%20Graph%20Form.xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\Users\56959220648\Documents\&#199;a&#287;%20&#220;niversitesi\2019%20not%20graph\TDE%20406%20bahar%20En%20graph%202019.xls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\Users\elmas\Documents\&#199;a&#287;%20&#252;niversitesi\2020%20bahar%20not%20graph\TDE%20406%20bahar%20En%20graph%202020.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_3.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\Users\elmas\Documents\&#199;a&#287;%20&#252;niversitesi\2021%20bahar%20not%20graph\TDE%20406%20bahar%20En%20graph%202021.xlsx" TargetMode="External"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\Users\elmas\Documents\&#231;a&#287;%20&#252;niversitesi\2022%20bahar%20not%20graph\TDE%20434%20bahar%20En%20graph%202023.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_4.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <c:date1904 val="1"/>
+  <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
-  <c:style val="7"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR" sz="1200"/>
-[...1 lines deleted...]
-TDE 406 Comparative Literature II</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fall Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
     </c:title>
+    <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
-          <c:dLbls>
-[...1 lines deleted...]
-          </c:dLbls>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
           <c:trendline>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>3</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>8</c:v>
                 </c:pt>
-                <c:pt idx="7">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="8">
-                  <c:v>2</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>9</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
-        <c:axId val="124896768"/>
-        <c:axId val="124898304"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="279910400"/>
+        <c:axId val="144891904"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="124896768"/>
+        <c:axId val="279910400"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="124898304"/>
+        <c:crossAx val="144891904"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="124898304"/>
+        <c:axId val="144891904"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="124896768"/>
+        <c:crossAx val="279910400"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
-  <c:externalData r:id="rId1"/>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <c:date1904 val="1"/>
+  <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
-  <c:style val="47"/>
-  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>2018-2019</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-[...1 lines deleted...]
-TDE 406  Comparative Literature  II</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Spring Semester</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
+      <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
+    <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
-          <c:dLbls>
-[...24 lines deleted...]
-          </c:dLbls>
+          <c:invertIfNegative val="0"/>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>2</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>3</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>4</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>17</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>18</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
-        <c:axId val="123296000"/>
-        <c:axId val="123658240"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="279909376"/>
+        <c:axId val="173529856"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="123296000"/>
+        <c:axId val="279909376"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="123658240"/>
+        <c:crossAx val="173529856"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="123658240"/>
+        <c:axId val="173529856"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="123296000"/>
+        <c:crossAx val="279909376"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId2"/>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
-  <c:style val="47"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>2019-2020</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>SPRING</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fall Semester</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> TERM</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
             </a:r>
-            <a:r>
-[...11 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
+      <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
+    <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
-          <c:dLbls>
-[...24 lines deleted...]
-          </c:dLbls>
+          <c:invertIfNegative val="0"/>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>13</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>7</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>8</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
-        <c:axId val="124522880"/>
-        <c:axId val="124524416"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="274327040"/>
+        <c:axId val="175546944"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="124522880"/>
+        <c:axId val="274327040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="124524416"/>
+        <c:crossAx val="175546944"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="124524416"/>
+        <c:axId val="175546944"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="124522880"/>
+        <c:crossAx val="274327040"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId1"/>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
-  <c:style val="47"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>2020-202</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t>1 </a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Spring Semester</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>SPRING</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
             </a:r>
-            <a:r>
-[...15 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
+      <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
+    <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
-          <c:dLbls>
-[...24 lines deleted...]
-          </c:dLbls>
+          <c:invertIfNegative val="0"/>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>11</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>10</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>4</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>5</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>2</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
-        <c:axId val="124541184"/>
-        <c:axId val="124563456"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="279908864"/>
+        <c:axId val="175548672"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="124541184"/>
+        <c:axId val="279908864"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="124563456"/>
+        <c:crossAx val="175548672"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="124563456"/>
+        <c:axId val="175548672"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="124541184"/>
+        <c:crossAx val="279908864"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId1"/>
-[...689 lines deleted...]
-  <c:externalData r:id="rId1"/>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
-    <a:clrScheme name="Ofis">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Ofis">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Ofis">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...279 lines deleted...]
-</a:themeOverride>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>815</Words>
-  <Characters>4647</Characters>
+  <Words>1236</Words>
+  <Characters>7051</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5452</CharactersWithSpaces>
+  <CharactersWithSpaces>8271</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...38 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:creator>30853879058</dc:creator>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>