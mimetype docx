--- v0 (2025-10-26)
+++ v1 (2026-03-13)
@@ -1,68 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
-  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
-  <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
-  <Override PartName="/word/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
-  <Override PartName="/word/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
-  <Override PartName="/word/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
+        <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10967" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1233"/>
         <w:gridCol w:w="719"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="797"/>
         <w:gridCol w:w="909"/>
         <w:gridCol w:w="978"/>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="1074"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="005A2B8A" w:rsidRPr="0008196A" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1469"/>
@@ -983,124 +976,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. Aysun Dağtaş </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00694296" w:rsidRPr="0008196A" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65E7B619" w14:textId="591CEAD5" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00694296" w:rsidP="00694296">
+          <w:p w14:paraId="65E7B619" w14:textId="6BED8378" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00694296" w:rsidP="00694296">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Objectives</w:t>
             </w:r>
             <w:r w:rsidR="008167FD" w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="0008196A" w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0008196A" w:rsidRPr="0008196A">
-[...40 lines deleted...]
-              <w:t>aims to familiarize students with the history, basic norms and theories of translation as a science. The main concern of this course is to acquire the very basic terms of translation.</w:t>
+            <w:r w:rsidR="008A1679" w:rsidRPr="008A1679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>The objective of this course is to introduce students to translation as a theoretical field and a professional practice. The course aims to develop students’ understanding of textual and pragmatic equivalence and to enhance their ability to analyze and translate texts with attention to cohesion, coherence, and communicative purpose. It also seeks to familiarize students with the stages of the translation process, professional workflows, ethical responsibilities, and the impact of digital technologies, enabling students to apply theoretical knowledge effectively in practical translation tasks.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00694296" w:rsidRPr="0008196A" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00694296" w:rsidP="00694296">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1314,67 +1274,95 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E40272B" w14:textId="726E3E8C" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00354051" w:rsidP="00354051">
+          <w:p w14:paraId="2E40272B" w14:textId="7C8F9B32" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="001C095A" w:rsidP="00354051">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00354051">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Explain key concepts of textual and pragmatic equivalence, including cohesion, coherence, thematic structure, and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>implicature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00354051" w:rsidRPr="00354051">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E2B5677" w14:textId="24598646" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="0007738C" w:rsidP="00694296">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1451,178 +1439,338 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0185FF67" w14:textId="70CF737F" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00BB45FD" w:rsidP="00BB45FD">
+          <w:p w14:paraId="0185FF67" w14:textId="65B6F14C" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="001C095A" w:rsidP="00BB45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>Familiarize</w:t>
+              <w:t>Analyze</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>themselves</w:t>
+              <w:t>source</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>with</w:t>
+              <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>approaches</w:t>
+              <w:t>target</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>to</w:t>
+              <w:t>texts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>terms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>equivalence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>identify</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>textual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>pragmatic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>shifts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
               <w:t>translation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BB45FD">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CA3CF30" w14:textId="21F9E82C" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="008F585F" w:rsidP="00694296">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1699,67 +1847,77 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C314DDE" w14:textId="17FABADC" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00072106" w:rsidP="00072106">
+          <w:p w14:paraId="55F7C663" w14:textId="77777777" w:rsidR="001C095A" w:rsidRPr="001C095A" w:rsidRDefault="001C095A" w:rsidP="001C095A">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00072106">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Apply translation strategies to authentic texts while maintaining textual coherence and pragmatic appropriateness.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C314DDE" w14:textId="1942AE37" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00694296" w:rsidP="001C095A">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A850E46" w14:textId="48F4A4F2" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00F62C89" w:rsidP="00694296">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1836,67 +1994,87 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F332E2A" w14:textId="51FDFD83" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00964DD6" w:rsidP="00964DD6">
+          <w:p w14:paraId="3E3689DC" w14:textId="77777777" w:rsidR="001C095A" w:rsidRPr="001C095A" w:rsidRDefault="001C095A" w:rsidP="001C095A">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00964DD6">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe the stages of the translation process and the professional tasks involved in translation workflow management.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D5381DB" w14:textId="77777777" w:rsidR="001C095A" w:rsidRPr="001C095A" w:rsidRDefault="001C095A" w:rsidP="001C095A">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F332E2A" w14:textId="4B5EA359" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00694296" w:rsidP="00964DD6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="197EF09B" w14:textId="50CA8BE7" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00EF15BB" w:rsidP="00694296">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1972,390 +2150,67 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24446BFC" w14:textId="5C0DAA06" w:rsidR="004A50EF" w:rsidRPr="004A50EF" w:rsidRDefault="004A50EF" w:rsidP="004A50EF">
+          <w:p w14:paraId="1C97D80A" w14:textId="32FE459A" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="001C095A" w:rsidP="00694296">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="tr-TR"/>
-[...331 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Evaluate translation quality using professional criteria, including revision and quality assurance principles</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0847AFD5" w14:textId="1DF76254" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00690197" w:rsidP="00694296">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2432,319 +2287,77 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63906508" w14:textId="58292CC1" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="004A50EF" w:rsidP="00694296">
+          <w:p w14:paraId="38385CC5" w14:textId="77777777" w:rsidR="001C095A" w:rsidRPr="001C095A" w:rsidRDefault="001C095A" w:rsidP="001C095A">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...258 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Demonstrate awareness of ethical responsibilities and professional roles in translation practice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63906508" w14:textId="08AD74E3" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00694296" w:rsidP="00694296">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3580C7C9" w14:textId="7F02563A" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00560C4E" w:rsidP="00694296">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2854,66 +2467,66 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3CE84B" w14:textId="6EB9A89D" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00283A4D" w:rsidP="00283A4D">
+          <w:p w14:paraId="4D3CE84B" w14:textId="5B5D3E64" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="001C095A" w:rsidP="00283A4D">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00283A4D">
-[...5 lines deleted...]
-              <w:t>Critically evaluate the quality of translations using professional criteria and standards.</w:t>
+            <w:r w:rsidRPr="001C095A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Use digital translation tools and technologies critically in accordance with professional and ethical standards</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34A85499" w14:textId="56B301EF" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00F609D1" w:rsidP="00694296">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2974,100 +2587,91 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Content:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D60200" w14:textId="7312E552" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="009F1C40" w:rsidP="009F1C40">
+          <w:p w14:paraId="39D60200" w14:textId="5996DEC5" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="001C095A" w:rsidP="009F1C40">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F1C40">
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>This course introduces students to the basic concepts, terminology, and processes of translation. It covers the fundamental distinctions between written translation and interpretation, emphasizing both practical and theoretical perspectives. Key topics include translation quality, translation education, and the concept of equivalence at different levels (word, above word, grammatical, textual, and pragmatic). Students will engage with the translation process through exercises and discussions, developing awareness of linguistic, cultural, and contextual factors. The course also addresses revision techniques and evaluation criteria to enhance translation accuracy and professional competence.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0085032D">
+              <w:t xml:space="preserve">This course examines translation as a professional and academic field, focusing on textual and pragmatic equivalence, translation processes, and translator competence. Students analyze cohesion, coherence, thematic structure, and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0085032D" w:rsidRPr="0085032D">
+              <w:t>implicature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C095A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Following an introduction to translation history, students develop a perspective examining translation </w:t>
-[...10 lines deleted...]
-              <w:t>theories. Through which students are expected to develop a deeper insight about translation process and product</w:t>
+              <w:t xml:space="preserve"> through discussions, group work, and translation workshops using authentic texts. The course also covers the translator’s workflow, process management, professional collaboration, ethical issues, and the impact of digital technologies on translation practice. Through case studies, role-play simulations, and reflective portfolio work, students develop both theoretical awareness and practical translation skills.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00694296" w:rsidRPr="0008196A" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="00694296" w:rsidRPr="0008196A" w:rsidRDefault="00694296" w:rsidP="00694296">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -3249,75 +2853,103 @@
           </w:tcPr>
           <w:p w14:paraId="43B9E913" w14:textId="1F74D7DB" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="00BB3167" w:rsidP="00BB3167">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Textual Equivalence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2F6454" w14:textId="1AAF0751" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="00BC4E94" w:rsidP="00BB3167">
+          <w:p w14:paraId="4E2F6454" w14:textId="313ED856" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="00BC4E94" w:rsidP="00BB3167">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Chapter </w:t>
             </w:r>
             <w:r w:rsidR="00365E6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5 from the coursebook </w:t>
-            </w:r>
+              <w:t xml:space="preserve">5 from the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00365E6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>coursebook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00365E6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(In Other Words, Mona Baker)</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50D8B2C9" w14:textId="0CB7F919" w:rsidR="00BB3167" w:rsidRPr="0041382B" w:rsidRDefault="0041382B" w:rsidP="00BB3167">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0041382B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -3751,66 +3383,92 @@
           </w:tcPr>
           <w:p w14:paraId="2BBFAA8E" w14:textId="0162CAAA" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="00BB3167" w:rsidP="00BB3167">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pragmatic Equivalence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72FEE239" w14:textId="2E9539B3" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="00184DC1" w:rsidP="00BB3167">
+          <w:p w14:paraId="72FEE239" w14:textId="294E05BC" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="00184DC1" w:rsidP="00BB3167">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chapter 7 from the coursebook </w:t>
+              <w:t xml:space="preserve">Chapter 7 from the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>coursebook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1679">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(In Other Words, Mona Baker)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F233300" w14:textId="77777777" w:rsidR="00BB3167" w:rsidRDefault="00184DC1" w:rsidP="00BB3167">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -4203,750 +3861,518 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
-          <w:p w14:paraId="206DAB37" w14:textId="731F8D0D" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="00BB3167" w:rsidP="00BB3167">
-[...13 lines deleted...]
-              <w:t>Types of translation and translation process</w:t>
+          <w:p w14:paraId="206DAB37" w14:textId="68FECAC1" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="00271AC2" w:rsidP="00BB3167">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271AC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>An overview of the translator’s job</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C9C5AA7" w14:textId="77777777" w:rsidR="00096A24" w:rsidRPr="00096A24" w:rsidRDefault="00096A24" w:rsidP="00096A24">
+          <w:p w14:paraId="2A4E24EA" w14:textId="16C23FE9" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="005165AF" w:rsidP="00096A24">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00096A24">
-[...98 lines deleted...]
-              <w:t>Choose a short text to be used in in-class process practice.</w:t>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, “An Overview”, Ch. 1 in Translation as Profession (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F45E5C0" w14:textId="77777777" w:rsidR="00A60DAD" w:rsidRPr="00A60DAD" w:rsidRDefault="00A60DAD" w:rsidP="00A60DAD">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00A60DAD">
+          <w:p w14:paraId="778BC4E6" w14:textId="554829DE" w:rsidR="00A60DAD" w:rsidRPr="00A60DAD" w:rsidRDefault="00FB7C9A" w:rsidP="00A60DAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Interactive Lecture</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2226C1F0" w14:textId="77777777" w:rsidR="00FB7C9A" w:rsidRPr="00FB7C9A" w:rsidRDefault="00FB7C9A" w:rsidP="00FB7C9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB7C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Guided Discussion: Students discuss issues like quality constraints, diversity of translations, and cross-purpose communication using short scenarios.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43EAD394" w14:textId="77777777" w:rsidR="00FB7C9A" w:rsidRPr="00FB7C9A" w:rsidRDefault="00FB7C9A" w:rsidP="00FB7C9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22C3A1DE" w14:textId="77777777" w:rsidR="00FB7C9A" w:rsidRPr="00FB7C9A" w:rsidRDefault="00FB7C9A" w:rsidP="00FB7C9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB7C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Process-Based Analysis: The translator’s job and task breakdown (pre-translation, transfer, quality control, post-translation) are examined </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB7C9A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Workshop Activity: Mini Translation Project</w:t>
-[...193 lines deleted...]
-            </w:r>
+              <w:t>step by step.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="462597F7" w14:textId="77777777" w:rsidR="00FB7C9A" w:rsidRPr="00FB7C9A" w:rsidRDefault="00FB7C9A" w:rsidP="00FB7C9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3104ADA3" w14:textId="2B43C229" w:rsidR="00A60DAD" w:rsidRPr="00A60DAD" w:rsidRDefault="00FB7C9A" w:rsidP="00FB7C9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB7C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Case Study: Analysis of a sample translation project to illustrate workflow stages and professional responsibilities.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12EAE6DF" w14:textId="30D7DC1A" w:rsidR="00BB3167" w:rsidRPr="006F73BC" w:rsidRDefault="00BB3167" w:rsidP="00A60DAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB3167" w:rsidRPr="0008196A" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="00FE0E7E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="00BB3167" w:rsidP="00BB3167">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
-          <w:p w14:paraId="0863608B" w14:textId="77777777" w:rsidR="00BB3167" w:rsidRDefault="00BB3167" w:rsidP="00BB3167">
-            <w:pPr>
+          <w:p w14:paraId="65547CF4" w14:textId="191CC077" w:rsidR="00BB3167" w:rsidRPr="0008196A" w:rsidRDefault="007A707B" w:rsidP="00BB3167">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...40 lines deleted...]
-              <w:t>Contemporary approaches to translation</w:t>
+              <w:t>The stages of Translation Process</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
-          <w:p w14:paraId="01BE6283" w14:textId="77777777" w:rsidR="008601C0" w:rsidRPr="008601C0" w:rsidRDefault="008601C0" w:rsidP="008601C0">
+          <w:p w14:paraId="754A76C7" w14:textId="63900870" w:rsidR="00666FD9" w:rsidRPr="0008196A" w:rsidRDefault="005165AF" w:rsidP="005165AF">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008601C0">
-[...51 lines deleted...]
-              <w:t>Review the difference between word-for-word and sense-for-sense translation.</w:t>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, “The translation process from A to Z”, Ch. 3 in Translation as Profession (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB2B58F" w14:textId="77777777" w:rsidR="008E052B" w:rsidRPr="008E052B" w:rsidRDefault="008E052B" w:rsidP="008E052B">
-[...145 lines deleted...]
-              <w:t>Reflection: Students summarize how early ideas influenced later translation theory.</w:t>
+          <w:p w14:paraId="3F19A7D7" w14:textId="77777777" w:rsidR="00BB3167" w:rsidRDefault="001645C1" w:rsidP="008E052B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Interactive Lecture</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D6DAC84" w14:textId="77777777" w:rsidR="001645C1" w:rsidRPr="001645C1" w:rsidRDefault="001645C1" w:rsidP="001645C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001645C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Process-Oriented Demonstration: Step-by-step demonstration of preparing a translation kit, setting up resources, planning the task, and managing translation environments.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40B6D7F3" w14:textId="77777777" w:rsidR="001645C1" w:rsidRPr="001645C1" w:rsidRDefault="001645C1" w:rsidP="001645C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001645C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Case-Based Learning: Students analyze a simulated translation project to understand pre-translation preparation, transfer, quality control, and post-translation stages.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02196AE9" w14:textId="77777777" w:rsidR="001645C1" w:rsidRPr="001645C1" w:rsidRDefault="001645C1" w:rsidP="001645C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001645C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Task-Based Activities: Students practice analyzing source materials, preparing raw materials, doing short translation samples, and planning workflows.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44BB9DD7" w14:textId="0AD484C7" w:rsidR="001645C1" w:rsidRPr="007B2BBF" w:rsidRDefault="001645C1" w:rsidP="001645C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001645C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Quality Assurance Workshop: Discussion and examples of quality control roles (translator, reviser, work provider) and revision procedures.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF2F6F" w:rsidRPr="0008196A" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="00EF2F6F" w:rsidRPr="0008196A" w:rsidRDefault="00EF2F6F" w:rsidP="00EF2F6F">
+          <w:p w14:paraId="45C9A48E" w14:textId="5648B334" w:rsidR="00EF2F6F" w:rsidRPr="0008196A" w:rsidRDefault="00EF2F6F" w:rsidP="00EF2F6F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -5129,771 +4555,567 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
-          <w:p w14:paraId="645FD6BD" w14:textId="6670EFC6" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
+          <w:p w14:paraId="645FD6BD" w14:textId="2F9FC2E2" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="005165AF" w:rsidP="00883753">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Linguistic approaches to translation</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Translation Process Management </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77210119" w14:textId="77777777" w:rsidR="00110A4D" w:rsidRPr="00110A4D" w:rsidRDefault="00110A4D" w:rsidP="00110A4D">
+          <w:p w14:paraId="4BBDEF72" w14:textId="567849D2" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="005165AF" w:rsidP="00110A4D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00110A4D">
-[...33 lines deleted...]
-              <w:t>Select short text pairs (source and target) to illustrate linguistic shifts at the lexical, grammatical, and semantic levels.</w:t>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, “Living in a crowd: Interacting with no end of ‘partners’”, Ch. 9 in Translation as Profession (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005165AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6705E462" w14:textId="3EEC65AF" w:rsidR="002C60D1" w:rsidRPr="002C60D1" w:rsidRDefault="00883753" w:rsidP="002C60D1">
-[...178 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1102126C" w14:textId="3E15DB5C" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Interactive Lecture: Introduction to the translator’s professional network and interactions with various stakeholders such as work providers, project managers, revisers, and technical experts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="178968AB" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6705E462" w14:textId="0D811AC7" w:rsidR="001645C1" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Case Study Analysis: Examination of real or simulated translation projects to illustrate collaboration with different partners and institutional structures.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="040665DC" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Group Discussion: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Reflection on professional relationships, teamwork, and conflict management in translation practice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="047E65D8" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0015B670" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Problem-Solving Tasks: Students address common professional challenges related to coordination, deadlines, and quality expectations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C04852F" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="678D248C" w14:textId="34763325" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reflective Practice: Short written reflection on the translator’s role within a professional ecosystem and the importance of collaboration and communication skills.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5097B9A3" w14:textId="15F67CEB" w:rsidR="00790A29" w:rsidRPr="004C2842" w:rsidRDefault="00790A29" w:rsidP="00790A29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00883753" w:rsidRPr="0008196A" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="00C50DCB">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
-          <w:p w14:paraId="2531C78E" w14:textId="15AB735F" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
+          <w:p w14:paraId="2531C78E" w14:textId="410EF713" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="005165AF" w:rsidP="00883753">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Functional approaches to translation</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Translation Process Management : Role-play Simulation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="586005A6" w14:textId="77777777" w:rsidR="00CF394C" w:rsidRDefault="00373F33" w:rsidP="00883753">
+          <w:p w14:paraId="01C14D55" w14:textId="023EAAF5" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="0016134A" w:rsidP="00883753">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00373F33">
-[...31 lines deleted...]
-              <w:t>Develop a short in-class exercise asking students to translate one text for different purposes or audiences.</w:t>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, “Living in a crowd: Interacting with no end of ‘partners’”, Ch. 9 in Translation as Profession (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E90C24E" w14:textId="77777777" w:rsidR="0054719B" w:rsidRPr="0054719B" w:rsidRDefault="0054719B" w:rsidP="0054719B">
-[...273 lines deleted...]
-              <w:t>For an advertisement (persuasive)</w:t>
+          <w:p w14:paraId="0F449ABE" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Role-Play Activities: Students simulate professional communication scenarios (e.g., negotiating with work providers, cooperating with project managers, responding to revisers’ feedback).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55F129BD" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FDB12C6" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Group Discussion: Reflection on professional relationships, teamwork, and conflict management in translation practice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="326C0AF9" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FC078F0" w14:textId="75EDD283" w:rsidR="00883753" w:rsidRPr="0054719B" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Problem-Solving Tasks: Students address common professional challenges related to coordination, deadlines, and quality expectations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00883753" w:rsidRPr="0008196A" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="00C50DCB">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
-          <w:p w14:paraId="22B5E4B9" w14:textId="6D75C153" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
-[...13 lines deleted...]
-              <w:t>Descriptive translation studies</w:t>
+          <w:p w14:paraId="22B5E4B9" w14:textId="68293DAF" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="0016134A" w:rsidP="00883753">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Translation Process Management : Role-play Simulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32F54FF6" w14:textId="77777777" w:rsidR="00883753" w:rsidRDefault="00934371" w:rsidP="00883753">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5929,2640 +5151,1934 @@
           <w:p w14:paraId="6E9E05EB" w14:textId="77777777" w:rsidR="009C4795" w:rsidRPr="009C4795" w:rsidRDefault="009C4795" w:rsidP="009C4795">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37145211" w14:textId="3F55F0F9" w:rsidR="009C4795" w:rsidRPr="0008196A" w:rsidRDefault="009C4795" w:rsidP="009C4795">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C4795">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prepare a short worksheet for students to analyze a translation descriptively (focusing on what translators did, not </w:t>
-[...8 lines deleted...]
-              <w:t>what they should have done).</w:t>
+              <w:t>Prepare a short worksheet for students to analyze a translation descriptively (focusing on what translators did, not what they should have done).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="720432B2" w14:textId="430B1537" w:rsidR="007C51C6" w:rsidRPr="007C51C6" w:rsidRDefault="007C51C6" w:rsidP="007C51C6">
+          <w:p w14:paraId="27DD5291" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Role-Play </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>simulate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>communication</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>scenarios</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>e.g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>.,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>negotiating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>providers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>cooperating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>project</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>managers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>responding</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>revisers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>feedback</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70B554FF" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="778AB00C" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Reflection</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>relationships</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>teamwork</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>conflict</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>management</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E90AE7A" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="219D2D3F" w14:textId="2F824A60" w:rsidR="00883753" w:rsidRPr="007C51C6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Problem-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Solving</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Tasks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Text</w:t>
+              <w:t>Students</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Analysis Activity</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-            <w:pPr>
+              <w:t>address</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="007C51C6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Select a </w:t>
+              <w:t>common</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>short</w:t>
+              <w:t>professional</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>translated</w:t>
+              <w:t>challenges</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>text</w:t>
+              <w:t>related</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>coordination</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>deadlines</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>its</w:t>
+              <w:t>quality</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>source</w:t>
+              <w:t>expectations</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007C51C6">
+            <w:r w:rsidRPr="00194DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t>.</w:t>
-            </w:r>
-[...1341 lines deleted...]
-              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00883753" w:rsidRPr="0008196A" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="00C50DCB">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
-          <w:p w14:paraId="1506B42E" w14:textId="598687BC" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
-[...13 lines deleted...]
-              <w:t>Critical Translation studies</w:t>
+          <w:p w14:paraId="1506B42E" w14:textId="4DD1A6C4" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00227F08" w:rsidP="00883753">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00227F08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ethical Issues in Translation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25D5C8BC" w14:textId="77777777" w:rsidR="00EF1367" w:rsidRPr="00EF1367" w:rsidRDefault="00EF1367" w:rsidP="00EF1367">
+          <w:p w14:paraId="6BB26243" w14:textId="51F8F590" w:rsidR="00227F08" w:rsidRDefault="00227F08" w:rsidP="00EF1367">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EF1367">
-[...8 lines deleted...]
-          <w:p w14:paraId="1582A958" w14:textId="77777777" w:rsidR="00EF1367" w:rsidRPr="00EF1367" w:rsidRDefault="00EF1367" w:rsidP="00EF1367">
+            <w:r w:rsidRPr="00227F08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00227F08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00227F08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, “From manual to automatic”, Ch. 14 in Translation as Profession (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00227F08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00227F08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56F165EF" w14:textId="77777777" w:rsidR="00227F08" w:rsidRDefault="00227F08" w:rsidP="00EF1367">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3D3AFD50" w14:textId="50A74EAA" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00EF1367" w:rsidP="00EF1367">
+          <w:p w14:paraId="05E06CC0" w14:textId="77777777" w:rsidR="00227F08" w:rsidRDefault="00227F08" w:rsidP="00EF1367">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EF1367">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D3AFD50" w14:textId="346C065D" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00EF1367">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05527521" w14:textId="77777777" w:rsidR="00EF1367" w:rsidRPr="00EF1367" w:rsidRDefault="00EF1367" w:rsidP="00EF1367">
-[...176 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2B248E53" w14:textId="44ADEE5D" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Interactive Lecture</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20D145FF" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Guided Discussion: Discussion of ethical obligations toward work providers, colleagues, partners, and other stakeholders.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1777030F" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B14AD2C" w14:textId="1A5E8AA3" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00883753" w:rsidRPr="0008196A" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="00C50DCB">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
-          <w:p w14:paraId="5A60206C" w14:textId="1912176F" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
+          <w:p w14:paraId="5A60206C" w14:textId="77E21892" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="0016134A" w:rsidP="00883753">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Critical Translation studies</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ethical Issues in Translation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="623E1B2B" w14:textId="77777777" w:rsidR="00C01CA6" w:rsidRPr="00C01CA6" w:rsidRDefault="00C01CA6" w:rsidP="00C01CA6">
+          <w:p w14:paraId="34C8B00B" w14:textId="3776D322" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="0016134A" w:rsidP="00C01CA6">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C01CA6">
-[...42 lines deleted...]
-              <w:t>of a politically charged text).</w:t>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, “From manual to automatic”, Ch. 14 in Translation as Profession (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37D42B39" w14:textId="77777777" w:rsidR="005628B1" w:rsidRPr="005628B1" w:rsidRDefault="005628B1" w:rsidP="005628B1">
-[...210 lines deleted...]
-              <w:t>Present findings and debate different interpretations.</w:t>
+          <w:p w14:paraId="37F94DC8" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Case Study Analysis: Examination of real or hypothetical ethical dilemmas related to payment, confidentiality, deadlines, and professional conduct.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7229BED4" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="468ACEAA" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Scenario-Based Learning: Students analyze and respond to ethical problem scenarios encountered during translation projects.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56272F24" w14:textId="77777777" w:rsidR="00194DF6" w:rsidRPr="00194DF6" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1216638D" w14:textId="38485AAF" w:rsidR="00883753" w:rsidRPr="005628B1" w:rsidRDefault="00194DF6" w:rsidP="00194DF6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Group Reflection: Students reflect on ethical decision-making during different stages of a translation job.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00883753" w:rsidRPr="0008196A" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="00C50DCB">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
-          <w:p w14:paraId="507B399A" w14:textId="6619B285" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
+          <w:p w14:paraId="507B399A" w14:textId="024667F3" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="0016134A" w:rsidP="00883753">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Theoretical Framework for oral translation</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Translation in the Digital Age </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FEAA529" w14:textId="77777777" w:rsidR="00883753" w:rsidRDefault="00F70ADC" w:rsidP="00F70ADC">
+          <w:p w14:paraId="7FEAA529" w14:textId="61C53E6C" w:rsidR="0016134A" w:rsidRPr="0008196A" w:rsidRDefault="0016134A" w:rsidP="0016134A">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-          <w:p w14:paraId="225D9DC4" w14:textId="3E644D2B" w:rsidR="00F121BD" w:rsidRPr="0008196A" w:rsidRDefault="00F121BD" w:rsidP="00F70ADC">
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+                <w:color w:val="071437"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, “From manual to automatic”, Ch. 14 in Translation as Profession (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2007) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225D9DC4" w14:textId="682660AC" w:rsidR="00F121BD" w:rsidRPr="0008196A" w:rsidRDefault="00F121BD" w:rsidP="00F70ADC">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F121BD">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B12CD1C" w14:textId="6C3801F9" w:rsidR="00F121BD" w:rsidRPr="00F121BD" w:rsidRDefault="00883753" w:rsidP="00F121BD">
-[...197 lines deleted...]
-              <w:t>Relate these issues to theoretical models (Effort, Sense, or Interactional).</w:t>
+          <w:p w14:paraId="11667A48" w14:textId="77777777" w:rsidR="006A0765" w:rsidRPr="006A0765" w:rsidRDefault="006A0765" w:rsidP="006A0765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A0765">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Interactive Lecture: Overview of digital transformation in translation, including CAT tools, machine translation, post-editing, and online platforms.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="497DCC19" w14:textId="77777777" w:rsidR="006A0765" w:rsidRPr="006A0765" w:rsidRDefault="006A0765" w:rsidP="006A0765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A0765">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Demonstration: Instructor demonstrates basic functions of translation technologies and digital workflows.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D7EFB0A" w14:textId="77777777" w:rsidR="006A0765" w:rsidRPr="006A0765" w:rsidRDefault="006A0765" w:rsidP="006A0765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A0765">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Guided Discussion: Discussion on the impact of digitalization on the translator’s role, quality, productivity, and ethics.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B0881E" w14:textId="77777777" w:rsidR="006A0765" w:rsidRPr="006A0765" w:rsidRDefault="006A0765" w:rsidP="006A0765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A0765">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Case Study: Analysis of real-world examples of technology-driven translation projects.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C7A335A" w14:textId="2B3867F4" w:rsidR="0025251F" w:rsidRPr="0008196A" w:rsidRDefault="006A0765" w:rsidP="006A0765">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A0765">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hands-On Practice: Students experiment with digital tools or simulated translation environments.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00883753" w:rsidRPr="0008196A" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="00C50DCB">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="34D275E4" w14:textId="02E2972D" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -8881,90 +7397,231 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Textbook:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7518" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF085FE" w14:textId="0A519B10" w:rsidR="00883753" w:rsidRPr="00B2757F" w:rsidRDefault="00883753" w:rsidP="00883753">
+          <w:p w14:paraId="62FDCFF3" w14:textId="77777777" w:rsidR="00883753" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Baker, M. (1992). </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>In Other Words: A Coursebook on Translation</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>. Routledge.</w:t>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2757F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Routledge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2757F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF085FE" w14:textId="13C06EEE" w:rsidR="00FB7C9A" w:rsidRPr="00B2757F" w:rsidRDefault="00FB7C9A" w:rsidP="00FB7C9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2007).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB7C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Translation as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FB7C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Profession</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB7C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>John</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FB7C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FB7C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00883753" w:rsidRPr="0008196A" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
@@ -9037,51 +7694,73 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, 2014 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Şehnaz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Tahir </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2757F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tahir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2757F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Gürçağlar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="142649E8" w14:textId="77777777" w:rsidR="00883753" w:rsidRPr="00B2757F" w:rsidRDefault="00883753" w:rsidP="00883753">
@@ -9124,51 +7803,50 @@
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Course Assessment and Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00883753" w:rsidRPr="0008196A" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00883753" w:rsidRPr="0008196A" w:rsidRDefault="00883753" w:rsidP="00883753">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -11179,51 +9857,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008196A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
+        <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
       <w:tr w:rsidR="003237AD" w:rsidRPr="0008196A" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
@@ -11263,462 +9941,486 @@
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42B9D78F" w14:textId="4ADC7102" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="002D1BAC" w:rsidP="002D1BAC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
+                <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05E84374" wp14:editId="2160039A">
                   <wp:extent cx="3298190" cy="1978660"/>
                   <wp:effectExtent l="0" t="0" r="16510" b="2540"/>
                   <wp:docPr id="1358889949" name="Grafik 1">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDCBE440-FA0E-5577-A5C0-C54124615F3A}"/>
+                        <a16:creationId xmlns="" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDCBE440-FA0E-5577-A5C0-C54124615F3A}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3086B60B" wp14:editId="02FA6EF5">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2071116311" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003237AD" w:rsidRPr="0008196A" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="66D46301">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="900991778" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008196A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="7471AC73">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidSect="005A2B8A">
-      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="653BD746" w14:textId="77777777" w:rsidR="00A7763A" w:rsidRPr="0008196A" w:rsidRDefault="00A7763A" w:rsidP="0034027E">
+    <w:p w14:paraId="304A293A" w14:textId="77777777" w:rsidR="00B4643C" w:rsidRPr="0008196A" w:rsidRDefault="00B4643C" w:rsidP="0034027E">
       <w:r w:rsidRPr="0008196A">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C830F1D" w14:textId="77777777" w:rsidR="00A7763A" w:rsidRPr="0008196A" w:rsidRDefault="00A7763A" w:rsidP="0034027E">
+    <w:p w14:paraId="6682495E" w14:textId="77777777" w:rsidR="00B4643C" w:rsidRPr="0008196A" w:rsidRDefault="00B4643C" w:rsidP="0034027E">
       <w:r w:rsidRPr="0008196A">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="662C8869" w14:textId="77777777" w:rsidR="00A7763A" w:rsidRPr="0008196A" w:rsidRDefault="00A7763A" w:rsidP="0034027E">
+    <w:p w14:paraId="25F66F0C" w14:textId="77777777" w:rsidR="00B4643C" w:rsidRPr="0008196A" w:rsidRDefault="00B4643C" w:rsidP="0034027E">
       <w:r w:rsidRPr="0008196A">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47EE51BB" w14:textId="77777777" w:rsidR="00A7763A" w:rsidRPr="0008196A" w:rsidRDefault="00A7763A" w:rsidP="0034027E">
+    <w:p w14:paraId="2B07F060" w14:textId="77777777" w:rsidR="00B4643C" w:rsidRPr="0008196A" w:rsidRDefault="00B4643C" w:rsidP="0034027E">
       <w:r w:rsidRPr="0008196A">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRPr="0008196A" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
+      <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="0008196A">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
+        <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00057654"/>
     <w:rsid w:val="00072106"/>
     <w:rsid w:val="00076CD3"/>
     <w:rsid w:val="0007738C"/>
     <w:rsid w:val="0008196A"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00086645"/>
     <w:rsid w:val="00087E10"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="00096A24"/>
     <w:rsid w:val="0009745F"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000E6747"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="000F3C9C"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00110A4D"/>
     <w:rsid w:val="001367C5"/>
     <w:rsid w:val="00144363"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00154070"/>
+    <w:rsid w:val="0016134A"/>
     <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="001645C1"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="00177B9C"/>
     <w:rsid w:val="00184DC1"/>
     <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="00194DF6"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A60A7"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C095A"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001E44E5"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="002123B1"/>
     <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00227F08"/>
     <w:rsid w:val="00231806"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="0025251F"/>
     <w:rsid w:val="00252D65"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="0025697F"/>
     <w:rsid w:val="0026456C"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="00271AC2"/>
     <w:rsid w:val="00283A4D"/>
     <w:rsid w:val="00287BC4"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B6A8B"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002C60D1"/>
     <w:rsid w:val="002D1BAC"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002D5A1F"/>
     <w:rsid w:val="002E1836"/>
     <w:rsid w:val="002E3D67"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="0030488F"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="00310F1E"/>
     <w:rsid w:val="0031299F"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003208C3"/>
     <w:rsid w:val="00321C59"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
@@ -11741,140 +10443,144 @@
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="00424BEC"/>
     <w:rsid w:val="00427BB1"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="0045338F"/>
     <w:rsid w:val="00455764"/>
     <w:rsid w:val="0045679F"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00472F52"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="004812D1"/>
     <w:rsid w:val="00481824"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A36CB"/>
     <w:rsid w:val="004A50EF"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004C2842"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="004E246A"/>
     <w:rsid w:val="004E72AE"/>
+    <w:rsid w:val="005165AF"/>
     <w:rsid w:val="00520B99"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="00530B68"/>
     <w:rsid w:val="00533C87"/>
     <w:rsid w:val="00540EF9"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="0054719B"/>
     <w:rsid w:val="0055107C"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="00560819"/>
     <w:rsid w:val="00560C4E"/>
     <w:rsid w:val="005628B1"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="00594963"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005C4F09"/>
     <w:rsid w:val="005E501F"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="0060107A"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00603805"/>
     <w:rsid w:val="0061234C"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="006459E9"/>
     <w:rsid w:val="0065015E"/>
     <w:rsid w:val="00666FD9"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="00690197"/>
     <w:rsid w:val="00694296"/>
+    <w:rsid w:val="006A0765"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6C36"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006C2051"/>
     <w:rsid w:val="006D2340"/>
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="006F73BC"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="0071541A"/>
     <w:rsid w:val="00721260"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00745ECC"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="0075284D"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00765238"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="00790A29"/>
     <w:rsid w:val="007A509A"/>
+    <w:rsid w:val="007A707B"/>
     <w:rsid w:val="007B2BBF"/>
     <w:rsid w:val="007C51C6"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007D590A"/>
     <w:rsid w:val="007D6E1E"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="008167FD"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="0085032D"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="008601C0"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00883753"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="00896390"/>
     <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008A1679"/>
     <w:rsid w:val="008B26F9"/>
     <w:rsid w:val="008D443C"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="008E052B"/>
     <w:rsid w:val="008E1362"/>
     <w:rsid w:val="008E4B7C"/>
     <w:rsid w:val="008E6ECD"/>
     <w:rsid w:val="008F585F"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="00934371"/>
     <w:rsid w:val="00947E6F"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00960E46"/>
     <w:rsid w:val="009630BE"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00964DD6"/>
     <w:rsid w:val="00970A27"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00980530"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009B36A7"/>
@@ -11886,50 +10592,51 @@
     <w:rsid w:val="00A2556C"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A34859"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A60DAD"/>
     <w:rsid w:val="00A7053E"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A745E6"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A7763A"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00A85FA7"/>
     <w:rsid w:val="00AA29CD"/>
     <w:rsid w:val="00AA719E"/>
     <w:rsid w:val="00AC4B11"/>
     <w:rsid w:val="00AE63B3"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B14243"/>
     <w:rsid w:val="00B16769"/>
     <w:rsid w:val="00B17FA9"/>
     <w:rsid w:val="00B2757F"/>
     <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B4643C"/>
     <w:rsid w:val="00B52C20"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B73621"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB3167"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB45FD"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BC0EFD"/>
     <w:rsid w:val="00BC4E94"/>
     <w:rsid w:val="00BD2B40"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C01CA6"/>
     <w:rsid w:val="00C0610A"/>
     <w:rsid w:val="00C11367"/>
     <w:rsid w:val="00C1275C"/>
     <w:rsid w:val="00C263E1"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
@@ -12003,112 +10710,112 @@
     <w:rsid w:val="00EA187D"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EA6F58"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED24B3"/>
     <w:rsid w:val="00ED36FF"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED4098"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00EF1367"/>
     <w:rsid w:val="00EF15BB"/>
     <w:rsid w:val="00EF2F6F"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F05032"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F10A39"/>
     <w:rsid w:val="00F121BD"/>
     <w:rsid w:val="00F15130"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F52CF4"/>
+    <w:rsid w:val="00F57B90"/>
     <w:rsid w:val="00F609D1"/>
     <w:rsid w:val="00F62C89"/>
     <w:rsid w:val="00F6565A"/>
     <w:rsid w:val="00F70ADC"/>
     <w:rsid w:val="00F767CE"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F863C4"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F92C54"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB2551"/>
     <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FB7C9A"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC4ECD"/>
     <w:rsid w:val="00FC5B80"/>
     <w:rsid w:val="00FC6B48"/>
     <w:rsid w:val="00FE1269"/>
     <w:rsid w:val="00FE5ED1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="382978FE"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{37064ACD-A132-4FB8-8220-5060ED1930AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12235,159 +10942,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...107 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -12434,66 +11032,73 @@
     <w:rPr>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
     <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
     <w:link w:val="HTMLncedenBiimlendirilmi"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="KlavuzuTablo4-Vurgu1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -12507,99 +11112,544 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stBilgi">
+  <w:style w:type="paragraph" w:styleId="stbilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stBilgiChar"/>
+    <w:link w:val="stbilgiChar"/>
     <w:rsid w:val="0034027E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
-    <w:name w:val="Üst Bilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="stBilgi"/>
+    <w:link w:val="stbilgi"/>
     <w:rsid w:val="0034027E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AltBilgi">
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltBilgiChar"/>
+    <w:link w:val="AltbilgiChar"/>
     <w:rsid w:val="0034027E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
-    <w:name w:val="Alt Bilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="AltBilgi"/>
+    <w:link w:val="Altbilgi"/>
     <w:rsid w:val="0034027E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="00271AC2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="00271AC2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="00271AC2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="00271AC2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12637,50 +11687,63 @@
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="620381339">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
                     <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
                     <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
                     <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="564068529">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="614141163">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="574627509">
           <w:marLeft w:val="225"/>
           <w:marRight w:val="225"/>
           <w:marTop w:val="225"/>
           <w:marBottom w:val="225"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -12926,155 +11989,145 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_3.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_4.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR"/>
               <a:t>2024-2025 Fall</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="tr-TR" baseline="0"/>
               <a:t> Semester</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" baseline="0"/>
               <a:t>TRN111 Int. to Translation I</a:t>
             </a:r>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
-      <c:txPr>
-[...18 lines deleted...]
-      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>Sayfa1!$A$7:$A$15</c:f>
               <c:strCache>
@@ -13123,221 +12176,221 @@
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>16</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-65C8-4D79-BF49-AFFCD26F1711}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="2039989568"/>
-        <c:axId val="2039991968"/>
+        <c:axId val="165238272"/>
+        <c:axId val="144749056"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="2039989568"/>
+        <c:axId val="165238272"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="2039991968"/>
+        <c:crossAx val="144749056"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="2039991968"/>
+        <c:axId val="144749056"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="2039989568"/>
+        <c:crossAx val="165238272"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="tr-TR"/>
     </a:p>
   </c:txPr>
-  <c:externalData r:id="rId3">
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
@@ -13349,94 +12402,84 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Spring Semester</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Course Code and Name</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
-      <c:txPr>
-[...18 lines deleted...]
-      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sayfa1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Öğrenci Sayısı</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
@@ -13516,221 +12559,221 @@
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="1492079743"/>
-        <c:axId val="1492079263"/>
+        <c:axId val="163129344"/>
+        <c:axId val="144750784"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="1492079743"/>
+        <c:axId val="163129344"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1492079263"/>
+        <c:crossAx val="144750784"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="1492079263"/>
+        <c:axId val="144750784"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1492079743"/>
+        <c:crossAx val="163129344"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
-    <c:extLst>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="tr-TR"/>
     </a:p>
   </c:txPr>
-  <c:externalData r:id="rId3">
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
@@ -13742,94 +12785,84 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2025-2026</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050" baseline="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Fall Semester</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Course Code and Name</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
-      <c:txPr>
-[...18 lines deleted...]
-      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sayfa1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Öğrenci Sayısı</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
@@ -13909,313 +12942,303 @@
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="1492079743"/>
-        <c:axId val="1492079263"/>
+        <c:axId val="163112448"/>
+        <c:axId val="145277504"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="1492079743"/>
+        <c:axId val="163112448"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1492079263"/>
+        <c:crossAx val="145277504"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="1492079263"/>
+        <c:axId val="145277504"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1492079743"/>
+        <c:crossAx val="163112448"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
-    <c:extLst>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="tr-TR"/>
     </a:p>
   </c:txPr>
-  <c:externalData r:id="rId3">
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2025-2026</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050" baseline="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Spring Semester</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:defRPr/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050" baseline="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Course Code and Name</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
-      <c:txPr>
-[...18 lines deleted...]
-      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sayfa1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Öğrenci Sayısı</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
@@ -14295,2435 +13318,263 @@
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="1492079743"/>
-        <c:axId val="1492079263"/>
+        <c:axId val="163127296"/>
+        <c:axId val="205013568"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="1492079743"/>
+        <c:axId val="163127296"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1492079263"/>
+        <c:crossAx val="205013568"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="1492079263"/>
+        <c:axId val="205013568"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1492079743"/>
+        <c:crossAx val="163127296"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
-    <c:extLst>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="tr-TR"/>
     </a:p>
   </c:txPr>
-  <c:externalData r:id="rId3">
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
-</file>
-[...2170 lines deleted...]
-</cs:chartStyle>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -16731,51 +13582,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -16945,86 +13796,86 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>10251</Characters>
+  <Pages>7</Pages>
+  <Words>1620</Words>
+  <Characters>9240</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11816</CharactersWithSpaces>
+  <CharactersWithSpaces>10839</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>