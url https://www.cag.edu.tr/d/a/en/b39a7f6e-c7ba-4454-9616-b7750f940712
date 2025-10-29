--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -132,148 +132,148 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Economics and Administrative Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00482527" w:rsidRPr="00D51404" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="00752A7C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ECTS Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00D51404" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="00752A7C">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -292,66 +292,74 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ITL-409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54764CA8" w14:textId="3FACA875" w:rsidR="00681162" w:rsidRPr="00D51404" w:rsidRDefault="00752A7C" w:rsidP="00833C72">
+          <w:p w14:paraId="54764CA8" w14:textId="5D8D111F" w:rsidR="00681162" w:rsidRPr="00D51404" w:rsidRDefault="00752A7C" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Logistics Information Systems</w:t>
+            </w:r>
+            <w:r w:rsidR="00765893">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Certified Lecture)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5967AF88" w14:textId="5E44671D" w:rsidR="00681162" w:rsidRPr="00D51404" w:rsidRDefault="00752A7C" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -382,51 +390,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00D51404" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF">
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prerequisite Courses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -569,51 +577,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Face-to-Face</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00D51404" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF">
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Type and Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
@@ -646,145 +654,145 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Compulsory/4.Year/Fall Semester </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00D51404" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="00752A7C">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4304" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF">
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Instructor's Title, Name, and Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF">
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF">
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Office Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF">
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00D51404" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="00752A7C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -956,51 +964,51 @@
             </w:hyperlink>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00D51404" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF">
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Coordinator:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1039,51 +1047,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003537D4" w:rsidRPr="00D51404" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65E7B619" w14:textId="5B4D2D91" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF" w:rsidP="00C36D8E">
+          <w:p w14:paraId="65E7B619" w14:textId="5B4D2D91" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3" w:rsidP="00C36D8E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Objectives</w:t>
             </w:r>
             <w:r w:rsidR="00752A7C" w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
@@ -1092,105 +1100,105 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>This course aims to provide students with a comprehensive understanding of how information systems are used to support logistics and supply chain operations in a global context. Students will explore the role of digital technologies in enhancing efficiency, visibility, and decision-making in logistics activities such as transportation, warehousing, inventory management, and order processing. Through real-world case studies, and hands-on software applications (Microsoft Access), students will develop analytical and problem-solving skills required to evaluate and implement logistics information systems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A0CE5" w:rsidRPr="00D51404" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Learning Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF">
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Upon successful completion of this course, the student will be able to;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Relations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A0CE5" w:rsidRPr="00D51404" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
@@ -1219,78 +1227,78 @@
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00D51404" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Program Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="004A15AF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="00C851B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Net Contribution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C36D8E" w:rsidRPr="00D51404" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="00AD44F5">
         <w:trPr>
@@ -6137,100 +6145,93 @@
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="501B085D" w14:textId="07924233" w:rsidR="001C134A" w:rsidRPr="00D51404" w:rsidRDefault="003237AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br w:type="page"/>
-            </w:r>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>Past Term Achievements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003237AD" w:rsidRPr="00D51404" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00D51404" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F14C64E" wp14:editId="7DB8F0FB">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F14C64E" wp14:editId="29A759DB">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
@@ -8613,60 +8614,60 @@
           </w:tcPr>
           <w:p w14:paraId="116D495E" w14:textId="77777777" w:rsidR="008D4362" w:rsidRPr="00D51404" w:rsidRDefault="008D4362" w:rsidP="00D51404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Effectively formulates a clear description of the research problem, concept, or idea, and specifies major elements to be examined; selects and prioritizes information appropriate to addressing the research problem, concept, or idea. Main idea </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>is stands out</w:t>
+              <w:t>is stands</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and is supported by detailed information. Personal assessment is clearly stated.</w:t>
+              <w:t xml:space="preserve"> out and is supported by detailed information. Personal assessment is clearly stated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28A46388" w14:textId="77777777" w:rsidR="008D4362" w:rsidRPr="00D51404" w:rsidRDefault="008D4362" w:rsidP="00D51404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D4362" w:rsidRPr="00D51404" w14:paraId="207E20F7" w14:textId="77777777" w:rsidTr="00D51404">
         <w:trPr>
           <w:trHeight w:val="283"/>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -10701,58 +10702,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C2010C9" w14:textId="77777777" w:rsidR="008D4362" w:rsidRPr="00D51404" w:rsidRDefault="008D4362">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008D4362" w:rsidRPr="00D51404" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B2E42B7" w14:textId="77777777" w:rsidR="0065015E" w:rsidRDefault="0065015E" w:rsidP="0034027E">
+    <w:p w14:paraId="1E2AD12E" w14:textId="77777777" w:rsidR="007A0A65" w:rsidRDefault="007A0A65" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1529567B" w14:textId="77777777" w:rsidR="0065015E" w:rsidRDefault="0065015E" w:rsidP="0034027E">
+    <w:p w14:paraId="196D3D68" w14:textId="77777777" w:rsidR="007A0A65" w:rsidRDefault="007A0A65" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -10765,58 +10766,58 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="150D6343" w14:textId="77777777" w:rsidR="0065015E" w:rsidRDefault="0065015E" w:rsidP="0034027E">
+    <w:p w14:paraId="6E7DE47C" w14:textId="77777777" w:rsidR="007A0A65" w:rsidRDefault="007A0A65" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17CEE1D8" w14:textId="77777777" w:rsidR="0065015E" w:rsidRDefault="0065015E" w:rsidP="0034027E">
+    <w:p w14:paraId="702AB86A" w14:textId="77777777" w:rsidR="007A0A65" w:rsidRDefault="007A0A65" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -11037,123 +11038,128 @@
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003E0E11"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A0514"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="0050111B"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="0065015E"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="00752A7C"/>
     <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00765893"/>
     <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007A0A65"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008D4362"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="00947000"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C0797"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A67B90"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A73C43"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B52C20"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C36D8E"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
@@ -14350,75 +14356,75 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1831</Words>
-  <Characters>10438</Characters>
+  <Words>1834</Words>
+  <Characters>10455</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
+  <Lines>87</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12245</CharactersWithSpaces>
+  <CharactersWithSpaces>12265</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>