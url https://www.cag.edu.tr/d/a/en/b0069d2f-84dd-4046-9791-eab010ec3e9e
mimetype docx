--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -10,9902 +10,10002 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="330846C3" w14:textId="77777777" w:rsidR="00C80C9D" w:rsidRPr="00695A0D" w:rsidRDefault="00C80C9D">
+    <w:p w14:paraId="330846C3" w14:textId="77777777" w:rsidR="00C80C9D" w:rsidRPr="0009439B" w:rsidRDefault="00C80C9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
     </w:p>
-    <w:p w14:paraId="5F8F6DCC" w14:textId="4ECE9867" w:rsidR="00C80C9D" w:rsidRPr="00695A0D" w:rsidRDefault="00C80C9D" w:rsidP="00C80C9D">
+    <w:p w14:paraId="5F8F6DCC" w14:textId="4ECE9867" w:rsidR="00C80C9D" w:rsidRPr="0009439B" w:rsidRDefault="00C80C9D" w:rsidP="00C80C9D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00695A0D">
+      <w:r w:rsidRPr="0009439B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66B974E4" wp14:editId="55218A68">
             <wp:extent cx="1922585" cy="1922585"/>
             <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
             <wp:docPr id="1" name="Resim 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="nil tv logo.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1922194" cy="1922194"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C74057A" w14:textId="77777777" w:rsidR="00C80C9D" w:rsidRPr="00695A0D" w:rsidRDefault="00C80C9D">
+    <w:p w14:paraId="1C74057A" w14:textId="77777777" w:rsidR="00C80C9D" w:rsidRPr="0009439B" w:rsidRDefault="00C80C9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10967" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1233"/>
         <w:gridCol w:w="297"/>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="797"/>
         <w:gridCol w:w="577"/>
         <w:gridCol w:w="1310"/>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="189"/>
         <w:gridCol w:w="885"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00695A0D" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="0009439B" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="00695A0D" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="0009439B" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>SYLLABUS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71F9B79E" w14:textId="047D8B34" w:rsidR="005A2B8A" w:rsidRPr="00695A0D" w:rsidRDefault="006D47E9" w:rsidP="004904EB">
+          <w:p w14:paraId="71F9B79E" w14:textId="047D8B34" w:rsidR="005A2B8A" w:rsidRPr="0009439B" w:rsidRDefault="006D47E9" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Faculty of </w:t>
             </w:r>
-            <w:r w:rsidR="00D01625" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00D01625" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Arts and Science</w:t>
             </w:r>
-            <w:r w:rsidR="001B4DBF" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="001B4DBF" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>...</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00482527" w:rsidRPr="00695A0D" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="00902960">
+      <w:tr w:rsidR="00482527" w:rsidRPr="0009439B" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="00902960">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8" w:rsidP="001B4DBF">
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5211" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8" w:rsidP="001B4DBF">
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8" w:rsidP="001B4DBF">
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8" w:rsidP="001B4DBF">
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ECTS Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="00902960">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="00902960">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5645F289" w14:textId="24A40383" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00833C72">
+          <w:p w14:paraId="5645F289" w14:textId="24A40383" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>TDE 347</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5211" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54764CA8" w14:textId="1C1C5054" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00833C72">
+          <w:p w14:paraId="54764CA8" w14:textId="1C1C5054" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Writing Intelligence: Criticism and Creativity 5.0 (Brand: NİL TV)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5967AF88" w14:textId="6BB5DF93" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00833C72">
+          <w:p w14:paraId="5967AF88" w14:textId="6BB5DF93" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(1-2)2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="79C5E0D3" w14:textId="3B4EF194" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00833C72">
+          <w:p w14:paraId="79C5E0D3" w14:textId="3B4EF194" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00695A0D" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00681162" w:rsidRPr="0009439B" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Prerequisite Courses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17141753" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00902960">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="17141753" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">SDG Focus Area: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15730A01" w14:textId="78CF8B5D" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00902960">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="15730A01" w14:textId="78CF8B5D" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4. Quality Education: digital-critical literacy</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A9F2220" w14:textId="77777777" w:rsidR="000C3A6C" w:rsidRPr="00695A0D" w:rsidRDefault="000C3A6C" w:rsidP="000C3A6C">
+          <w:p w14:paraId="4A9F2220" w14:textId="77777777" w:rsidR="000C3A6C" w:rsidRPr="0009439B" w:rsidRDefault="000C3A6C" w:rsidP="000C3A6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5: Gender Equality: Textual analysis on cultural diversity and representation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79538906" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00902960">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="79538906" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9. Innovation: media co-creation and authorship</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FCA86B6" w14:textId="77777777" w:rsidR="000C3A6C" w:rsidRPr="00695A0D" w:rsidRDefault="000C3A6C" w:rsidP="000C3A6C">
+          <w:p w14:paraId="2FCA86B6" w14:textId="77777777" w:rsidR="000C3A6C" w:rsidRPr="0009439B" w:rsidRDefault="000C3A6C" w:rsidP="000C3A6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10: Reducing Inequalities: An inclusive literary approach with texts from diverse cultures</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14BCA205" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00902960">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="14BCA205" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>11. Sustainable Culture: ethical storytelling practices</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="640BECDB" w14:textId="23A05097" w:rsidR="00681162" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00902960">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="640BECDB" w14:textId="23A05097" w:rsidR="00681162" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>17. Partnerships: university–TV collaboration</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B4DBF" w:rsidRPr="00695A0D" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="00902960">
+      <w:tr w:rsidR="001B4DBF" w:rsidRPr="0009439B" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="00902960">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00695A0D" w:rsidRDefault="001B4DBF">
+          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="0009439B" w:rsidRDefault="001B4DBF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3368" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="485B0539" w14:textId="706ACA7D" w:rsidR="001B4DBF" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00833C72">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="485B0539" w14:textId="706ACA7D" w:rsidR="001B4DBF" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tu</w:t>
             </w:r>
-            <w:r w:rsidR="00C024C9" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00C024C9" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>kish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3153" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00695A0D" w:rsidRDefault="001B4DBF">
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="0009439B" w:rsidRDefault="001B4DBF">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Delivery Mode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="082FB09F" w14:textId="2CEAB65A" w:rsidR="001B4DBF" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="082FB09F" w14:textId="2CEAB65A" w:rsidR="001B4DBF" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Face to Face</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00695A0D" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00681162" w:rsidRPr="0009439B" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Type and Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40C618F0" w14:textId="0ACEB363" w:rsidR="00681162" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00833C72">
+          <w:p w14:paraId="40C618F0" w14:textId="0ACEB363" w:rsidR="00681162" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Compulsory/ Undergraduate / 3.Year / Fall Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00695A0D" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="00902960">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="0009439B" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="00902960">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4979" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Instructor's Title, Name, and Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8">
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8">
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Office Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="00902960">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="00902960">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4979" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10E9F61A" w14:textId="3F931F59" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="10E9F61A" w14:textId="3F931F59" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Prof. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dr.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A92F4D2" w14:textId="53B771BC" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00833C72">
+          <w:p w14:paraId="7A92F4D2" w14:textId="53B771BC" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72C71106" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00833C72">
+          <w:p w14:paraId="72C71106" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2586" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="26CCA1DE" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="0026033F" w:rsidP="000505DF">
+          <w:p w14:paraId="26CCA1DE" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00815E30" w:rsidP="000505DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00902960" w:rsidRPr="00695A0D">
+              <w:r w:rsidR="00902960" w:rsidRPr="0009439B">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>elmassahin@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="59E51361" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00833C72">
+          <w:p w14:paraId="59E51361" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Coordinator:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED79668" w14:textId="0A26824F" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="0034027E">
+          <w:p w14:paraId="0ED79668" w14:textId="0A26824F" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="0034027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Prof. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dr.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65E7B619" w14:textId="53BA1449" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="65E7B619" w14:textId="53BA1449" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Objectives</w:t>
             </w:r>
-            <w:r w:rsidR="005E6CBC" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005E6CBC" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="005E6CBC" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005E6CBC" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>This course explores how AI-powered writing tools intersect with critical and creative thinking. It provides theoretical frameworks and practical applications that explore the boundaries between human authorship, machine co-creation, and new modes of digital literacy. Through collaboration with a national TV broadcaster, students will develop original texts that blend algorithmic authorship with narrative critique—tailored for media production, ethical storytelling, and digital literacy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Learning Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Upon successful completion of this course, the student will be able to;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Relations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="003A4CE2">
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="003A4CE2">
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="003A4CE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Program Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Net Contribution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83081" w:rsidRPr="00695A0D" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="00EC0E17">
+      <w:tr w:rsidR="00C83081" w:rsidRPr="0009439B" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="00EC0E17">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2E40272B" w14:textId="1419EFBE" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="2E40272B" w14:textId="1419EFBE" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Uses AI tools ethically, effectively, and creatively.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2B5677" w14:textId="379AFA08" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="6E2B5677" w14:textId="379AFA08" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA0F5C4" w14:textId="4F76C80B" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="0FA0F5C4" w14:textId="4F76C80B" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83081" w:rsidRPr="00695A0D" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="00EC0E17">
+      <w:tr w:rsidR="00C83081" w:rsidRPr="0009439B" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="00EC0E17">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0185FF67" w14:textId="420F1681" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="0185FF67" w14:textId="420F1681" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Presents postmodern and digital texts in media-appropriate formats with critical reading and evaluation skills.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA3CF30" w14:textId="1AE51E3F" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="0CA3CF30" w14:textId="1AE51E3F" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="035023D5" w14:textId="62C61EF7" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="035023D5" w14:textId="62C61EF7" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83081" w:rsidRPr="00695A0D" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="00EC0E17">
+      <w:tr w:rsidR="00C83081" w:rsidRPr="0009439B" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="00EC0E17">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4C314DDE" w14:textId="684DE4FF" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="4C314DDE" w14:textId="684DE4FF" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Improves thoughts on digital writing and ethics.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1A850E46" w14:textId="659EDFE4" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="1A850E46" w14:textId="659EDFE4" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>17, 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8157FC" w14:textId="1B0018D4" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="7D8157FC" w14:textId="1B0018D4" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83081" w:rsidRPr="00695A0D" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="00EC0E17">
+      <w:tr w:rsidR="00C83081" w:rsidRPr="0009439B" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="00EC0E17">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6F332E2A" w14:textId="252DA4CF" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="6F332E2A" w14:textId="252DA4CF" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Produces original literary and critical texts through human-machine collaboration through workshops.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="197EF09B" w14:textId="6DC53F2D" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="197EF09B" w14:textId="6DC53F2D" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>17, 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="35E11ACA" w14:textId="43158A19" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="35E11ACA" w14:textId="43158A19" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83081" w:rsidRPr="00695A0D" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="00EC0E17">
+      <w:tr w:rsidR="00C83081" w:rsidRPr="0009439B" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="00EC0E17">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
+          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1C97D80A" w14:textId="63186759" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="1C97D80A" w14:textId="63186759" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Integrates critical thinking methods into creative writing processes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0847AFD5" w14:textId="2C5FB886" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="0847AFD5" w14:textId="2C5FB886" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>12, 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="41313AB2" w14:textId="6F36C58B" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="41313AB2" w14:textId="6F36C58B" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83081" w:rsidRPr="00695A0D" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="00EC0E17">
+      <w:tr w:rsidR="00C83081" w:rsidRPr="0009439B" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="00EC0E17">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
+          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="63906508" w14:textId="3A41AC7B" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="63906508" w14:textId="3A41AC7B" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Develops self-awareness in AI-assisted writing processes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3580C7C9" w14:textId="23454FAC" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="3580C7C9" w14:textId="23454FAC" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>16, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="287D48BB" w14:textId="350E3BCC" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="287D48BB" w14:textId="350E3BCC" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C83081" w:rsidRPr="00695A0D" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="00EC0E17">
+      <w:tr w:rsidR="00C83081" w:rsidRPr="0009439B" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="00EC0E17">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
+          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1257CC14" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="1257CC14" w14:textId="77777777" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3CE84B" w14:textId="0482BAC9" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="4D3CE84B" w14:textId="0482BAC9" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Feels an aesthetic and ethical responsibility towards the social impact of literary production.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="34A85499" w14:textId="7E18D16E" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="34A85499" w14:textId="7E18D16E" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>18, 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="38C232C5" w14:textId="19275E60" w:rsidR="00C83081" w:rsidRPr="00695A0D" w:rsidRDefault="00C83081" w:rsidP="00466279">
+          <w:p w14:paraId="38C232C5" w14:textId="19275E60" w:rsidR="00C83081" w:rsidRPr="0009439B" w:rsidRDefault="00C83081" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Content:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D60200" w14:textId="72A72FBC" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00F74321" w:rsidP="001B5C97">
+          <w:p w14:paraId="39D60200" w14:textId="72A72FBC" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00F74321" w:rsidP="001B5C97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">"Writing Intelligence: Criticism and Creativity " course invites students to a creative journey at the limits of literary production supported by artificial intelligence. This course synthesizes classic creative writing and critical thinking skills with the new narrative forms offered by the digital age; focuses on the production, analysis and discussion of texts written with both human and artificial intelligence. Workshops, theoretical readings and artificial intelligence applications come together to develop students' critical understanding of digital literature. Along with </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>posthumanism</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, ethical and digital subjectivity, text editing for TV/media, media aesthetics is also introduced to rewriting and remix culture.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="003208C3">
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="003208C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Schedule (Weekly Plan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Topic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Preparation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Teaching Methods and Techniques</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F07FD" w:rsidRPr="00695A0D" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="005821DA">
+      <w:tr w:rsidR="001F07FD" w:rsidRPr="0009439B" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="005821DA">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="43B9E913" w14:textId="60AE98AA" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="43B9E913" w14:textId="60AE98AA" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Module 1: Introduction to Brand- Nil </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tv</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; the Digital Writer (Weeks 1–4, Themes: Mass Media, AI writing production, concept of text and digital authorship, </w:t>
             </w:r>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">literary theories and criticism, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ethical issues</w:t>
             </w:r>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Focus: Introduction, definition of AI tools, first attempts) Introduction – AI writing in the new age of literature. Application: A short "life story written by artificial intelligence" essay in which students introduce themselves</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5EB012E7" w14:textId="19CD185B" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="000505DF">
+          <w:p w14:paraId="5EB012E7" w14:textId="19CD185B" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="000505DF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Digital_Humanities</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Burdick et al.), Intro / Marcus du </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sautoy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Ch.1</w:t>
             </w:r>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Berna</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Moran “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Okur</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Merkezli</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>eleştiri</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">”- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Eleştirinin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Görevi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005734A0" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="005734A0" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">” </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E2F6454" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="4E2F6454" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0B28CFF9" w14:textId="376F6F4F" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00FA7163">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="0B28CFF9" w14:textId="376F6F4F" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00FA7163">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">AI tool: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ChatGPT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Copilot</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
-            <w:r w:rsidR="00FA7163" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00FA7163" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Gemini and Familiarization with </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00FA7163" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00FA7163" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sudowrite</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00FA7163" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00FA7163" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>first shorthand tests / Conceptual brainstorming</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F07FD" w:rsidRPr="00695A0D" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="00CE493A">
+      <w:tr w:rsidR="001F07FD" w:rsidRPr="0009439B" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="00CE493A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0195B8CF" w14:textId="69204DE4" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="0195B8CF" w14:textId="69204DE4" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">An introduction to digital narrative forms and artificial intelligence applications. Application: Traditional and digital narrative comparison; short sample text analysis / Media, Text and Conversion, with contributions of Brand-Nil </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tv</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="175918B8" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="000505DF">
+          <w:p w14:paraId="175918B8" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="000505DF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading: J.H. Murray – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Hamlet on the </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Holodeck</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, Ch. 2 / F. Kittler (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>fragmanlar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67DFA02F" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="67DFA02F" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="50160C1B" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="000505DF">
+          <w:p w14:paraId="50160C1B" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="000505DF">
             <w:pPr>
               <w:ind w:left="-288" w:firstLine="288"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Media transfer mapping</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="091113C1" w14:textId="78DB49A9" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="091113C1" w14:textId="78DB49A9" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparison of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>analyzes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> with Perplexity, Elicit, Poe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F07FD" w:rsidRPr="00695A0D" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="003B4BB5">
+      <w:tr w:rsidR="001F07FD" w:rsidRPr="0009439B" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="003B4BB5">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="49527597" w14:textId="34FC487E" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="49527597" w14:textId="34FC487E" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Automatic typing workshop (typing with YZ). Application: Automatic spelling tests (human-YZ co-production) / First Contact with YZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7B75F9D1" w14:textId="4D75CB8F" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="7B75F9D1" w14:textId="4D75CB8F" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading: S. Marcus, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The Cut-Up Method of W. Burroughs /</w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> J. Shane</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="77FDD091" w14:textId="3B0F1939" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="77FDD091" w14:textId="3B0F1939" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Artificial story production</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F07FD" w:rsidRPr="00695A0D" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="003B4BB5">
+      <w:tr w:rsidR="001F07FD" w:rsidRPr="0009439B" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="003B4BB5">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBFAA8E" w14:textId="4D47653D" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="2BBFAA8E" w14:textId="4D47653D" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Ethical issues - Text ownership, anonymity, copyright. Application: Discussion forum on copyright, ownership, anonymity / Digital Criticism Reading</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="72FEE239" w14:textId="4703C494" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="72FEE239" w14:textId="4703C494" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Hayles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, N. Katherine – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>How We Think</w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Selected text) / R. Barthes – Death of the writer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3739A057" w14:textId="76993F6C" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="3739A057" w14:textId="76993F6C" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Rereading with AI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F07FD" w:rsidRPr="00695A0D" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="003B4BB5">
+      <w:tr w:rsidR="001F07FD" w:rsidRPr="0009439B" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="003B4BB5">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8C3390" w14:textId="70231462" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="5E8C3390" w14:textId="70231462" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Module 2: Theory, Criticism, Interpretation (Weeks 5–8, Themes: Literary criticism theories, theoretical frameworks, reading with artificial intelligence Focus: Theoretical understanding, critical analysis skills) From structuralism to </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>posthumanism</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Literary theory panorama, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Posthuman</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Narrative Application: Examining the same text from a </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>structuralist</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> and poststructuralist perspective</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD1E113" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="000505DF">
+          <w:p w14:paraId="0CD1E113" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="000505DF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading: Eagleton – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Literary Theory</w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, Intro. / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Anlatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Üzerine</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Anlatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ch. 1-2 / D. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Haraway</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Cyborg Manifesto</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43A2FED1" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="43A2FED1" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5F167A28" w14:textId="6AB457E9" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="5F167A28" w14:textId="6AB457E9" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Text-subject-ethical study</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F07FD" w:rsidRPr="00695A0D" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="003B4BB5">
+      <w:tr w:rsidR="001F07FD" w:rsidRPr="0009439B" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="003B4BB5">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="206DAB37" w14:textId="239D86D3" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="206DAB37" w14:textId="239D86D3" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Interpreting texts written by artificial intelligence (example reviews). Application: Each student chooses an AI story, makes a theoretical analysis / Remix Culture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4A05D2" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="000505DF">
+          <w:p w14:paraId="6D4A05D2" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="000505DF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Reading: Short stories produced with GPT /</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Copilot</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Genini</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sudowrite</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">/Perplexity, Elicit, Poe / L. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Lessig</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Remix</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A4E24EA" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+          <w:p w14:paraId="2A4E24EA" w14:textId="77777777" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="12EAE6DF" w14:textId="4BCE39D5" w:rsidR="001F07FD" w:rsidRPr="00695A0D" w:rsidRDefault="001F07FD" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="12EAE6DF" w14:textId="4BCE39D5" w:rsidR="001F07FD" w:rsidRPr="0009439B" w:rsidRDefault="001F07FD" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Remix Studio</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D613E2" w:rsidRPr="00695A0D" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="003B4BB5">
+      <w:tr w:rsidR="00D613E2" w:rsidRPr="0009439B" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="003B4BB5">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="65547CF4" w14:textId="71925CA7" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00F63835">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="65547CF4" w14:textId="71925CA7" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00F63835">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Writing with theory – From critical theory to creative output. Application: short story / poem / TV program / news production with theoretical inspiration, text formatting for TV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0E8517" w14:textId="221C90E0" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="000505DF">
+          <w:p w14:paraId="4F0E8517" w14:textId="221C90E0" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="000505DF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading: Donna </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Haraway</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> – “A Cyborg Manifesto” (abstract) / Examples of visual storytelling</w:t>
             </w:r>
-            <w:r w:rsidR="009B1136" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="009B1136" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="009B1136" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="009B1136" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Berna</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="009B1136" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="009B1136" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Moran-criticism book</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="754A76C7" w14:textId="5A5020FE" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="754A76C7" w14:textId="5A5020FE" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="44BB9DD7" w14:textId="646BAFF8" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="44BB9DD7" w14:textId="646BAFF8" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Story/Screenplay essay</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63BAB785" w14:textId="6E67E1AC" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="63BAB785" w14:textId="6E67E1AC" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Midterm Exam</w:t>
             </w:r>
-            <w:r w:rsidR="00D613E2" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00D613E2" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B7484C" w14:textId="26A045E9" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="36B7484C" w14:textId="26A045E9" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Midterm Exam</w:t>
             </w:r>
-            <w:r w:rsidR="00D613E2" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00D613E2" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="305D5438" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="305D5438" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0774A7A9" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="0774A7A9" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D613E2" w:rsidRPr="00695A0D" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="0039418E">
+      <w:tr w:rsidR="00D613E2" w:rsidRPr="0009439B" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="0039418E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="645FD6BD" w14:textId="1B2A1118" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="645FD6BD" w14:textId="0A4D2153" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="0009439B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rStyle w:val="Gl"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Module 3: Experimental Workshops (Weeks 9–12, Experimental writing techniques/Experimental Fiction, creative production Focus: Practical creation, formal games, exploration of individual voice) Hypertext, multiple-ended narratives Application: YZ-assisted “multiple-choice” story writing</w:t>
+            </w:r>
+            <w:r w:rsidR="0009439B" w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Brand: NİL TV-</w:t>
+            </w:r>
+            <w:r w:rsidR="0009439B" w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Mass Media, concept of text and digital authorship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="37DE7706" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="000505DF">
+          <w:p w14:paraId="37DE7706" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="000505DF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Espen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Aarseth</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Cybertext</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>seçme</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>bölüm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">) / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Italo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Calvino / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Anlatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Üzerine</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Anlatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="4BBDEF72" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="4BBDEF72" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5097B9A3" w14:textId="6C88E895" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="5097B9A3" w14:textId="6C88E895" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Story/Scenario essay/Nonlinear text structure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D613E2" w:rsidRPr="00695A0D" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="0039418E">
+      <w:tr w:rsidR="00D613E2" w:rsidRPr="0009439B" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="0039418E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2531C78E" w14:textId="5B4FA04D" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="2531C78E" w14:textId="651CC0CE" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Pos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Visual poem/story form and meaning – Experimental poem/story with artificial intelligence. Application: Visualized writing workshop (with YZ visual production) / Machine Empathy</w:t>
+            </w:r>
+            <w:r w:rsidR="0009439B" w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Visiting Nil </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0009439B" w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Tv</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0009439B" w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>- Brand</w:t>
+            </w:r>
+            <w:r w:rsidR="0009439B" w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="18C593B3" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="000505DF">
+          <w:p w14:paraId="18C593B3" w14:textId="23364786" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="000505DF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Reading: Concrete Poetry examples + digital audio poetry/ K. Crawford – Atlas of AI</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="01C14D55" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+            <w:r w:rsidR="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="0009439B" w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Nil TV</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="01C14D55" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC078F0" w14:textId="6EBFF8D1" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="6FC078F0" w14:textId="6EBFF8D1" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Empathy Text writing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D613E2" w:rsidRPr="00695A0D" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="007942C1">
+      <w:tr w:rsidR="00D613E2" w:rsidRPr="0009439B" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="007942C1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="22B5E4B9" w14:textId="30BF3611" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00D13EBF">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="22B5E4B9" w14:textId="30BF3611" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00D13EBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Cut-up, collage text and random text. Application: Creating a new plot by cutting and pasting from different texts / Reading Against the Machine</w:t>
             </w:r>
-            <w:r w:rsidR="002B4899" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="002B4899" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="002B4899" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="002B4899" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Visiting Nil </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="002B4899" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="002B4899" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tv</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00D13EBF" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00D13EBF" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="002B4899" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="002B4899" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Brand</w:t>
             </w:r>
-            <w:r w:rsidR="002B4899" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="002B4899" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="445A96C1" w14:textId="48F8DF2E" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="000505DF">
+          <w:p w14:paraId="445A96C1" w14:textId="48F8DF2E" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="000505DF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading: Tristan </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tzara</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, Burroughs / Derrida selections</w:t>
             </w:r>
-            <w:r w:rsidR="002B4899" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="002B4899" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="002B4899" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="002B4899" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Nil TV</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37145211" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="37145211" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="219D2D3F" w14:textId="1AB25316" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="219D2D3F" w14:textId="1AB25316" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Comment + rewrite</w:t>
             </w:r>
-            <w:r w:rsidR="002B4899" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="002B4899" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, Media</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D613E2" w:rsidRPr="00695A0D" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="007942C1">
+      <w:tr w:rsidR="00D613E2" w:rsidRPr="0009439B" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="007942C1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1506B42E" w14:textId="21182939" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="1506B42E" w14:textId="21182939" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Character Architecture &amp; Spatial Aesthetics – Visually Supported Typing. Application: character + spatial design with AI + writing demo / Interactive Narrative and scenario creation with AI.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="36F22AE7" w14:textId="6D506E1A" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="000505DF">
+          <w:p w14:paraId="36F22AE7" w14:textId="6D506E1A" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="000505DF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Reading: Character analysis of a selected short film or novel / Twine, Notion </w:t>
             </w:r>
-            <w:r w:rsidR="00E7291E" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00E7291E" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>/Virginia Woolf “Mrs Dalloway”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D3AFD50" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="3D3AFD50" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1B14AD2C" w14:textId="0364A66E" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="1B14AD2C" w14:textId="0364A66E" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Configuration Workshop Perplexity, Elicit, Poe </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>gibi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> AI Tools, &amp; structuring, editing with Notion AI, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Grammarly</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4038" w:rsidRPr="00695A0D" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="00132C87">
+      <w:tr w:rsidR="000A4038" w:rsidRPr="0009439B" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="00132C87">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="000A4038" w:rsidRPr="00695A0D" w:rsidRDefault="000A4038" w:rsidP="00466279">
+          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="000A4038" w:rsidRPr="0009439B" w:rsidRDefault="000A4038" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5A60206C" w14:textId="5E79220D" w:rsidR="000A4038" w:rsidRPr="00695A0D" w:rsidRDefault="000A4038" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="5A60206C" w14:textId="5E79220D" w:rsidR="000A4038" w:rsidRPr="0009439B" w:rsidRDefault="000A4038" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Module 4: Project, Presentation, Evaluation (Weeks 13–14) Final project Workshop – Conceptual or creative production. Project / Presentation: Visual, textual or digital presentation is free</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34C8B00B" w14:textId="681C2489" w:rsidR="000A4038" w:rsidRPr="00695A0D" w:rsidRDefault="000A4038" w:rsidP="00466279">
+          <w:p w14:paraId="34C8B00B" w14:textId="681C2489" w:rsidR="000A4038" w:rsidRPr="0009439B" w:rsidRDefault="000A4038" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Each student presents a project on a topic of his choice (creative or theoretical).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1216638D" w14:textId="5069F8E3" w:rsidR="000A4038" w:rsidRPr="00695A0D" w:rsidRDefault="000A4038" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="1216638D" w14:textId="5069F8E3" w:rsidR="000A4038" w:rsidRPr="0009439B" w:rsidRDefault="000A4038" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Media editing / Open campus presentation + media shots</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4038" w:rsidRPr="00695A0D" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="00252954">
+      <w:tr w:rsidR="000A4038" w:rsidRPr="0009439B" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="00252954">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="000A4038" w:rsidRPr="00695A0D" w:rsidRDefault="000A4038" w:rsidP="00466279">
+          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="000A4038" w:rsidRPr="0009439B" w:rsidRDefault="000A4038" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="507B399A" w14:textId="21AE2A46" w:rsidR="000A4038" w:rsidRPr="00695A0D" w:rsidRDefault="000A4038" w:rsidP="000A4038">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="507B399A" w14:textId="21AE2A46" w:rsidR="000A4038" w:rsidRPr="0009439B" w:rsidRDefault="000A4038" w:rsidP="000A4038">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Collective forum: Forum: Writing with AI – fears and hopes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="225D9DC4" w14:textId="1CB9DF09" w:rsidR="000A4038" w:rsidRPr="00695A0D" w:rsidRDefault="000A4038" w:rsidP="000A4038">
+          <w:p w14:paraId="225D9DC4" w14:textId="1CB9DF09" w:rsidR="000A4038" w:rsidRPr="0009439B" w:rsidRDefault="000A4038" w:rsidP="000A4038">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Individual reflection texts (What have I learnt? What have I questioned?)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7A335A" w14:textId="3DC3A681" w:rsidR="000A4038" w:rsidRPr="00695A0D" w:rsidRDefault="000A4038" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="7C7A335A" w14:textId="3DC3A681" w:rsidR="000A4038" w:rsidRPr="0009439B" w:rsidRDefault="000A4038" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Media editor and Feedback + media shots</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D613E2" w:rsidRPr="00695A0D" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00D613E2" w:rsidRPr="0009439B" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00D613E2" w:rsidP="00466279">
+          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00D613E2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34D275E4" w14:textId="63CF8DC1" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00A14711" w:rsidP="00A14711">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="34D275E4" w14:textId="63CF8DC1" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00A14711" w:rsidP="00A14711">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Final Project. Collective evaluation forum &amp; reflection texts / Feedback. Media editing and Feedback + media shooting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09017603" w14:textId="109A83D4" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00A14711" w:rsidP="00466279">
+          <w:p w14:paraId="09017603" w14:textId="109A83D4" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00A14711" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Individual reflection texts (What have I learnt? What have I questioned?)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1818FDD3" w14:textId="509ECFB7" w:rsidR="00D613E2" w:rsidRPr="00695A0D" w:rsidRDefault="00A14711" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="1818FDD3" w14:textId="509ECFB7" w:rsidR="00D613E2" w:rsidRPr="0009439B" w:rsidRDefault="00A14711" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Media editing and Feedback + media shooting</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40EA682F" w14:textId="72DC0C94" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="40EA682F" w14:textId="72DC0C94" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Final Exam</w:t>
             </w:r>
-            <w:r w:rsidR="00C4758F" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00C4758F" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BABA8DD" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="7BABA8DD" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="037A25AB" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="037A25AB" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="466131D0" w14:textId="6D3CB10E" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="466131D0" w14:textId="6D3CB10E" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Final Exam</w:t>
             </w:r>
-            <w:r w:rsidR="00C4758F" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="00C4758F" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19C0D284" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="19C0D284" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1558DAF0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="1558DAF0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="0009745F">
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Textbook:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7518" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15913BD3" w14:textId="3B3E5D0A" w:rsidR="00EE5D57" w:rsidRPr="00695A0D" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
+          <w:p w14:paraId="15913BD3" w14:textId="3B3E5D0A" w:rsidR="00EE5D57" w:rsidRPr="0009439B" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Berna</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Moran </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Edebiyat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kuramları</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Eleştiri</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="339D9EDE" w14:textId="77777777" w:rsidR="008D7B00" w:rsidRPr="00695A0D" w:rsidRDefault="008D7B00" w:rsidP="008D7B00">
+          <w:p w14:paraId="339D9EDE" w14:textId="77777777" w:rsidR="008D7B00" w:rsidRPr="0009439B" w:rsidRDefault="008D7B00" w:rsidP="008D7B00">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Anlatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Üzerine</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Anlatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Edebiyat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kuramı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Eleştiri</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0009439B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Akademisyen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yayınları</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, 2024 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40E48430" w14:textId="77777777" w:rsidR="008D7B00" w:rsidRPr="00695A0D" w:rsidRDefault="008D7B00" w:rsidP="008D7B00">
+          <w:p w14:paraId="40E48430" w14:textId="77777777" w:rsidR="008D7B00" w:rsidRPr="0009439B" w:rsidRDefault="008D7B00" w:rsidP="008D7B00">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Eleştirinin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Görevi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">” </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19B0019A" w14:textId="77777777" w:rsidR="008D7B00" w:rsidRPr="00695A0D" w:rsidRDefault="008D7B00" w:rsidP="008D7B00">
+          <w:p w14:paraId="19B0019A" w14:textId="77777777" w:rsidR="008D7B00" w:rsidRPr="0009439B" w:rsidRDefault="008D7B00" w:rsidP="008D7B00">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Zamana</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Vuran</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>DalgalarYitik</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Ülke</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yayınları</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, 2015</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="726B16DB" w14:textId="77777777" w:rsidR="00EE5D57" w:rsidRPr="00695A0D" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
+          <w:p w14:paraId="726B16DB" w14:textId="77777777" w:rsidR="00EE5D57" w:rsidRPr="0009439B" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Hayles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>How We Think</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1158D59C" w14:textId="77777777" w:rsidR="00EE5D57" w:rsidRPr="00695A0D" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="1158D59C" w14:textId="77777777" w:rsidR="00EE5D57" w:rsidRPr="0009439B" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Burdick et al., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Digital_Humanities</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="18077381" w14:textId="77777777" w:rsidR="00EE5D57" w:rsidRPr="00695A0D" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="18077381" w14:textId="77777777" w:rsidR="00EE5D57" w:rsidRPr="0009439B" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">J.H. Murray, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Hamlet on the </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Holodeck</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="1AF085FE" w14:textId="70E6C752" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
+          <w:p w14:paraId="1AF085FE" w14:textId="70E6C752" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Donna </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Haraway</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> – “A Cyborg Manifesto”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Recommended References:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7518" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33694462" w14:textId="77777777" w:rsidR="00EE5D57" w:rsidRPr="00695A0D" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="33694462" w14:textId="77777777" w:rsidR="00EE5D57" w:rsidRPr="0009439B" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">René </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Wellek</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Edebiyat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Teorisi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68713E90" w14:textId="77777777" w:rsidR="00EE5D57" w:rsidRPr="00695A0D" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="68713E90" w14:textId="77777777" w:rsidR="00EE5D57" w:rsidRPr="0009439B" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Caleb Thomas Winchester </w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Some Principles of Literary Criticism</w:t>
             </w:r>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06D75E96" w14:textId="73896BF4" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
+          <w:p w14:paraId="06D75E96" w14:textId="73896BF4" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00EE5D57" w:rsidP="00EE5D57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Terry Eagleton, Literary Theory </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="0009745F">
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Assessment and Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Percentile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="00382A86">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="00382A86">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Midterm Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="206EDFB6" w14:textId="22D3E300" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="206EDFB6" w14:textId="22D3E300" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5888FADE" w14:textId="35B845FA" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="5888FADE" w14:textId="35B845FA" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="00382A86">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="00382A86">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9DB5E8" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="1B9DB5E8" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C58554F" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="0C58554F" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="33CD7661" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="33CD7661" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741351E7" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="741351E7" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Assignment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2439FEE9" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="2439FEE9" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF4EB03" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="5FF4EB03" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C386AF4" w14:textId="79614C87" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="5C386AF4" w14:textId="79614C87" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6BF518" w14:textId="24C1C68A" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="7B6BF518" w14:textId="24C1C68A" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38B4D944" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="38B4D944" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Portfolio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CFFE551" w14:textId="38EA5A66" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="0CFFE551" w14:textId="38EA5A66" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="500CFF36" w14:textId="119AD2B9" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="500CFF36" w14:textId="119AD2B9" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA78998" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="1DA78998" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50A41C7C" w14:textId="7B92CA9C" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="50A41C7C" w14:textId="7B92CA9C" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42E598CA" w14:textId="4973C6D8" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="42E598CA" w14:textId="4973C6D8" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="0009745F">
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ECTS Table</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00695A0D" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="0009439B" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00695A0D" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="0009439B" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="004E2745">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="004E2745">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06">
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37D822FB" w14:textId="26A20EF9" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="37D822FB" w14:textId="26A20EF9" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="79C2CCAD" w14:textId="3225405F" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="79C2CCAD" w14:textId="3225405F" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4133035B" w14:textId="5A235527" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="4133035B" w14:textId="5A235527" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="004E2745">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="004E2745">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06">
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Out-of-Class Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00942B57" w14:textId="7D132D49" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="00942B57" w14:textId="7D132D49" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4F4D8B" w14:textId="63BD381D" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="4F4F4D8B" w14:textId="63BD381D" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="305EBC64" w14:textId="6D1E8E45" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="305EBC64" w14:textId="6D1E8E45" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="004E2745">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="004E2745">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45DC74E3" w14:textId="19CC98EA" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="45DC74E3" w14:textId="19CC98EA" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Assignment</w:t>
             </w:r>
-            <w:r w:rsidR="0080779A" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="0080779A" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> /</w:t>
             </w:r>
-            <w:r w:rsidR="0080779A" w:rsidRPr="00695A0D">
+            <w:r w:rsidR="0080779A" w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Portfolio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="357D0288" w14:textId="4844CFD2" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="357D0288" w14:textId="4844CFD2" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="17D6DB9F" w14:textId="12E594B7" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="17D6DB9F" w14:textId="12E594B7" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="28B42FCA" w14:textId="0C86F9C4" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="28B42FCA" w14:textId="0C86F9C4" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="004E2745">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="004E2745">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06">
+          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67FF27EF" w14:textId="31287A0B" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="67FF27EF" w14:textId="31287A0B" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="42ABE267" w14:textId="78DEC76B" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="42ABE267" w14:textId="78DEC76B" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="57195671" w14:textId="15954265" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="57195671" w14:textId="15954265" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="004E2745">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="004E2745">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26407A65" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06">
+          <w:p w14:paraId="26407A65" w14:textId="77777777" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12A42939" w14:textId="1A20CD2C" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="12A42939" w14:textId="1A20CD2C" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECE207C" w14:textId="776BD877" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="3ECE207C" w14:textId="776BD877" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="04C11868" w14:textId="7F5C3201" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="04C11868" w14:textId="7F5C3201" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="004E2745">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="004E2745">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Midterm Exam (Midterm Exam Duration + Midterm Exam Preparation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D88A7C9" w14:textId="0EF75C68" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="4D88A7C9" w14:textId="0EF75C68" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0E99A2E3" w14:textId="42A0C7FD" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="0E99A2E3" w14:textId="42A0C7FD" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="370AA247" w14:textId="2D251652" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="370AA247" w14:textId="2D251652" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Final Exam (Final Exam Duration + Final Exam Preparation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1005A983" w14:textId="02D6005D" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="1005A983" w14:textId="02D6005D" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4444D1E5" w14:textId="66D8A894" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="4444D1E5" w14:textId="66D8A894" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3506B9" w14:textId="20C829D6" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00466279">
+          <w:p w14:paraId="1F3506B9" w14:textId="20C829D6" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="002F3D29">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="002F3D29">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00EC693D">
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="21B894EB" w14:textId="7F61229B" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00D41B6B">
+          <w:p w14:paraId="21B894EB" w14:textId="7F61229B" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="002F3D29">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="002F3D29">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00EC693D">
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Total / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="27F77D59" w14:textId="4C799D0D" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00D41B6B">
+          <w:p w14:paraId="27F77D59" w14:textId="4C799D0D" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>=150/30=5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00281D06" w:rsidRPr="00695A0D" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="002F3D29">
+      <w:tr w:rsidR="00281D06" w:rsidRPr="0009439B" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="002F3D29">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00EC693D">
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ECTS Credit:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6C524EC3" w14:textId="708AE897" w:rsidR="00281D06" w:rsidRPr="00695A0D" w:rsidRDefault="00281D06" w:rsidP="00D41B6B">
+          <w:p w14:paraId="6C524EC3" w14:textId="708AE897" w:rsidR="00281D06" w:rsidRPr="0009439B" w:rsidRDefault="00281D06" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B11445E" w14:textId="7230D15D" w:rsidR="003237AD" w:rsidRPr="00695A0D" w:rsidRDefault="00614D52">
+    <w:p w14:paraId="3B11445E" w14:textId="7230D15D" w:rsidR="003237AD" w:rsidRPr="0009439B" w:rsidRDefault="00614D52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00695A0D">
+      <w:r w:rsidRPr="0009439B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Suggested Structure: 1 assignment/portfolio (20%), 1 midterm project (30%), 1 final project (30%), Process/participation/presentations (20%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00695A0D" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0009439B" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00695A0D">
+      <w:r w:rsidRPr="0009439B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00695A0D" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="0009439B" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00695A0D" w:rsidRDefault="00EE28D8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00695A0D">
+          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0009439B" w:rsidRDefault="00EE28D8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Past Term Achievements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00695A0D" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="0009439B" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00695A0D" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
+          <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0009439B" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F14C64E" wp14:editId="53E565EE">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00695A0D" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0009439B" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3086B60B" wp14:editId="02FA6EF5">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2071116311" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00695A0D" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="0009439B" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00695A0D" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0009439B" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="66D46301">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="900991778" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00695A0D" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0009439B" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695A0D">
+            <w:r w:rsidRPr="0009439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="7471AC73">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00695A0D" w:rsidRDefault="003A4CE2">
+    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="0009439B" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00695A0D" w:rsidSect="005A2B8A">
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="0009439B" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63841ADC" w14:textId="77777777" w:rsidR="0026033F" w:rsidRDefault="0026033F" w:rsidP="0034027E">
+    <w:p w14:paraId="0B4A8771" w14:textId="77777777" w:rsidR="00815E30" w:rsidRDefault="00815E30" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C76AB32" w14:textId="77777777" w:rsidR="0026033F" w:rsidRDefault="0026033F" w:rsidP="0034027E">
+    <w:p w14:paraId="77E07D0C" w14:textId="77777777" w:rsidR="00815E30" w:rsidRDefault="00815E30" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -9920,58 +10020,58 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FD86B75" w14:textId="77777777" w:rsidR="0026033F" w:rsidRDefault="0026033F" w:rsidP="0034027E">
+    <w:p w14:paraId="18DD2A41" w14:textId="77777777" w:rsidR="00815E30" w:rsidRDefault="00815E30" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="354A0DC1" w14:textId="77777777" w:rsidR="0026033F" w:rsidRDefault="0026033F" w:rsidP="0034027E">
+    <w:p w14:paraId="6D8AE9A9" w14:textId="77777777" w:rsidR="00815E30" w:rsidRDefault="00815E30" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -10028,50 +10128,51 @@
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="0009439B"/>
     <w:rsid w:val="0009745F"/>
     <w:rsid w:val="000A4038"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000C3A6C"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00154070"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F07FD"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
@@ -10144,50 +10245,51 @@
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="0065015E"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="00695A0D"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="0079694B"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0080779A"/>
+    <w:rsid w:val="00815E30"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="008D7B00"/>
     <w:rsid w:val="00902960"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00961C09"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
@@ -10495,51 +10597,50 @@
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
@@ -10954,51 +11055,50 @@
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
@@ -11842,157 +11942,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="161248256"/>
-        <c:axId val="158783104"/>
+        <c:axId val="153125888"/>
+        <c:axId val="150941056"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="161248256"/>
+        <c:axId val="153125888"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="158783104"/>
+        <c:crossAx val="150941056"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="158783104"/>
+        <c:axId val="150941056"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="161248256"/>
+        <c:crossAx val="153125888"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12225,157 +12325,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180932608"/>
-        <c:axId val="148759104"/>
+        <c:axId val="151884800"/>
+        <c:axId val="150943360"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180932608"/>
+        <c:axId val="151884800"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="148759104"/>
+        <c:crossAx val="150943360"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="148759104"/>
+        <c:axId val="150943360"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180932608"/>
+        <c:crossAx val="151884800"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12608,157 +12708,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180933632"/>
-        <c:axId val="148760256"/>
+        <c:axId val="153124864"/>
+        <c:axId val="150945088"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180933632"/>
+        <c:axId val="153124864"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="148760256"/>
+        <c:crossAx val="150945088"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="148760256"/>
+        <c:axId val="150945088"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180933632"/>
+        <c:crossAx val="153124864"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12984,157 +13084,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180935680"/>
-        <c:axId val="148761984"/>
+        <c:axId val="153126400"/>
+        <c:axId val="150984320"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180935680"/>
+        <c:axId val="153126400"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="148761984"/>
+        <c:crossAx val="150984320"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="148761984"/>
+        <c:axId val="150984320"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180935680"/>
+        <c:crossAx val="153126400"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13446,84 +13546,84 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1394</Words>
-  <Characters>7947</Characters>
+  <Words>1410</Words>
+  <Characters>8041</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
+  <Lines>67</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9323</CharactersWithSpaces>
+  <CharactersWithSpaces>9433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>