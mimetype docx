--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,8750 +1,15113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11277" w:type="dxa"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
+        <w:tblW w:w="16967" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9"/>
-[...16 lines deleted...]
-        <w:gridCol w:w="88"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="719"/>
+        <w:gridCol w:w="47"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="909"/>
+        <w:gridCol w:w="978"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="1074"/>
+        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1500"/>
+        <w:gridCol w:w="1500"/>
+        <w:gridCol w:w="1500"/>
+        <w:gridCol w:w="1500"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00282BC1" w14:paraId="50197279" w14:textId="77777777" w:rsidTr="00B345E9">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="0008196A" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="005C14FB">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11268" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="0008196A" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SYLLABUS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F9B79E" w14:textId="59EC9BC2" w:rsidR="005A2B8A" w:rsidRPr="0008196A" w:rsidRDefault="0096319A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Faculty of Arts and Sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="0008196A" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0008196A" w:rsidRDefault="005A1D5D" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0008196A" w:rsidRDefault="005A1D5D" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0008196A" w:rsidRDefault="005A1D5D" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0008196A" w:rsidRDefault="005A1D5D" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C14FB" w:rsidRPr="0008196A" w14:paraId="374EF87D" w14:textId="0482227D" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4AACC5"/>
-[...5 lines deleted...]
-              <w:ind w:left="465" w:right="397"/>
+          </w:tcPr>
+          <w:p w14:paraId="5645F289" w14:textId="0AAF630E" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:i/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...38 lines deleted...]
-            <w:tcW w:w="711" w:type="dxa"/>
+              <w:t>TRN-324</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
-[...6 lines deleted...]
-              <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="54764CA8" w14:textId="09A7A9C4" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Translation Technologies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5967AF88" w14:textId="45E1F3D9" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>(2-0)2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79C5E0D3" w14:textId="0854AFF1" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="294" w:type="dxa"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F71B52F" w14:textId="4175238F" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="18408027" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D8114DB" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C0A1AB4" w14:textId="6DF55E73" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C14FB" w:rsidRPr="0008196A" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prerequisite Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="640BECDB" w14:textId="3A33A7A0" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NONE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C14FB" w:rsidRPr="0008196A" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3790" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="485B0539" w14:textId="7B8DFD9E" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Delivery Mode:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="082FB09F" w14:textId="12D4251E" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Face to Face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C14FB" w:rsidRPr="0008196A" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Type and Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C618F0" w14:textId="4CE5936E" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3rd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> year/ Compulsory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/Spring</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C14FB" w:rsidRPr="0008196A" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5401" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor's Title, Name, and Surname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Office Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C14FB" w:rsidRPr="0008196A" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5401" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E9F61A" w14:textId="466225A4" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dr. Aysun Dağtaş </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A92F4D2" w14:textId="106800FC" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tue. </w:t>
+            </w:r>
+            <w:r w:rsidR="001E5068">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.00</w:t>
+            </w:r>
+            <w:r w:rsidR="00366CC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-11.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C71106" w14:textId="1F8F5A9F" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mon. 10.00-11.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E51361" w14:textId="526553C4" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>aysunyurdaisik@cag.edu.tr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C14FB" w:rsidRPr="0008196A" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Coordinator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED79668" w14:textId="52A44289" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dr. Aysun Dağtaş </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C14FB" w:rsidRPr="0008196A" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E7B619" w14:textId="03FD3AF5" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course Objectives: </w:t>
+            </w:r>
+            <w:r w:rsidR="007725F1" w:rsidRPr="007725F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>This course aims to provide students with a comprehensive understanding of translation technologies and their applications in the translation process. This includes analyzing the benefits and limitations of using translation technologies and developing practical skills in using computer-assisted translation tools and terminology management strategies to improve the quality of translations. Students will learn how to integrate translation technologies into existing workflows and understand the ethical considerations when using such technologies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C14FB" w:rsidRPr="0008196A" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Learning Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Upon successful completion of this course, the student will be able to;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C14FB" w:rsidRPr="0008196A" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Program Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="005C14FB" w:rsidRPr="0008196A" w:rsidRDefault="005C14FB" w:rsidP="005C14FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Net Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0095585C" w:rsidRPr="0008196A" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="00750F0E">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E40272B" w14:textId="43D9D39C" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00953D14">
+              <w:t>efine and explain the key concepts and terminology used in translation technologies, such as computer-assisted translation (CAT), machine translation (MT), translation memory (TM), and terminology management systems.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2B5677" w14:textId="7D0B7902" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="000062E4" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA0F5C4" w14:textId="2D95469C" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="00CB0CC6" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0095585C" w:rsidRPr="0008196A" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="00750F0E">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="4D092FCB" w14:textId="77777777" w:rsidR="00282BC1" w:rsidRDefault="00282BC1">
-[...10 lines deleted...]
-            <w:tcW w:w="1275" w:type="dxa"/>
+          <w:p w14:paraId="0185FF67" w14:textId="1697DEE4" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00953D14">
+              <w:t>dentify the different types of translation technologies and their respective strengths and limitations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA3CF30" w14:textId="2C26BD69" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="008E2459" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="035023D5" w14:textId="653D2EF2" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="008E2459" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0095585C" w:rsidRPr="0008196A" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="00750F0E">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C314DDE" w14:textId="5B4E94C9" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953D14">
+              <w:t>Evaluate the benefits and drawbacks of using translation technologies in the translation process, and the impact of translation technologies on the translation industry.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A850E46" w14:textId="5197278B" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="008A2DBC" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8157FC" w14:textId="2ED4D30B" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="008A2DBC" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0095585C" w:rsidRPr="0008196A" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="00750F0E">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="747B62C6" w14:textId="77777777" w:rsidR="00282BC1" w:rsidRDefault="00282BC1">
-[...10 lines deleted...]
-            <w:tcW w:w="957" w:type="dxa"/>
+          <w:p w14:paraId="6F332E2A" w14:textId="70AED98E" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>optimize texts for machine translation or for human translation completed using a translation memory tool.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="197EF09B" w14:textId="38598985" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="00CB01C9" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E11ACA" w14:textId="5DFD8E81" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="00CB01C9" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0095585C" w:rsidRPr="0008196A" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="00750F0E">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C97D80A" w14:textId="7EDD040F" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>critically evaluate contemporary translation technologies and texts produced using these technologies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0847AFD5" w14:textId="3946D003" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="00DB271E" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41313AB2" w14:textId="6CA6D642" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="00DB271E" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0095585C" w:rsidRPr="0008196A" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="00750F0E">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="3C893294" w14:textId="77777777" w:rsidR="00282BC1" w:rsidRDefault="00282BC1">
-[...10 lines deleted...]
-            <w:tcW w:w="3130" w:type="dxa"/>
+          <w:p w14:paraId="63906508" w14:textId="7FF1ADCE" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953D14">
+              <w:t>Develop strategies for integrating translation technologies into existing translation workflows and processes.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3580C7C9" w14:textId="20A1DCF1" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0096319A" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287D48BB" w14:textId="7CA5BD3F" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0096319A" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0095585C" w:rsidRPr="0008196A" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1257CC14" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3CE84B" w14:textId="58B59644" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A85499" w14:textId="1C1E11F3" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C232C5" w14:textId="0857672E" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0095585C" w:rsidRPr="0008196A" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D60200" w14:textId="7C999E46" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0079074F" w:rsidP="0095585C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0079074F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>This course introduces students to the basic concepts and applications of translation technologies. Students will learn about computer-assisted translation tools, machine translation, translation memory, and terminology management systems. The course also covers the challenges and opportunities presented by translation technologies, as well as their impact on the translation industry.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0095585C" w:rsidRPr="0008196A" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Schedule (Weekly Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0095585C" w:rsidRPr="0008196A" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="0095585C" w:rsidRPr="0008196A" w:rsidRDefault="0095585C" w:rsidP="0095585C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching Methods and Techniques</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A16173" w:rsidRPr="0008196A" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="00A7090A">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="00A16173" w:rsidRPr="0008196A" w:rsidRDefault="00A16173" w:rsidP="00A16173">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B9E913" w14:textId="74354485" w:rsidR="00A16173" w:rsidRPr="0008196A" w:rsidRDefault="00A16173" w:rsidP="00A16173">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Introduction / Course Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE858D3" w14:textId="77777777" w:rsidR="003F45AA" w:rsidRPr="003F45AA" w:rsidRDefault="003F45AA" w:rsidP="003F45AA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F45AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review the course syllabus and objectives.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A45FB4" w14:textId="77777777" w:rsidR="003F45AA" w:rsidRPr="003F45AA" w:rsidRDefault="003F45AA" w:rsidP="003F45AA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DF8806A" w14:textId="77777777" w:rsidR="003F45AA" w:rsidRPr="003F45AA" w:rsidRDefault="003F45AA" w:rsidP="003F45AA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F45AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare a short presentation introducing the course outline, grading policy, and expectations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01633E73" w14:textId="77777777" w:rsidR="003F45AA" w:rsidRPr="003F45AA" w:rsidRDefault="003F45AA" w:rsidP="003F45AA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E2F6454" w14:textId="575F7062" w:rsidR="00A16173" w:rsidRPr="0008196A" w:rsidRDefault="003F45AA" w:rsidP="003F45AA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F45AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gather examples of how technology impacts modern translation practices.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="793262C1" w14:textId="77777777" w:rsidR="00411534" w:rsidRPr="00411534" w:rsidRDefault="00411534" w:rsidP="00411534">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00411534">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture and discussion format.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D0380A0" w14:textId="77777777" w:rsidR="00411534" w:rsidRPr="00411534" w:rsidRDefault="00411534" w:rsidP="00411534">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B28CFF9" w14:textId="2A6A2D01" w:rsidR="00A16173" w:rsidRPr="009B36A7" w:rsidRDefault="00411534" w:rsidP="00411534">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00411534">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Use slides to explain course aims and structure.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A16173" w:rsidRPr="0008196A" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="00A7090A">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="00A16173" w:rsidRPr="0008196A" w:rsidRDefault="00A16173" w:rsidP="00A16173">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0195B8CF" w14:textId="3A928586" w:rsidR="00A16173" w:rsidRPr="0008196A" w:rsidRDefault="00A16173" w:rsidP="00A16173">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A669A4">
+              <w:t>Translation Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:t>/ key terms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25ED4E35" w14:textId="77777777" w:rsidR="00411534" w:rsidRPr="00411534" w:rsidRDefault="00411534" w:rsidP="00411534">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00411534">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Compile a glossary of essential terms (e.g., MT, CAT, TM, corpus, localization).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BDE0E70" w14:textId="77777777" w:rsidR="00411534" w:rsidRPr="00411534" w:rsidRDefault="00411534" w:rsidP="00411534">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30DCA798" w14:textId="77777777" w:rsidR="00411534" w:rsidRPr="00411534" w:rsidRDefault="00411534" w:rsidP="00411534">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00411534">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare visual aids or concept maps showing relationships among key terms.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C1641F2" w14:textId="77777777" w:rsidR="00411534" w:rsidRPr="00411534" w:rsidRDefault="00411534" w:rsidP="00411534">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67DFA02F" w14:textId="1CEC9E95" w:rsidR="00A16173" w:rsidRPr="0008196A" w:rsidRDefault="00411534" w:rsidP="00411534">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00411534">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Find current examples of translation software or AI tools.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="568F0C97" w14:textId="77777777" w:rsidR="00D717A5" w:rsidRPr="00D717A5" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D717A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture combined with guided discussion.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48E2E8D4" w14:textId="77777777" w:rsidR="00D717A5" w:rsidRPr="00D717A5" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="440ADD0A" w14:textId="77777777" w:rsidR="00D717A5" w:rsidRPr="00D717A5" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D717A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Provide handouts with terminology and definitions.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FCEA22B" w14:textId="77777777" w:rsidR="00D717A5" w:rsidRPr="00D717A5" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65304E25" w14:textId="77777777" w:rsidR="00D717A5" w:rsidRPr="00D717A5" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D717A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Use multimedia (short videos or demos of translation tools).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0932CB78" w14:textId="77777777" w:rsidR="00D717A5" w:rsidRPr="00D717A5" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="091113C1" w14:textId="7CB46EE4" w:rsidR="00A16173" w:rsidRPr="004E246A" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D717A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Include a short quiz or group matching exercise to reinforce terminology learning.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A16173" w:rsidRPr="0008196A" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="00A7090A">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="00A16173" w:rsidRPr="0008196A" w:rsidRDefault="00A16173" w:rsidP="00A16173">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="49527597" w14:textId="22192C0A" w:rsidR="00A16173" w:rsidRPr="0008196A" w:rsidRDefault="00A16173" w:rsidP="00A16173">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Theoretical Background</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49184417" w14:textId="77777777" w:rsidR="00D717A5" w:rsidRPr="00D717A5" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D717A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review major translation theories relevant to technology (e.g., Skopos theory, functionalism, equivalence, post-editing theory).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F8F0FC" w14:textId="77777777" w:rsidR="00D717A5" w:rsidRPr="00D717A5" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6341CA16" w14:textId="77777777" w:rsidR="00D717A5" w:rsidRPr="00D717A5" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D717A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare slides comparing traditional and technology-based translation approaches.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF2A653" w14:textId="77777777" w:rsidR="00D717A5" w:rsidRPr="00D717A5" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B75F9D1" w14:textId="10E3B36B" w:rsidR="00A16173" w:rsidRPr="0008196A" w:rsidRDefault="00D717A5" w:rsidP="00D717A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D717A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Select short academic readings for students.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="020AB14D" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009243DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture-based presentation followed by discussion.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F408487" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="192919AC" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009243DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Group debate: “Can machines fully replace human translators?”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58CA91CE" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E48801F" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009243DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assign reflective writing or short response papers.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E6821DD" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77FDD091" w14:textId="2BE81E30" w:rsidR="00A16173" w:rsidRPr="002123B1" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009243DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Encourage critical thinking through question-based learning.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C73AF9" w:rsidRPr="0008196A" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="003B2108">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="00C73AF9" w:rsidRPr="0008196A" w:rsidRDefault="00C73AF9" w:rsidP="00C73AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="614E35E1" w:rsidR="00C73AF9" w:rsidRPr="0008196A" w:rsidRDefault="00C73AF9" w:rsidP="00C73AF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Computer-Aided Translation (CAT) Tools</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D97CEA9" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009243DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Choose 1–2 popular CAT tools (e.g., SDL Trados, MemoQ, Wordfast).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23E00256" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63C66805" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009243DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare a live demo or screenshots of basic CAT tool functions.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D916C4B" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EF46956" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009243DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Collect sample translation projects for practice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6179FE41" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FCE6660" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F350F7B" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72FEE239" w14:textId="2337E8F7" w:rsidR="00C73AF9" w:rsidRPr="0008196A" w:rsidRDefault="00C73AF9" w:rsidP="009243DE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6243DC" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009243DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hands-on workshop in a computer lab setting.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DD248AF" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="273B326C" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009243DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Step-by-step guided practice on translation memory and terminology management.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71A48910" w14:textId="77777777" w:rsidR="009243DE" w:rsidRPr="009243DE" w:rsidRDefault="009243DE" w:rsidP="009243DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009243DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Group activities: comparing results from different tools.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3739A057" w14:textId="7837A49D" w:rsidR="00C73AF9" w:rsidRPr="0008196A" w:rsidRDefault="00C73AF9" w:rsidP="00C73AF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C73AF9" w:rsidRPr="0008196A" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="003B2108">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="00C73AF9" w:rsidRPr="0008196A" w:rsidRDefault="00C73AF9" w:rsidP="00C73AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8C3390" w14:textId="18354EBA" w:rsidR="00C73AF9" w:rsidRPr="0008196A" w:rsidRDefault="00C73AF9" w:rsidP="00C73AF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Student-led Presentation on Translation Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57433EB2" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provide clear guidelines for presentation format, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>length, and evaluation criteria.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49C927DA" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="450AB355" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Encourage students to choose specific topics (e.g., neural machine translation, post-editing, localization, AI in subtitling).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="468E9540" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67009C21" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Offer resources for research and presentation tools.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D727CB3" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43A2FED1" w14:textId="03FFB170" w:rsidR="00C73AF9" w:rsidRPr="0008196A" w:rsidRDefault="00C73AF9" w:rsidP="00993904">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC577FA" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching Methods:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3498B4DF" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="615F9D03" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Student-led sessions: each group presents their chosen topic.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C17594D" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16C9B751" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Use peer evaluation and feedback forms.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="538A57D2" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D57F25F" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Follow each presentation with a short discussion and Q&amp;A.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31FA139C" w14:textId="77777777" w:rsidR="00993904" w:rsidRPr="00993904" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F167A28" w14:textId="61CF0D21" w:rsidR="00C73AF9" w:rsidRPr="008E4B7C" w:rsidRDefault="00993904" w:rsidP="00993904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor moderates, clarifies concepts, and connects topics to the overall course.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00437BC2" w:rsidRPr="0008196A" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="00691589">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
-[...39 lines deleted...]
-            <w:tcW w:w="2889" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="206DAB37" w14:textId="0E50348D" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973194">
+              <w:t>Student-led Presentation on Translation Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
-          </w:tcPr>
-[...4 lines deleted...]
-              <w:ind w:left="1161" w:right="996"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9369D3" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Provide clear guidelines for presentation format, length, and evaluation criteria.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E4F91A7" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D9390E1" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Encourage students to choose specific topics (e.g., neural machine translation, post-editing, localization, AI in subtitling).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0129E015" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E863F06" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Offer resources for research and presentation tools.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F2CA844" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A4E24EA" w14:textId="23FBCC23" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F400AE7" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching Methods:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46EEFD5C" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="597A8A29" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Student-led sessions: each group presents their chosen topic.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D133BA2" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75E38F8A" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Use peer evaluation and feedback forms.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36068B3B" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34183811" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Follow each presentation with a short discussion and Q&amp;A.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="202BB1A7" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12EAE6DF" w14:textId="474B2677" w:rsidR="00437BC2" w:rsidRPr="006F73BC" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor moderates, clarifies concepts, and connects topics to the overall course.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00437BC2" w:rsidRPr="0008196A" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="00763B7E">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...21 lines deleted...]
-            <w:gridSpan w:val="2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
-[...20 lines deleted...]
-            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...19 lines deleted...]
-              <w:ind w:left="123"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="65547CF4" w14:textId="6A6B70D5" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Translation Technologies</w:t>
-[...133 lines deleted...]
-            <w:tcW w:w="957" w:type="dxa"/>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973194">
+              <w:t>tudent-led Presentation on Translation Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
-          </w:tcPr>
-[...37 lines deleted...]
-            <w:tcW w:w="1910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F589D8E" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Provide clear guidelines for presentation format, length, and evaluation criteria.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A14088" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16356345" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Encourage students to choose specific topics (e.g., neural machine translation, post-editing, localization, AI in subtitling).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="192E1AF2" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18CC7754" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Offer resources for research and presentation tools.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="770A9AF1" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="754A76C7" w14:textId="24DE4E9A" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE7100D" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching Methods:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="775FB057" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CFCEFEB" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Student-led sessions: each group presents their chosen topic.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E8CDD03" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D07C9B3" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Use peer evaluation and feedback forms.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ED1E3EB" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45218D01" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Follow each presentation with a short discussion and Q&amp;A.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332B4903" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="00993904" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44BB9DD7" w14:textId="1E9CD647" w:rsidR="00437BC2" w:rsidRPr="007B2BBF" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993904">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor moderates, clarifies concepts, and connects topics to the overall course.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00437BC2" w:rsidRPr="0008196A" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="003B2108">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...234 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
-          </w:tcPr>
-[...4 lines deleted...]
-              <w:ind w:left="119"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BAB785" w14:textId="4BC9E34E" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00574045" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Compulsory / Undergraduate /Third Year / Spring Semester</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Midterm Exam </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00437BC2" w:rsidRPr="0008196A" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="003B2108">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...23 lines deleted...]
-            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...2446 lines deleted...]
-            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF59B45" w14:textId="77777777" w:rsidR="00257EA8" w:rsidRDefault="00257EA8">
-[...10 lines deleted...]
-            <w:tcW w:w="2992" w:type="dxa"/>
+          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305D5438" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge/>
-[...19 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0774A7A9" w14:textId="77777777" w:rsidR="00437BC2" w:rsidRPr="0008196A" w:rsidRDefault="00437BC2" w:rsidP="00437BC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="00CA066B">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...46 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F1D9099" w14:textId="4B1243CF" w:rsidR="00257EA8" w:rsidRPr="00257EA8" w:rsidRDefault="00B345E9" w:rsidP="00257EA8">
+          <w:p w14:paraId="645FD6BD" w14:textId="10191B2F" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Working on </w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="2992" w:type="dxa"/>
+              <w:t xml:space="preserve">Working on CAT </w:t>
+            </w:r>
+            <w:r w:rsidR="002E56F8">
+              <w:t>PHRASE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1D4C89" w14:textId="77777777" w:rsidR="00AF3CD7" w:rsidRPr="00AF3CD7" w:rsidRDefault="00AF3CD7" w:rsidP="00AF3CD7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF3CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ensure all students have access to Phrase (formerly Memsource) accounts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="180E1E48" w14:textId="77777777" w:rsidR="00AF3CD7" w:rsidRPr="00AF3CD7" w:rsidRDefault="00AF3CD7" w:rsidP="00AF3CD7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70AC6308" w14:textId="77777777" w:rsidR="00AF3CD7" w:rsidRPr="00AF3CD7" w:rsidRDefault="00AF3CD7" w:rsidP="00AF3CD7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF3CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prepare an introductory presentation on Phrase’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF3CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>interface, key features, and functions (e.g., translation memory, term base, quality assurance).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2060108F" w14:textId="77777777" w:rsidR="00AF3CD7" w:rsidRPr="00AF3CD7" w:rsidRDefault="00AF3CD7" w:rsidP="00AF3CD7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BBDEF72" w14:textId="20681219" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="00AF3CD7" w:rsidP="00AF3CD7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF3CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare a short demo translation file for practice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...14 lines deleted...]
-          <w:p w14:paraId="2C412AFB" w14:textId="6F1EBB04" w:rsidR="00257EA8" w:rsidRPr="00257EA8" w:rsidRDefault="00B345E9" w:rsidP="00257EA8">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4180E139" w14:textId="77777777" w:rsidR="00CC3761" w:rsidRPr="00CC3761" w:rsidRDefault="00CC3761" w:rsidP="00CC3761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC3761">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Demonstration + Guided Practice: Instructor shows how to upload, translate, and review projects.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="084D0FB8" w14:textId="77777777" w:rsidR="00CC3761" w:rsidRPr="00CC3761" w:rsidRDefault="00CC3761" w:rsidP="00CC3761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F60BF51" w14:textId="77777777" w:rsidR="00CC3761" w:rsidRPr="00CC3761" w:rsidRDefault="00CC3761" w:rsidP="00CC3761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC3761">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hands-on Workshop: Students practice </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC3761">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>segment-by-segment translation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D98461E" w14:textId="77777777" w:rsidR="00CC3761" w:rsidRPr="00CC3761" w:rsidRDefault="00CC3761" w:rsidP="00CC3761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25C6AF83" w14:textId="77777777" w:rsidR="00CC3761" w:rsidRPr="00CC3761" w:rsidRDefault="00CC3761" w:rsidP="00CC3761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC3761">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pair Work: Students discuss and solve technical or linguistic challenges together.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5247FA6C" w14:textId="77777777" w:rsidR="00CC3761" w:rsidRPr="00CC3761" w:rsidRDefault="00CC3761" w:rsidP="00CC3761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5097B9A3" w14:textId="2E5EE62A" w:rsidR="000B78D4" w:rsidRPr="004C2842" w:rsidRDefault="00CC3761" w:rsidP="00CC3761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC3761">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Q&amp;A Session: Clarify tool-related problems and best practices.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="00CA066B">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...49 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CBD9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="2406A5C1" w14:textId="08F96B96" w:rsidR="00257EA8" w:rsidRPr="00973194" w:rsidRDefault="00B345E9" w:rsidP="00257EA8">
+          <w:p w14:paraId="2531C78E" w14:textId="747A6432" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Translation Project </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2992" w:type="dxa"/>
+              <w:t xml:space="preserve">Translation Project using </w:t>
+            </w:r>
+            <w:r w:rsidR="002E56F8">
+              <w:t>PHRASE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="477D55E1" w14:textId="77777777" w:rsidR="00AD180C" w:rsidRPr="00AD180C" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD180C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare a short text (e.g., 300–500 words) for students to translate in Phrase.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E54726E" w14:textId="77777777" w:rsidR="00AD180C" w:rsidRPr="00AD180C" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78B6A9B1" w14:textId="77777777" w:rsidR="00AD180C" w:rsidRPr="00AD180C" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD180C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Set up shared translation memories and term bases for consistent terminology.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1298F34C" w14:textId="77777777" w:rsidR="00AD180C" w:rsidRPr="00AD180C" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10BA782A" w14:textId="77777777" w:rsidR="00AD180C" w:rsidRPr="00AD180C" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD180C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Provide project instructions and deadlines.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CA096A8" w14:textId="77777777" w:rsidR="00AD180C" w:rsidRPr="00AD180C" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01C14D55" w14:textId="4D324BDD" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="2E11A904" w14:textId="77494414" w:rsidR="00257EA8" w:rsidRDefault="002C4FAF" w:rsidP="00257EA8">
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CE3AD7" w14:textId="77777777" w:rsidR="00AD180C" w:rsidRPr="00AD180C" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD180C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project-based Learning: Students work individually or in groups on the assigned translation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43B41D0D" w14:textId="77777777" w:rsidR="00AD180C" w:rsidRPr="00AD180C" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FCB587B" w14:textId="77777777" w:rsidR="00AD180C" w:rsidRPr="00AD180C" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD180C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor Supervision: Teacher monitors progress, answers questions, and provides tips.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="670E61F0" w14:textId="77777777" w:rsidR="00AD180C" w:rsidRPr="00AD180C" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FC078F0" w14:textId="2DD02CC0" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="00AD180C" w:rsidP="00AD180C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD180C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mini Feedback Session: Discuss challenges in tool use and quality issues.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="00CA066B">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...49 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
           </w:tcPr>
-          <w:p w14:paraId="751C6F8C" w14:textId="567EFE53" w:rsidR="00282BC1" w:rsidRDefault="002C4FAF">
-[...3 lines deleted...]
-              <w:ind w:left="8"/>
+          <w:p w14:paraId="22B5E4B9" w14:textId="48CF67E6" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Translation Project</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2992" w:type="dxa"/>
+            <w:r w:rsidR="002E56F8">
+              <w:t xml:space="preserve"> using PHRASE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB474FC" w14:textId="77777777" w:rsidR="00E269A5" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E269A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review students’ previous work and identify common issues.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF8D2FF" w14:textId="77777777" w:rsidR="00E269A5" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33C34665" w14:textId="77777777" w:rsidR="00E269A5" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E269A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare checklists for quality assurance (QA) and revision.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65706EA6" w14:textId="77777777" w:rsidR="00E269A5" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2551CDF8" w14:textId="77777777" w:rsidR="00E269A5" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E269A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare short feedback notes for individual groups.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E5759A4" w14:textId="77777777" w:rsidR="00E269A5" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37145211" w14:textId="47EEAA05" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7ADADA" w14:textId="20D48E3B" w:rsidR="00E269A5" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E269A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Peer Review: Students exchange projects and provide feedback on accuracy, consistency, and formatting.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="732AB42F" w14:textId="77777777" w:rsidR="00E269A5" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="484F6ADB" w14:textId="77777777" w:rsidR="00E269A5" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E269A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Revision Workshop: Emphasis on editing and finalizing translations in Phrase.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29C33019" w14:textId="77777777" w:rsidR="00E269A5" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="219D2D3F" w14:textId="4018EF12" w:rsidR="000B78D4" w:rsidRPr="00E269A5" w:rsidRDefault="00E269A5" w:rsidP="00E269A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E269A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reflection Discussion: Students share what they learned about the advantages and limitations of the tool.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="00CA066B">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
-[...14 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1506B42E" w14:textId="316EF265" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Working on TRADOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A16145" w14:textId="77777777" w:rsidR="00104088" w:rsidRPr="00104088" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B1D3915" w14:textId="77777777" w:rsidR="00104088" w:rsidRPr="00104088" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104088">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Install SDL Trados Studio on lab computers or ensure student access.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B23AA21" w14:textId="77777777" w:rsidR="00104088" w:rsidRPr="00104088" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3242831D" w14:textId="77777777" w:rsidR="00104088" w:rsidRPr="00104088" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104088">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare a step-by-step demo showing project setup, translation memory creation, and basic translation workflow.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CACC22E" w14:textId="77777777" w:rsidR="00104088" w:rsidRPr="00104088" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AA245F6" w14:textId="77777777" w:rsidR="00104088" w:rsidRPr="00104088" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104088">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Create a short sample file for in-class translation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E62D3BF" w14:textId="77777777" w:rsidR="00104088" w:rsidRPr="00104088" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D3AFD50" w14:textId="6E06AA82" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="00104088">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7AC6DB" w14:textId="5E647B92" w:rsidR="00104088" w:rsidRPr="005031A2" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005031A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture + Demonstration: Explain Trados functions with screen sharing.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A2BB891" w14:textId="77777777" w:rsidR="00104088" w:rsidRPr="005031A2" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A5479EE" w14:textId="77777777" w:rsidR="00104088" w:rsidRPr="005031A2" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005031A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hands-on Workshop: Students complete a simple translation task.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65D65E79" w14:textId="77777777" w:rsidR="00104088" w:rsidRPr="005031A2" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B14AD2C" w14:textId="6BF33EF1" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="00104088" w:rsidP="00104088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005031A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor Support: Circulate during workshop to help troubleshoot.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="00CA066B">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...145 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
           </w:tcPr>
-          <w:p w14:paraId="0EAAF5A2" w14:textId="0EDA99E8" w:rsidR="00282BC1" w:rsidRDefault="001B0938" w:rsidP="00C822E0">
-[...3 lines deleted...]
-              <w:ind w:left="8"/>
+          <w:p w14:paraId="5A60206C" w14:textId="0855D680" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Working on TRADOS</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...5 lines deleted...]
-            <w:tcW w:w="2992" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F5A798" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A12561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Collect students’ first Trados projects for review.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F2B4409" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39DE1AF6" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A12561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare an advanced tutorial on batch processing, alignment, and QA tools.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18BD156E" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28EBCA12" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A12561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Create exercises that compare results between Trados and Phrase.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78B3D559" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34C8B00B" w14:textId="5E4041D7" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="00A12561">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71343B81" w14:textId="166A740F" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A12561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Practice Session: Students work on a larger translation project.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BDBBA79" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="378DA27A" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A12561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Comparative Analysis: Discuss pros and cons of Trados vs. Phrase.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F9EF929" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20C987BE" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A12561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Collaborative Editing: Students align and update translation memories.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E694270" w14:textId="77777777" w:rsidR="00A12561" w:rsidRPr="00A12561" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1216638D" w14:textId="5726A84A" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="00A12561" w:rsidP="00A12561">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A12561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Feedback Discussion: Highlight best practices in CAT workflow.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="00CA066B">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">                Practice</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="507B399A" w14:textId="60129CC1" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>AI generated translation /Post-editing applications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="240355C8" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60FAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gather examples of AI-generated translations from tools such as DeepL, Google Translate, or ChatGPT.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EFE9992" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78564D8D" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60FAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare guidelines on post-editing levels (light vs. full post-editing).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21EA206C" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DEA8F00" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60FAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Select short texts for post-editing practice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A7CBC95" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13939778" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="225D9DC4" w14:textId="4BB25351" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20152F45" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60FAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching Methods:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67C31EBD" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="437F2D19" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60FAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture + Discussion: Explain how AI translation works and its limitations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00F1FC44" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E676A8F" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60FAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Post-Editing Workshop: Students improve machine-translated texts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133316B5" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60FAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Group Analysis: Compare human vs. AI translation quality.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29FACDC9" w14:textId="77777777" w:rsidR="00B60FAF" w:rsidRPr="00B60FAF" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C7A335A" w14:textId="15B55C0F" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="00B60FAF" w:rsidP="00B60FAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60FAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reflection Activity: Discuss ethical and professional implications of AI in translation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BC1" w14:paraId="1DF1360E" w14:textId="77777777" w:rsidTr="00B345E9">
-[...2 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="00CA066B">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="88" w:type="dxa"/>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...59 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...53 lines deleted...]
-            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
           </w:tcPr>
-          <w:p w14:paraId="3704564B" w14:textId="587A5EBB" w:rsidR="00257EA8" w:rsidRDefault="00257EA8" w:rsidP="00257EA8">
+          <w:p w14:paraId="4514710E" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="247" w:lineRule="exact"/>
               <w:ind w:left="8"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">-Post-Editing Applications </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06562219" w14:textId="64E78E9B" w:rsidR="00282BC1" w:rsidRDefault="00257EA8" w:rsidP="00257EA8">
-[...3 lines deleted...]
-              <w:ind w:left="8"/>
+          <w:p w14:paraId="34D275E4" w14:textId="3C41F0DD" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>-Final Assignment Explanation – General Review</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2992" w:type="dxa"/>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C950A4" w14:textId="77777777" w:rsidR="00D67240" w:rsidRPr="00D67240" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67240">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare more complex or domain-specific texts (legal, medical, marketing) for post-editing.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A2785CF" w14:textId="77777777" w:rsidR="00D67240" w:rsidRPr="00D67240" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6945350E" w14:textId="77777777" w:rsidR="00D67240" w:rsidRPr="00D67240" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67240">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Provide rubrics for assessing post-editing quality.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1158A4" w14:textId="77777777" w:rsidR="00D67240" w:rsidRPr="00D67240" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77825D66" w14:textId="77777777" w:rsidR="00D67240" w:rsidRPr="00D67240" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D67240">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review examples of professional post-editing guidelines.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F45F961" w14:textId="77777777" w:rsidR="00D67240" w:rsidRPr="00D67240" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09017603" w14:textId="5963B3FC" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="00D67240">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21FB81AB" w14:textId="67E9263C" w:rsidR="00D67240" w:rsidRPr="003656BC" w:rsidRDefault="00D67240" w:rsidP="003656BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003656BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Practical Workshop: Students perform full post-editing on a text.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48AA5011" w14:textId="77777777" w:rsidR="00D67240" w:rsidRPr="003656BC" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48CE78F0" w14:textId="77777777" w:rsidR="00D67240" w:rsidRPr="003656BC" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003656BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Peer Review: Students exchange and critique each other’s edits.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34026415" w14:textId="77777777" w:rsidR="00D67240" w:rsidRPr="003656BC" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60FCBE4F" w14:textId="32472FB1" w:rsidR="00D67240" w:rsidRPr="003656BC" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003656BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor Feedback: Focus on efficiency,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003656BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003656BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>accuracy, and consistency.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B1DCEE3" w14:textId="77777777" w:rsidR="00D67240" w:rsidRPr="003656BC" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1818FDD3" w14:textId="2196D3C7" w:rsidR="000B78D4" w:rsidRPr="00CB0282" w:rsidRDefault="00D67240" w:rsidP="00D67240">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003656BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Discussion: Evaluate where post-editing fits in modern translation workflows.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EA682F" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BABA8DD" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="037A25AB" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="466131D0" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C0D284" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1558DAF0" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0EE10E" w14:textId="77777777" w:rsidR="00C85117" w:rsidRPr="00C85117" w:rsidRDefault="00C85117" w:rsidP="00C85117">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidRPr="00C85117">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="tr-TR"/>
+                </w:rPr>
+                <w:t>Applying Technology to Language and Translation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="57DCC08F" w14:textId="77777777" w:rsidR="00C85117" w:rsidRPr="00C85117" w:rsidRDefault="00C85117" w:rsidP="00C85117">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C85117">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>LS Ming, C Sin-wai - 2025 - api.taylorfrancis.com</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF085FE" w14:textId="32A89674" w:rsidR="000B78D4" w:rsidRPr="00C85117" w:rsidRDefault="000B78D4" w:rsidP="004F24AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Recommended References:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A0BB55" w14:textId="77777777" w:rsidR="004F24AD" w:rsidRPr="004F24AD" w:rsidRDefault="004F24AD" w:rsidP="004F24AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F24AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>The Routledge Handbook of Translation and Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="193F6188" w14:textId="77777777" w:rsidR="004F24AD" w:rsidRPr="004F24AD" w:rsidRDefault="004F24AD" w:rsidP="004F24AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F24AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Edited By Minako O'Hagan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06D75E96" w14:textId="2F8D53FB" w:rsidR="000B78D4" w:rsidRPr="00B2757F" w:rsidRDefault="004F24AD" w:rsidP="004F24AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F24AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Copyright 2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Course Assessment and Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206EDFB6" w14:textId="06DFDEFB" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5888FADE" w14:textId="5FA5CF40" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0D07DE" w14:textId="6AAC78BB" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sit-down Exam </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9DB5E8" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C58554F" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CD7661" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78D4" w:rsidRPr="0008196A" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="741351E7" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assignment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2439FEE9" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF4EB03" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="000B78D4" w:rsidRPr="0008196A" w:rsidRDefault="000B78D4" w:rsidP="000B78D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A13F8" w:rsidRPr="0008196A" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C386AF4" w14:textId="0ED06410" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6BF518" w14:textId="6B9B7D9F" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A68D7B" w14:textId="636D907D" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A13F8" w:rsidRPr="0008196A" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B4D944" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Portfolio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFFE551" w14:textId="554EC589" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="500CFF36" w14:textId="02641A3A" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA78998" w14:textId="01828C9E" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Students prepare a portfolio of the given tasks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A13F8" w:rsidRPr="0008196A" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A41C7C" w14:textId="45B303A4" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E598CA" w14:textId="0C1C3860" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D234BC1" w14:textId="5D21A4D7" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Translation Project Assignment </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A13F8" w:rsidRPr="0008196A" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A13F8" w:rsidRPr="0008196A" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A13F8" w:rsidRPr="0008196A" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="6CD8A178" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="00FF2AF4" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133035B" w14:textId="55E2BFD3" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="007952C4" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A13F8" w:rsidRPr="0008196A" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Out-of-Class Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00942B57" w14:textId="77777777" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="119987C2" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="00FF2AF4" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305EBC64" w14:textId="5B8921F7" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="007952C4" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A13F8" w:rsidRPr="0008196A" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DC74E3" w14:textId="247EF7CF" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Portfolio)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="357D0288" w14:textId="4723F4A1" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D6DB9F" w14:textId="4135C71A" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B42FCA" w14:textId="61638016" w:rsidR="009A13F8" w:rsidRPr="0008196A" w:rsidRDefault="009A13F8" w:rsidP="009A13F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D6D04" w:rsidRPr="0008196A" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FF27EF" w14:textId="392C5828" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42ABE267" w14:textId="2FAD37D0" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57195671" w14:textId="41FA221C" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D6D04" w:rsidRPr="0008196A" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26407A65" w14:textId="77777777" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A42939" w14:textId="3D9749F9" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECE207C" w14:textId="021A14A9" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C11868" w14:textId="53050192" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D6D04" w:rsidRPr="0008196A" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm Exam (Midterm Exam Duration + Midterm Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D88A7C9" w14:textId="411203D4" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99A2E3" w14:textId="24816C64" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AA247" w14:textId="2697D88A" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D6D04" w:rsidRPr="0008196A" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Exam (Final Exam Duration + Final Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1005A983" w14:textId="0B0228FB" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4444D1E5" w14:textId="0EF2E8A8" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
-[...15 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3506B9" w14:textId="0AE6FF60" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D6D04" w:rsidRPr="0008196A" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
-[...5 lines deleted...]
-              <w:ind w:left="51"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B894EB" w14:textId="64834C11" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Lecture, Application, Discussion</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15851">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BC1" w14:paraId="39AA98E4" w14:textId="77777777" w:rsidTr="009369E8">
+      <w:tr w:rsidR="002D6D04" w:rsidRPr="0008196A" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F77D59" w14:textId="0B734BD7" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>199/30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D6D04" w:rsidRPr="0008196A" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="005C14FB">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="6000" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Credit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E676F6F" w14:textId="77777777" w:rsidR="005A1D5D" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F15851">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C524EC3" w14:textId="2D0E733B" w:rsidR="002D6D04" w:rsidRPr="0008196A" w:rsidRDefault="002D6D04" w:rsidP="002D6D04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>=7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008196A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="0008196A" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0008196A" w:rsidRDefault="005A1D5D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Past Term Achievements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="0008196A" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="002D1BAC">
         <w:tblPrEx>
-          <w:jc w:val="left"/>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="253"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11189" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:ind w:left="4149" w:right="4133"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B9D78F" w14:textId="4ADC7102" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="002D1BAC" w:rsidP="002D1BAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05E84374" wp14:editId="2160039A">
+                  <wp:extent cx="3298190" cy="1978660"/>
+                  <wp:effectExtent l="0" t="0" r="16510" b="2540"/>
+                  <wp:docPr id="1358889949" name="Grafik 1">
+                    <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDCBE440-FA0E-5577-A5C0-C54124615F3A}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </wp:docPr>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...6 lines deleted...]
-              <w:t>REFERENCES</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3086B60B" wp14:editId="02FA6EF5">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2071116311" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BC1" w14:paraId="7B025334" w14:textId="77777777" w:rsidTr="00B345E9">
-[...2 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="0008196A" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="1264"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2275" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-          </w:tcPr>
-[...36 lines deleted...]
-            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="66D46301">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="900991778" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-          </w:tcPr>
-[...263 lines deleted...]
-              <w:ind w:left="4152" w:right="4133"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0008196A" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1657 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008196A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="7471AC73">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="710092929" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="434908B0" w14:textId="77777777" w:rsidR="00282BC1" w:rsidRDefault="00282BC1">
+    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidRDefault="003A4CE2">
       <w:pPr>
-        <w:spacing w:line="234" w:lineRule="exact"/>
-[...5 lines deleted...]
-        </w:sectPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79A3BD72" w14:textId="5CA5713C" w:rsidR="009369E8" w:rsidRPr="009369E8" w:rsidRDefault="009369E8" w:rsidP="009369E8">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="009369E8" w:rsidRPr="009369E8" w:rsidSect="009369E8">
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="337C5CD5" w14:textId="77777777" w:rsidR="00325BB2" w:rsidRDefault="00325BB2">
-      <w:r>
+    <w:p w14:paraId="4082D0F5" w14:textId="77777777" w:rsidR="00455478" w:rsidRPr="0008196A" w:rsidRDefault="00455478" w:rsidP="0034027E">
+      <w:r w:rsidRPr="0008196A">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D35E4E5" w14:textId="77777777" w:rsidR="00325BB2" w:rsidRDefault="00325BB2">
-      <w:r>
+    <w:p w14:paraId="40893F03" w14:textId="77777777" w:rsidR="00455478" w:rsidRPr="0008196A" w:rsidRDefault="00455478" w:rsidP="0034027E">
+      <w:r w:rsidRPr="0008196A">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...162 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1461F524" w14:textId="77777777" w:rsidR="00325BB2" w:rsidRDefault="00325BB2">
-      <w:r>
+    <w:p w14:paraId="561923D9" w14:textId="77777777" w:rsidR="00455478" w:rsidRPr="0008196A" w:rsidRDefault="00455478" w:rsidP="0034027E">
+      <w:r w:rsidRPr="0008196A">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FE978EB" w14:textId="77777777" w:rsidR="00325BB2" w:rsidRDefault="00325BB2">
-      <w:r>
+    <w:p w14:paraId="7CA7B376" w14:textId="77777777" w:rsidR="00455478" w:rsidRPr="0008196A" w:rsidRDefault="00455478" w:rsidP="0034027E">
+      <w:r w:rsidRPr="0008196A">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      </w:pPr>
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRPr="0008196A" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="0008196A">
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
-    </w:lvl>
-[...1409 lines deleted...]
-</w:numbering>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-[...2 lines deleted...]
-  <w:defaultTabStop w:val="720"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...2 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00282BC1"/>
-[...41 lines deleted...]
-    <w:rsid w:val="00FE25ED"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="000062E4"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00057654"/>
+    <w:rsid w:val="00072106"/>
+    <w:rsid w:val="00076CD3"/>
+    <w:rsid w:val="0007738C"/>
+    <w:rsid w:val="0008196A"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00086645"/>
+    <w:rsid w:val="00087E10"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="0009745F"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000B78D4"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000E6747"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00104088"/>
+    <w:rsid w:val="001367C5"/>
+    <w:rsid w:val="00144363"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="00154070"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="00170CC3"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="00177B9C"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A60A7"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B4DBF"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C134A"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001E44E5"/>
+    <w:rsid w:val="001E5068"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="002123B1"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00231806"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="00252D65"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="0025697F"/>
+    <w:rsid w:val="0026456C"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="00283A4D"/>
+    <w:rsid w:val="00287BC4"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B6A8B"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D1BAC"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002D5A1F"/>
+    <w:rsid w:val="002D6D04"/>
+    <w:rsid w:val="002E56F8"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="0030488F"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="00310F1E"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003208C3"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="00354051"/>
+    <w:rsid w:val="00360D4B"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="003656BC"/>
+    <w:rsid w:val="00366CC8"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A3937"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E3318"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="003F45AA"/>
+    <w:rsid w:val="00411534"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="00424BEC"/>
+    <w:rsid w:val="00427BB1"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00437850"/>
+    <w:rsid w:val="00437BC2"/>
+    <w:rsid w:val="004428CE"/>
+    <w:rsid w:val="0045338F"/>
+    <w:rsid w:val="00455478"/>
+    <w:rsid w:val="00455764"/>
+    <w:rsid w:val="0045679F"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="004812D1"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A50EF"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004C2842"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="004E246A"/>
+    <w:rsid w:val="004E72AE"/>
+    <w:rsid w:val="004F24AD"/>
+    <w:rsid w:val="005031A2"/>
+    <w:rsid w:val="00520B99"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="00530B68"/>
+    <w:rsid w:val="00533C87"/>
+    <w:rsid w:val="00540EF9"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="00560C4E"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00574045"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="00594963"/>
+    <w:rsid w:val="005A1D5D"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005C14FB"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005C4F09"/>
+    <w:rsid w:val="005E501F"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="0060107A"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00603805"/>
+    <w:rsid w:val="0061234C"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="006459E9"/>
+    <w:rsid w:val="0065015E"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="00690197"/>
+    <w:rsid w:val="00694296"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6C36"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006D2340"/>
+    <w:rsid w:val="006D2F0C"/>
+    <w:rsid w:val="006D47E9"/>
+    <w:rsid w:val="006F4DAD"/>
+    <w:rsid w:val="006F73BC"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="0071541A"/>
+    <w:rsid w:val="00721260"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00745ECC"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="0075284D"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00765238"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007725F1"/>
+    <w:rsid w:val="0079074F"/>
+    <w:rsid w:val="007952C4"/>
+    <w:rsid w:val="007A0745"/>
+    <w:rsid w:val="007A509A"/>
+    <w:rsid w:val="007B2BBF"/>
+    <w:rsid w:val="007C517F"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007D590A"/>
+    <w:rsid w:val="007D6E1E"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="008167FD"/>
+    <w:rsid w:val="00820098"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="00896390"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008A2DBC"/>
+    <w:rsid w:val="008B26F9"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008E1362"/>
+    <w:rsid w:val="008E2459"/>
+    <w:rsid w:val="008E4B7C"/>
+    <w:rsid w:val="008E6ECD"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="009243DE"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="00947E6F"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="0095585C"/>
+    <w:rsid w:val="009630BE"/>
+    <w:rsid w:val="0096319A"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00964DD6"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00980530"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00993904"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009A13F8"/>
+    <w:rsid w:val="009B36A7"/>
+    <w:rsid w:val="009C1F83"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="009F1C40"/>
+    <w:rsid w:val="00A02828"/>
+    <w:rsid w:val="00A12561"/>
+    <w:rsid w:val="00A1475B"/>
+    <w:rsid w:val="00A16173"/>
+    <w:rsid w:val="00A2556C"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A34859"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A7053E"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A745E6"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A7763A"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00AA29CD"/>
+    <w:rsid w:val="00AA719E"/>
+    <w:rsid w:val="00AC4B11"/>
+    <w:rsid w:val="00AD180C"/>
+    <w:rsid w:val="00AF3CD7"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B14243"/>
+    <w:rsid w:val="00B16769"/>
+    <w:rsid w:val="00B17FA9"/>
+    <w:rsid w:val="00B2757F"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B52C20"/>
+    <w:rsid w:val="00B60FAF"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BA4B15"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD2B40"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C11367"/>
+    <w:rsid w:val="00C1275C"/>
+    <w:rsid w:val="00C263E1"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C54D29"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C73AF9"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C85117"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA4E9E"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB01C9"/>
+    <w:rsid w:val="00CB0282"/>
+    <w:rsid w:val="00CB0CC6"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC02CF"/>
+    <w:rsid w:val="00CC056F"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CC3761"/>
+    <w:rsid w:val="00CC49E5"/>
+    <w:rsid w:val="00CD11A7"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D12ED5"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D2090B"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D37E90"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D42B58"/>
+    <w:rsid w:val="00D453F3"/>
+    <w:rsid w:val="00D53A60"/>
+    <w:rsid w:val="00D67240"/>
+    <w:rsid w:val="00D717A5"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00D92109"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DA5DC5"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DB271E"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DC2CBD"/>
+    <w:rsid w:val="00DC6616"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DE0A4A"/>
+    <w:rsid w:val="00DE2A10"/>
+    <w:rsid w:val="00DF33CD"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E269A5"/>
+    <w:rsid w:val="00E33A91"/>
+    <w:rsid w:val="00E41C86"/>
+    <w:rsid w:val="00E42BD5"/>
+    <w:rsid w:val="00E5279E"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA187D"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EA6F58"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED24B3"/>
+    <w:rsid w:val="00ED36FF"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED4098"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00EF15BB"/>
+    <w:rsid w:val="00EF2F6F"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F05032"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F10A39"/>
+    <w:rsid w:val="00F15130"/>
+    <w:rsid w:val="00F15851"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F32A97"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F50473"/>
+    <w:rsid w:val="00F51890"/>
+    <w:rsid w:val="00F52CF4"/>
+    <w:rsid w:val="00F609D1"/>
+    <w:rsid w:val="00F62C89"/>
+    <w:rsid w:val="00F6565A"/>
+    <w:rsid w:val="00F767CE"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F863C4"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F92C54"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB2551"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC4ECD"/>
+    <w:rsid w:val="00FC5B80"/>
+    <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FE1269"/>
+    <w:rsid w:val="00FE5ED1"/>
+    <w:rsid w:val="00FF2AF4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="32BE06CB"/>
+  <w14:docId w14:val="382978FE"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{37064ACD-A132-4FB8-8220-5060ED1930AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...5 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...15 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KlavuzuTablo4-Vurgu1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stBilgi"/>
+    <w:rsid w:val="0034027E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
-    <w:qFormat/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
     <w:pPr>
-      <w:spacing w:before="149"/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-  </w:style>
-[...3 lines deleted...]
-    <w:rsid w:val="009369E8"/>
+    <w:rsid w:val="000B78D4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:iCs w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...201 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...22 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00C85117"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...39 lines deleted...]
-      <w:u w:val="single"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="24184187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.translatorsfamily.com/for-translators/useful-links-for-translators/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xtm-intl.com/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wordfast.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.memsource.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.memoq.com/en/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://termcoord.eu/terminology-websites/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.taylorfrancis.com/content/books/mono/download?identifierName=doi&amp;identifierValue=10.4324/9781003399261&amp;type=googlepdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
+</file>
+
+<file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR"/>
+              <a:t>2024-2025 Fall</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t> Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t>TRN111 Int. to Translation I</a:t>
+            </a:r>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$7:$A$15</c:f>
+              <c:strCache>
+                <c:ptCount val="9"/>
+                <c:pt idx="0">
+                  <c:v>AA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>FF</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$7:$B$15</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="9"/>
+                <c:pt idx="0">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-65C8-4D79-BF49-AFFCD26F1711}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="2039989568"/>
+        <c:axId val="2039991968"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="2039989568"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="2039991968"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="2039991968"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="2039989568"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Spring Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="1492079743"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1492079263"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="1492079263"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1492079743"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fall Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="1492079743"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1492079263"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="1492079263"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1492079743"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Spring Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="1492079743"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1492079263"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="1492079263"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1492079743"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/colors3.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/colors4.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=word/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=word/charts/style3.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=word/charts/style4.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4567</Characters>
+  <Pages>7</Pages>
+  <Words>1401</Words>
+  <Characters>9493</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Konu Başlığı</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5358</CharactersWithSpaces>
+  <CharactersWithSpaces>10873</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:creator>30853879058</dc:creator>
+  <dc:subject/>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>