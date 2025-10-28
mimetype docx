--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -475,72 +475,72 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3 (3-0-3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC1B9CA" w14:textId="77777777" w:rsidR="00344B88" w:rsidRPr="00FE13AC" w:rsidRDefault="00344B88" w:rsidP="004D4198">
+          <w:p w14:paraId="2AC1B9CA" w14:textId="482CEB25" w:rsidR="00344B88" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="004D4198">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE13AC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00344B88" w:rsidRPr="00FE13AC" w14:paraId="62F560A4" w14:textId="77777777" w:rsidTr="00D8580F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CCFB9FB" w14:textId="4110AE80" w:rsidR="00344B88" w:rsidRPr="00FE13AC" w:rsidRDefault="00CB43FF" w:rsidP="00D8580F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1828,52 +1828,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>habits</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3018" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E6808D2" w14:textId="423A682C" w:rsidR="004E3FDC" w:rsidRPr="00FE13AC" w:rsidRDefault="004E3FDC" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -9965,51 +9963,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>References</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7408" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35F99FE9" w14:textId="77777777" w:rsidR="00BD4C80" w:rsidRPr="00FE13AC" w:rsidRDefault="009D0D63" w:rsidP="00D8580F">
+          <w:p w14:paraId="35F99FE9" w14:textId="77777777" w:rsidR="00BD4C80" w:rsidRPr="00FE13AC" w:rsidRDefault="00F37710" w:rsidP="00D8580F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidR="00BD4C80" w:rsidRPr="00FE13AC">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>http://www.spl.com.tr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
@@ -10718,338 +10716,330 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28D3EEAF" w14:textId="4230FEA6" w:rsidR="00BD4C80" w:rsidRPr="00FE13AC" w:rsidRDefault="00BD4C80" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w14:paraId="7B1827F2" w14:textId="77777777" w:rsidTr="00D8580F">
+      <w:tr w:rsidR="00605F11" w:rsidRPr="00FE13AC" w14:paraId="7B1827F2" w14:textId="77777777" w:rsidTr="00A637BE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="586B2526" w14:textId="6CA0338E" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          <w:p w14:paraId="586B2526" w14:textId="6CA0338E" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Duration</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="217D1047" w14:textId="799B51BC" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="217D1047" w14:textId="773E30CA" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00602B69">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="55E635BB" w14:textId="28A4C91C" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="55E635BB" w14:textId="3D96E1AC" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00DE49D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7BA81AC6" w14:textId="7F941FDB" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="7BA81AC6" w14:textId="5346E162" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="005B59C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w14:paraId="42CF0E2A" w14:textId="77777777" w:rsidTr="00D8580F">
+      <w:tr w:rsidR="00605F11" w:rsidRPr="00FE13AC" w14:paraId="42CF0E2A" w14:textId="77777777" w:rsidTr="00A637BE">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68C15F3B" w14:textId="29A92C5B" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          <w:p w14:paraId="68C15F3B" w14:textId="29A92C5B" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Out</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">-of-Class </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Study</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5D6F3F10" w14:textId="6D46C28E" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="5D6F3F10" w14:textId="210FC507" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00602B69">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0FD3207B" w14:textId="52E04BED" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="0FD3207B" w14:textId="0DFA6305" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidRPr="00DE49D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3191D617" w14:textId="47AB9920" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="3191D617" w14:textId="1E4BA179" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...6 lines deleted...]
-              <w:t>98</w:t>
+            <w:r w:rsidRPr="005B59C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w14:paraId="338D5CAC" w14:textId="77777777" w:rsidTr="00D8580F">
+      <w:tr w:rsidR="00605F11" w:rsidRPr="00FE13AC" w14:paraId="338D5CAC" w14:textId="77777777" w:rsidTr="00A637BE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09996F51" w14:textId="3B3826D2" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          <w:p w14:paraId="09996F51" w14:textId="3B3826D2" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Midterm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -11199,145 +11189,141 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Preparation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E503E6E" w14:textId="2EC68C9A" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="5E503E6E" w14:textId="4B6BCD1C" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00602B69">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4777F128" w14:textId="0C58DBB7" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="4777F128" w14:textId="3B36FC6A" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F6B5449" w14:textId="211918EA" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="5F6B5449" w14:textId="52489FDD" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w14:paraId="7F8CFB4E" w14:textId="77777777" w:rsidTr="00D8580F">
+      <w:tr w:rsidR="00605F11" w:rsidRPr="00FE13AC" w14:paraId="7F8CFB4E" w14:textId="77777777" w:rsidTr="00A637BE">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5128F864" w14:textId="5B25278A" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          <w:p w14:paraId="5128F864" w14:textId="5B25278A" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -11431,302 +11417,317 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Preparation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2BCE003A" w14:textId="018F8999" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="2BCE003A" w14:textId="2977CFB8" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00602B69">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="18EB7A21" w14:textId="28C12A81" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="18EB7A21" w14:textId="68702009" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...5 lines deleted...]
-              <w:t>40</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1CB8FB4A" w14:textId="2CDD0C23" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="1CB8FB4A" w14:textId="347453D3" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4551">
-[...6 lines deleted...]
-              <w:t>40</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w14:paraId="23521FAC" w14:textId="77777777" w:rsidTr="00D8580F">
+      <w:tr w:rsidR="00605F11" w:rsidRPr="00FE13AC" w14:paraId="23521FAC" w14:textId="77777777" w:rsidTr="004B3135">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E91CCBB" w14:textId="30E77A05" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          <w:p w14:paraId="5E91CCBB" w14:textId="30E77A05" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1A680345" w14:textId="6BAAC2F5" w:rsidR="00CD69CD" w:rsidRPr="00CD69CD" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="1A680345" w14:textId="23AAB3D1" w:rsidR="00605F11" w:rsidRPr="00CD69CD" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD69CD">
-[...7 lines deleted...]
-              <w:t>210</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>166</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w14:paraId="0819A640" w14:textId="77777777" w:rsidTr="00D8580F">
+      <w:tr w:rsidR="00605F11" w:rsidRPr="00FE13AC" w14:paraId="0819A640" w14:textId="77777777" w:rsidTr="004B3135">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2095C667" w14:textId="419DE03C" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          <w:p w14:paraId="2095C667" w14:textId="419DE03C" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2CE92ABF" w14:textId="11061423" w:rsidR="00CD69CD" w:rsidRPr="00CD69CD" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="2CE92ABF" w14:textId="196701AD" w:rsidR="00605F11" w:rsidRPr="00CD69CD" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD69CD">
-[...6 lines deleted...]
-              <w:t>210/30=7</w:t>
+            <w:r w:rsidRPr="005B59C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B59C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/30=5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w14:paraId="06497AF6" w14:textId="77777777" w:rsidTr="00CD69CD">
+      <w:tr w:rsidR="00605F11" w:rsidRPr="00FE13AC" w14:paraId="06497AF6" w14:textId="77777777" w:rsidTr="004B3135">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0B95F4" w14:textId="616D6FBE" w:rsidR="00CD69CD" w:rsidRPr="00FE13AC" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          <w:p w14:paraId="5B0B95F4" w14:textId="616D6FBE" w:rsidR="00605F11" w:rsidRPr="00FE13AC" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ECTS </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -11736,91 +11737,91 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE13AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="66848E06" w14:textId="313F422E" w:rsidR="00CD69CD" w:rsidRPr="00CD69CD" w:rsidRDefault="00CD69CD" w:rsidP="00D8580F">
+          </w:tcPr>
+          <w:p w14:paraId="66848E06" w14:textId="71BA5C98" w:rsidR="00605F11" w:rsidRPr="00CD69CD" w:rsidRDefault="00605F11" w:rsidP="00D8580F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD69CD">
-[...6 lines deleted...]
-              <w:t>7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00FE13AC" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE13AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
       <w:tr w:rsidR="003237AD" w:rsidRPr="00FE13AC" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
@@ -12102,58 +12103,58 @@
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidRDefault="003A4CE2"/>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D90DBD8" w14:textId="77777777" w:rsidR="009D0D63" w:rsidRDefault="009D0D63" w:rsidP="0034027E">
+    <w:p w14:paraId="26C1DF45" w14:textId="77777777" w:rsidR="00F37710" w:rsidRDefault="00F37710" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24BB88C1" w14:textId="77777777" w:rsidR="009D0D63" w:rsidRDefault="009D0D63" w:rsidP="0034027E">
+    <w:p w14:paraId="53410C58" w14:textId="77777777" w:rsidR="00F37710" w:rsidRDefault="00F37710" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -12168,58 +12169,58 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4430A8EB" w14:textId="77777777" w:rsidR="009D0D63" w:rsidRDefault="009D0D63" w:rsidP="0034027E">
+    <w:p w14:paraId="7F645A79" w14:textId="77777777" w:rsidR="00F37710" w:rsidRDefault="00F37710" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AA6714C" w14:textId="77777777" w:rsidR="009D0D63" w:rsidRDefault="009D0D63" w:rsidP="0034027E">
+    <w:p w14:paraId="5762F25D" w14:textId="77777777" w:rsidR="00F37710" w:rsidRDefault="00F37710" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -12357,50 +12358,51 @@
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004D4198"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="004E3FDC"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005B1DA8"/>
     <w:rsid w:val="005B2B0A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00605F11"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="006729ED"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006B5CBA"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770615"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
@@ -12488,50 +12490,51 @@
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DB6BD3"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E8255E"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F37710"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F54AB1"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC6B48"/>
     <w:rsid w:val="00FE13AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -14099,157 +14102,157 @@
                 <c:pt idx="8">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="153053696"/>
-        <c:axId val="168333248"/>
+        <c:axId val="269358592"/>
+        <c:axId val="305063040"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="153053696"/>
+        <c:axId val="269358592"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="168333248"/>
+        <c:crossAx val="305063040"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="168333248"/>
+        <c:axId val="305063040"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="153053696"/>
+        <c:crossAx val="269358592"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14505,157 +14508,157 @@
                 <c:pt idx="8">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="165291008"/>
-        <c:axId val="168960000"/>
+        <c:axId val="269357568"/>
+        <c:axId val="305064768"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="165291008"/>
+        <c:axId val="269357568"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="168960000"/>
+        <c:crossAx val="305064768"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="168960000"/>
+        <c:axId val="305064768"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="165291008"/>
+        <c:crossAx val="269357568"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14967,84 +14970,84 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>643</Words>
-  <Characters>3666</Characters>
+  <Characters>3670</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4301</CharactersWithSpaces>
+  <CharactersWithSpaces>4305</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>