--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,4780 +1,12588 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10375" w:type="dxa"/>
+        <w:tblW w:w="10893" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="-377" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1020"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="333"/>
+        <w:gridCol w:w="542"/>
+        <w:gridCol w:w="853"/>
+        <w:gridCol w:w="1875"/>
         <w:gridCol w:w="124"/>
         <w:gridCol w:w="228"/>
         <w:gridCol w:w="191"/>
         <w:gridCol w:w="817"/>
-        <w:gridCol w:w="376"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="2143"/>
+        <w:gridCol w:w="1218"/>
+        <w:gridCol w:w="624"/>
+        <w:gridCol w:w="592"/>
+        <w:gridCol w:w="1135"/>
+        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="651"/>
+        <w:gridCol w:w="1335"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w14:paraId="3FB037C0" w14:textId="77777777" w:rsidTr="009F00B5">
+      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w14:paraId="3FB037C0" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="1020"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10375" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="10893" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="543ACB05" w14:textId="47C7BDF0" w:rsidR="00FF0BC3" w:rsidRPr="009F00B5" w:rsidRDefault="00C92E09" w:rsidP="0041034E">
+          <w:p w14:paraId="2FC7B4FB" w14:textId="77777777" w:rsidR="0072235C" w:rsidRPr="0072235C" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:pStyle w:val="Balk1"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ÇAĞ UNIVERSITY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B76C42C" w14:textId="77777777" w:rsidR="0072235C" w:rsidRPr="0072235C" w:rsidRDefault="0072235C" w:rsidP="0072235C">
+            <w:pPr>
+              <w:pStyle w:val="Balk1"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VOCATIONAL SCHOOL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="735930C0" w14:textId="77C9594A" w:rsidR="00C15A19" w:rsidRPr="0072235C" w:rsidRDefault="0072235C" w:rsidP="0072235C">
+            <w:pPr>
+              <w:pStyle w:val="Balk1"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...5 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> PROGRAMI</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MEDICAL DOCUMENTATION AND SECRETARY PROGRAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w14:paraId="2B2C3505" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="007E4548" w:rsidRPr="007E4548" w14:paraId="2B2C3505" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6657A048" w14:textId="1F0CC6FE" w:rsidR="00FF0BC3" w:rsidRPr="00275047" w:rsidRDefault="002A4F49" w:rsidP="0041034E">
+          <w:p w14:paraId="6657A048" w14:textId="6F2049B8" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5669" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AACDAB3" w14:textId="498A950D" w:rsidR="00FF0BC3" w:rsidRPr="00275047" w:rsidRDefault="002A4F49" w:rsidP="0041034E">
+          <w:p w14:paraId="4AACDAB3" w14:textId="13D17306" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-GB"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1548" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="644ED81F" w14:textId="605C3B63" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC607F6" w14:textId="3028E29B" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E4548" w:rsidRPr="007E4548" w14:paraId="04AC2C8B" w14:textId="77777777" w:rsidTr="0066579D">
+        <w:trPr>
+          <w:trHeight w:val="412"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59FAD3B0" w14:textId="5D6659D6" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="006D2A20" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>TBT105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5669" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0697DCBC" w14:textId="39920603" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Basic Information Technologies </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Keyboard </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFBCAF4" w14:textId="0B53EE1E" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00433A79" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4548" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1-1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4548" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4548" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A59E05" w14:textId="648A844D" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="004A75D0" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w14:paraId="78D8F71E" w14:textId="77777777" w:rsidTr="0066579D">
+        <w:trPr>
+          <w:trHeight w:val="405"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3622" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="644ED81F" w14:textId="095D90C7" w:rsidR="00FF0BC3" w:rsidRPr="00275047" w:rsidRDefault="002A4F49" w:rsidP="0041034E">
+          <w:p w14:paraId="5C357463" w14:textId="71941A5F" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...18 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prerequisite</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Courses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7271" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FC607F6" w14:textId="5223570F" w:rsidR="00FF0BC3" w:rsidRPr="00275047" w:rsidRDefault="00D249A0" w:rsidP="0041034E">
+          <w:p w14:paraId="09BED408" w14:textId="31229F8A" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>AKTS</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w14:paraId="04AC2C8B" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w14:paraId="4ED157D3" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:tcW w:w="3622" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="368D2D4A" w14:textId="71DB19C7" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Instruction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2226" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="610F3F3B" w14:textId="492F2FA9" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00C20F02" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>urkish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F9A1FD" w14:textId="736E73C3" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Method</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3829" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59FAD3B0" w14:textId="5D6659D6" w:rsidR="00FF0BC3" w:rsidRPr="00194FDE" w:rsidRDefault="006D2A20" w:rsidP="002C0A8C">
+          <w:p w14:paraId="23C81B70" w14:textId="046C0E74" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...7 lines deleted...]
-            <w:tcW w:w="3680" w:type="dxa"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Face-to-face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF5444" w:rsidRPr="007E4548" w14:paraId="7BFB75AF" w14:textId="77777777" w:rsidTr="0066579D">
+        <w:trPr>
+          <w:trHeight w:val="527"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3622" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50232613" w14:textId="53363748" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Level</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7271" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0697DCBC" w14:textId="05E086B8" w:rsidR="00FF0BC3" w:rsidRPr="00194FDE" w:rsidRDefault="00B529A3" w:rsidP="002C0A8C">
+          <w:p w14:paraId="6F787A5F" w14:textId="2EB0E4DC" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...14 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Compulsory</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / 1st </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Year</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Fall </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Semester</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E4548" w:rsidRPr="007E4548" w14:paraId="339FCD06" w14:textId="77777777" w:rsidTr="0066579D">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AFBCAF4" w14:textId="04A184AE" w:rsidR="00FF0BC3" w:rsidRPr="00194FDE" w:rsidRDefault="00433A79" w:rsidP="002C0A8C">
+          <w:p w14:paraId="78DEBF6B" w14:textId="6ECBCCCD" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...38 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Instructor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coordinator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4453" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78A59E05" w14:textId="648A844D" w:rsidR="00FF0BC3" w:rsidRPr="00194FDE" w:rsidRDefault="004A75D0" w:rsidP="002C0A8C">
+          <w:p w14:paraId="14626E06" w14:textId="1AD9A6B6" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Title </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF5444" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&amp; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Full Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="353C0FD2" w14:textId="0B94EB14" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AC5F01" w14:textId="1759BF29" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Office </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC59988" w14:textId="38A5E79A" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w14:paraId="78D8F71E" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="007E4548" w:rsidRPr="007E4548" w14:paraId="0579F816" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3247" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C357463" w14:textId="3C4B5F3B" w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w:rsidRDefault="002A4F49" w:rsidP="00800DBD">
+          <w:p w14:paraId="1489381F" w14:textId="24D78BBF" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coordinator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4453" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3AC80A" w14:textId="05925F9A" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...9 lines deleted...]
-            <w:gridSpan w:val="13"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ass. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Prof.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007E4548" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E4548" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Taylan TUTKUNCA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="09BED408" w14:textId="0754A803" w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w:rsidRDefault="002A4F49" w:rsidP="00D1468B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DC726A" w14:textId="234C69C1" w:rsidR="007E4548" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:bCs/>
-[...2 lines deleted...]
-              <w:t>Yok</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F27E58" w14:textId="281D404A" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="007E4548" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>10:15-11:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="522677A6" w14:textId="67D72AEA" w:rsidR="00800DBD" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Monday-Wednesday</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65E5A638" w14:textId="054570DC" w:rsidR="0041034E" w:rsidRPr="007E4548" w:rsidRDefault="007E4548" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="00533066" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:00 </w:t>
+            </w:r>
+            <w:r w:rsidR="00800DBD" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00533066" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00533066" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3626B1A6" w14:textId="020BC17D" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="007E4548" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>taylan</w:t>
+            </w:r>
+            <w:r w:rsidR="007C300E" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>@cag.edu.tr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w14:paraId="4ED157D3" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="00FF5444" w:rsidRPr="007E4548" w14:paraId="4FB84E91" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
-          <w:trHeight w:val="170"/>
+          <w:trHeight w:val="597"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3247" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="368D2D4A" w14:textId="68EA0C36" w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w:rsidRDefault="002A4F49" w:rsidP="00800DBD">
-            <w:pPr>
+          <w:p w14:paraId="332F221C" w14:textId="101C8082" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
+              <w:ind w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...14 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Objectives</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="610F3F3B" w14:textId="66C54BC6" w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w:rsidRDefault="00C20F02" w:rsidP="00D1468B">
-            <w:pPr>
+          <w:p w14:paraId="323C55E7" w14:textId="008C24E5" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>This</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>aims</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>help</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>understand</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>concepts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>technologies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>develop</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>computer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>usage</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>covers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>topics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>such</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>computer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>systems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>hardware</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> software </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>components</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>operating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>systems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, internet </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>usage</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>office</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>programs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>addition</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>expected</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ten-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>finger</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>typing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>techniques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>speed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>accuracy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>keyboard</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>usage</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>By</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>doing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>so</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>acquire</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>competence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>technologies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>effectively</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>efficiently</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>academic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> life.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="640C9D59" w14:textId="77777777" w:rsidTr="0066579D">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8C45B6" w14:textId="77777777" w:rsidR="0072235C" w:rsidRPr="0072235C" w:rsidRDefault="0072235C" w:rsidP="0072235C">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...13 lines deleted...]
-            <w:gridSpan w:val="4"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Learning </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6979EBE3" w14:textId="735B4782" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="0072235C">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20F9A1FD" w14:textId="4F2B5C36" w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w:rsidRDefault="002A4F49" w:rsidP="00800DBD">
+          <w:p w14:paraId="055B48D9" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...25 lines deleted...]
-            <w:gridSpan w:val="6"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="23C81B70" w14:textId="17923AAC" w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w:rsidRDefault="00ED4FF3" w:rsidP="00D1468B">
+          <w:p w14:paraId="1A065718" w14:textId="2874FA75" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>By</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0047F848" w14:textId="134482CF" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00603175" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...9 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603175">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603175">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603175">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603175">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Program </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603175">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w14:paraId="7BFB75AF" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="7DC61BE5" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3247" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FD4C34" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50232613" w14:textId="0F58BA24" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="002A4F49" w:rsidP="00800DBD">
+          <w:p w14:paraId="5A614C31" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...15 lines deleted...]
-            <w:gridSpan w:val="13"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6F787A5F" w14:textId="360A6E53" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="002A4F49" w:rsidP="00D1468B">
-[...122 lines deleted...]
-            <w:tcW w:w="1507" w:type="dxa"/>
+          <w:p w14:paraId="61B4E3D1" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F23A34A" w14:textId="16EFF692" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="002A4F49" w:rsidP="00800DBD">
+          <w:p w14:paraId="7394B7F7" w14:textId="14094B75" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="00603175">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...24 lines deleted...]
-            <w:gridSpan w:val="5"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Prog</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00603175">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C37BF22" w14:textId="14E2A92E" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="002A4F49" w:rsidP="00800DBD">
+          <w:p w14:paraId="2B628647" w14:textId="17EA98FE" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00603175" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...12 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603175">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603175">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Level</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="43C82A80" w14:textId="77777777" w:rsidTr="00603175">
+        <w:trPr>
+          <w:trHeight w:val="219"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="342912AF" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...7 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC59988" w14:textId="486DBE6B" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="002A4F49" w:rsidP="00800DBD">
+          <w:p w14:paraId="26BE8C08" w14:textId="32A71CB2" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...46 lines deleted...]
-            <w:gridSpan w:val="6"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6F3AC80A" w14:textId="4428355E" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="00726B0A" w:rsidP="00FF5444">
-[...21 lines deleted...]
-            <w:tcW w:w="1507" w:type="dxa"/>
+          <w:p w14:paraId="770EDB2E" w14:textId="74F1C474" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Explain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>components</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>functioning</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>computer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>systems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...18 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFB7078" w14:textId="08E8BEB5" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00E62F7B" w:rsidP="00E62F7B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="522677A6" w14:textId="77777777" w:rsidR="00800DBD" w:rsidRDefault="00533066" w:rsidP="00800DBD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C166FB4" w14:textId="3CFE5FA8" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="003F04FD" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...52 lines deleted...]
-              <w:t>dogusgulgun@cag.edu.tr</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w14:paraId="4FB84E91" w14:textId="77777777" w:rsidTr="007C7923">
-[...84 lines deleted...]
-      <w:tr w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w14:paraId="640C9D59" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="384D1D38" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="6CAAEDBC" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00E32C47" w:rsidRDefault="00CE79B8" w:rsidP="00FF5444">
+          <w:p w14:paraId="71134FBB" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...35 lines deleted...]
-            <w:vMerge w:val="restart"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="055B48D9" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00E32C47" w:rsidRDefault="00CE79B8" w:rsidP="00E32C47">
+          <w:p w14:paraId="0CE6B3F8" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...9 lines deleted...]
-            <w:vMerge w:val="restart"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1A065718" w14:textId="65ED98CE" w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w:rsidRDefault="00CE79B8" w:rsidP="00F1679E">
+          <w:p w14:paraId="0992EE77" w14:textId="71085AB8" w:rsidR="00CE79B8" w:rsidRPr="00CC6EB9" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...28 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>operating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>systems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>office</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>programs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>effectively</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0047F848" w14:textId="7A2CB80D" w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w:rsidRDefault="00CE79B8" w:rsidP="00E32C47">
+          <w:p w14:paraId="64D2F5A3" w14:textId="412BDF50" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="009D7755" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-              <w:t>İlişkiler</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E62F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C266714" w14:textId="6D3452DB" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="003F04FD" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w14:paraId="7DC61BE5" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="39BF57FE" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="52FD4C34" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00E32C47" w:rsidRDefault="00CE79B8" w:rsidP="00FF5444">
+          <w:p w14:paraId="0166B49B" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-            <w:vMerge/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A614C31" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00E32C47" w:rsidRDefault="00CE79B8" w:rsidP="00E32C47">
+          <w:p w14:paraId="5C2B47D1" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...9 lines deleted...]
-            <w:vMerge/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="61B4E3D1" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w:rsidRDefault="00CE79B8" w:rsidP="00F1679E">
+          <w:p w14:paraId="036F0EE6" w14:textId="5881C0F7" w:rsidR="00CE79B8" w:rsidRPr="00CC6EB9" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...159 lines deleted...]
-            <w:tcW w:w="2175" w:type="dxa"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>digital</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>environments</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>accordance</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>security</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ethical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rules</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C166FB4" w14:textId="3CFE5FA8" w:rsidR="00CE79B8" w:rsidRPr="003F04FD" w:rsidRDefault="003F04FD" w:rsidP="003F04FD">
+          <w:p w14:paraId="569B30B2" w14:textId="70702DBD" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="009D7755" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>7,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E62F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9, 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA7FDC6" w14:textId="0B5B8224" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="003F04FD" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w14:paraId="384D1D38" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="3C860ABB" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="71134FBB" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00E32C47" w:rsidRDefault="00CE79B8" w:rsidP="00FF5444">
+          <w:p w14:paraId="7C9F748D" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...7 lines deleted...]
-            <w:tcW w:w="529" w:type="dxa"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE6B3F8" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00E32C47" w:rsidRDefault="00CE79B8" w:rsidP="00E32C47">
+          <w:p w14:paraId="0C4737CB" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...15 lines deleted...]
-            <w:gridSpan w:val="13"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0992EE77" w14:textId="1DDE8799" w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w:rsidRDefault="00D248D6" w:rsidP="00F1679E">
+          <w:p w14:paraId="23340FE2" w14:textId="0295F0A9" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...43 lines deleted...]
-            <w:tcW w:w="2175" w:type="dxa"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Learn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>apply</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ten-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>finger</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>keyboard</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>techniques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>increase</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>typing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>speed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C266714" w14:textId="6D3452DB" w:rsidR="00CE79B8" w:rsidRPr="003F04FD" w:rsidRDefault="003F04FD" w:rsidP="003F04FD">
+          <w:p w14:paraId="1F52203A" w14:textId="34FE6FFC" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00E62F7B" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>7, 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CAB23B8" w14:textId="509C45D1" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="003F04FD" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w14:paraId="39BF57FE" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="641E2ACA" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="0166B49B" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00E32C47" w:rsidRDefault="00CE79B8" w:rsidP="00FF5444">
+          <w:p w14:paraId="7D568D4F" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...7 lines deleted...]
-            <w:tcW w:w="529" w:type="dxa"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C2B47D1" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00E32C47" w:rsidRDefault="00CE79B8" w:rsidP="00E32C47">
+          <w:p w14:paraId="7C7806AF" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...15 lines deleted...]
-            <w:gridSpan w:val="13"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="036F0EE6" w14:textId="73B78FAD" w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w:rsidRDefault="005E48DB" w:rsidP="00F1679E">
+          <w:p w14:paraId="23A55280" w14:textId="680DA3D1" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...34 lines deleted...]
-            <w:tcW w:w="2175" w:type="dxa"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Access </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reliable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>digital</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>resources</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>technologies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>conduct</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>research</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>effectively</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>data</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AA7FDC6" w14:textId="0B5B8224" w:rsidR="00CE79B8" w:rsidRPr="003F04FD" w:rsidRDefault="003F04FD" w:rsidP="003F04FD">
+          <w:p w14:paraId="185AB3C5" w14:textId="2D42C4AB" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00E62F7B" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A72B50" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 5, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AAF5A0A" w14:textId="162F393F" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="003F04FD" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w14:paraId="3C860ABB" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="0B811DB0" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9F748D" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00E32C47" w:rsidRDefault="00CE79B8" w:rsidP="00FF5444">
+          <w:p w14:paraId="56690CAA" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...7 lines deleted...]
-            <w:tcW w:w="529" w:type="dxa"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C4737CB" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="00E32C47" w:rsidRDefault="00CE79B8" w:rsidP="00E32C47">
+          <w:p w14:paraId="1717B991" w14:textId="735CA434" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...15 lines deleted...]
-            <w:gridSpan w:val="13"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="23340FE2" w14:textId="425B8667" w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w:rsidRDefault="005E48DB" w:rsidP="00F1679E">
+          <w:p w14:paraId="0436A10F" w14:textId="220536EA" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2175" w:type="dxa"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Improve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>efficiency</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>academic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>processes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>effectively</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>technologies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CAB23B8" w14:textId="509C45D1" w:rsidR="00CE79B8" w:rsidRPr="003F04FD" w:rsidRDefault="003F04FD" w:rsidP="003F04FD">
+          <w:p w14:paraId="3ECD6476" w14:textId="38EFE955" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00E62F7B" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A72B50" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7755" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6893DC8E" w14:textId="2CB3E2F4" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="003F04FD" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w14:paraId="641E2ACA" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="00FF5444" w:rsidRPr="007E4548" w14:paraId="1B23CA2D" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-[...42 lines deleted...]
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="10893" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="23A55280" w14:textId="33EED983" w:rsidR="00CE79B8" w:rsidRPr="00EC7511" w:rsidRDefault="007A3223" w:rsidP="00F1679E">
+          <w:p w14:paraId="745C7C91" w14:textId="050FC5D5" w:rsidR="00A84EC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...42 lines deleted...]
-              <w:t>5</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00223EDE" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>concepts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>specific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>technologies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ability</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>computer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>systems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>operating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>systems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>office</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>programs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>effectively</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>addition</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>they</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ten-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>finger</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>typing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>techniques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>improve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>typing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>speed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>accuracy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Throughout</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>competencies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>working</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>effectively</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>digital</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>environments</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>accessing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reliable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>adhering</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>security</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ethical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rules</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>developed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>These</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>enable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>them</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>adapt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>technology</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>more</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>consciously</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>productively</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>academic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lives</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>accelerating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>business</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>processes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>managing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>data</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>more</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>effectively</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>technologies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>securely</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE79B8" w:rsidRPr="00CA6DFB" w14:paraId="0B811DB0" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="00FF5444" w:rsidRPr="007E4548" w14:paraId="49BBE398" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge/>
+            <w:tcW w:w="10893" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-            <w:textDirection w:val="btLr"/>
-[...3 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+          </w:tcPr>
+          <w:p w14:paraId="470FF1CB" w14:textId="0C16AE71" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...83 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Weekly</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0072235C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Course Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w14:paraId="1B23CA2D" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="798565A1" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10375" w:type="dxa"/>
-[...8 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="481718CF" w14:textId="7FF398A3" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="391F87D4" w14:textId="640C0C57" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="0072235C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C48DEB" w14:textId="23047EEF" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
+            <w:pPr>
+              <w:ind w:left="-288" w:firstLine="288"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Ders Tanımı</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Learning </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">: </w:t>
-[...56 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ethods</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w14:paraId="49BBE398" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="32E2FA54" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10375" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="470FF1CB" w14:textId="20714472" w:rsidR="00FF5444" w:rsidRPr="00223EDE" w:rsidRDefault="00223EDE" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D98DC09" w14:textId="5F12D29A" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-              <w:t>Ders İçeriği (Haftalık Ders Planı)</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3DF333" w14:textId="4280AB98" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="004E1D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Objectives</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Operation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Definition </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>History</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Computers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73162053" w14:textId="78B2C871" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w14:paraId="798565A1" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="132226A2" w14:textId="77777777" w:rsidTr="0066579D">
+        <w:trPr>
+          <w:trHeight w:val="186"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48AA2AD4" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4339D757" w14:textId="12010081" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Basic Technologies </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Computer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hardware</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="539EEE20" w14:textId="32D1C93A" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="2581B73C" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="481718CF" w14:textId="6B0A8615" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2030C2A3" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...18 lines deleted...]
-          <w:p w14:paraId="391F87D4" w14:textId="55B1984B" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A79A05" w14:textId="5B698121" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="004E1D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Operating </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Systems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Internet, Software, Basic Security </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Concepts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2636F5D5" w14:textId="4E0B70EB" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...34 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w14:paraId="32E2FA54" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="34869B53" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="0D98DC09" w14:textId="5F12D29A" w:rsidR="002F645E" w:rsidRPr="0050499F" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5F3DE1" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C3DF333" w14:textId="0682EF8F" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
-[...68 lines deleted...]
-            <w:gridSpan w:val="16"/>
+          <w:p w14:paraId="6CD5CCB5" w14:textId="72C750B9" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00115FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft Word </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Usage</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4339D757" w14:textId="5DAE4779" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+          <w:p w14:paraId="6B624890" w14:textId="1BC8AD07" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...36 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w14:paraId="2581B73C" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="4D4E839A" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="2030C2A3" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="0050499F" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B017EEB" w14:textId="77777777" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="C00000"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09A79A05" w14:textId="27829591" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00FF5444">
+          <w:p w14:paraId="736EC6F3" w14:textId="02E86C53" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00115FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft Word </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Usage</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7258A212" w14:textId="18CB4D88" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...28 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w14:paraId="34869B53" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="0B78BDD7" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="7C5F3DE1" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="0050499F" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="581B768C" w14:textId="77777777" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CD5CCB5" w14:textId="0F530291" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00FF5444">
+          <w:p w14:paraId="309FBD44" w14:textId="0679AB9F" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft Word </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Usage</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>II + Application</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="797B54FF" w14:textId="34325514" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...25 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w14:paraId="4D4E839A" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="11141DAD" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="2B017EEB" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="0050499F" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="321796AE" w14:textId="77777777" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="736EC6F3" w14:textId="794F82A0" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00FF5444">
+          <w:p w14:paraId="4DFC662E" w14:textId="0F484A97" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PowerPoint </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BDF5031" w14:textId="70C68855" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...25 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w14:paraId="0B78BDD7" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="0F0BB6BF" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="581B768C" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="0050499F" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC34053" w14:textId="77777777" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="309FBD44" w14:textId="44505F5D" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00FF5444">
+          <w:p w14:paraId="1C879F20" w14:textId="6388CDE2" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31331079" w14:textId="44D5A0EC" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...31 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w14:paraId="11141DAD" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="633F0056" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="321796AE" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="0050499F" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F24CB5" w14:textId="5EE2EDF4" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DFC662E" w14:textId="703976D5" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00FF5444">
+          <w:p w14:paraId="51756BB5" w14:textId="5C876AD9" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B1E230" w14:textId="77777777" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...25 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w14:paraId="0F0BB6BF" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="64735063" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="4BC34053" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="0050499F" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F82A4C0" w14:textId="31DC2A5A" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C879F20" w14:textId="3CFE6782" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00FF5444">
+          <w:p w14:paraId="11F73B29" w14:textId="564FE0BD" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PowerPoint Applications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A54C77" w14:textId="080D2DD7" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...25 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w14:paraId="08AFD2C9" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="08AFD2C9" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="10C4C3C5" w14:textId="73EA91CB" w:rsidR="002F645E" w:rsidRPr="0050499F" w:rsidRDefault="002F645E" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C4C3C5" w14:textId="6129E786" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="679709BF" w14:textId="65E964D1" w:rsidR="002F645E" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00FF5444">
+          <w:p w14:paraId="679709BF" w14:textId="457BC8C8" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Excel Applications I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="326285B2" w14:textId="3F5A54E0" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...25 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="73ECBC52" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="73ECBC52" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="5C3629AE" w14:textId="4B70CFAE" w:rsidR="00552769" w:rsidRPr="0050499F" w:rsidRDefault="00552769" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3629AE" w14:textId="70070501" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24E9EF0D" w14:textId="7DAA124C" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="24E9EF0D" w14:textId="2E640A46" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Excel Applications I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA325C5" w14:textId="420D905B" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...31 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="62DFDAC3" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="62DFDAC3" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="5C019A1C" w14:textId="3752E70A" w:rsidR="00552769" w:rsidRPr="0050499F" w:rsidRDefault="00552769" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C019A1C" w14:textId="42879E6D" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44821BFB" w14:textId="1F643075" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="44821BFB" w14:textId="1E3F2E4A" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Q </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> F </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Keyboards</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Ten-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finger</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Typing, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Posture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79AFA87E" w14:textId="4ECC0ABC" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...31 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="6F501B71" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="6F501B71" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="40D867BF" w14:textId="0BE621E3" w:rsidR="00552769" w:rsidRPr="0050499F" w:rsidRDefault="00552769" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D867BF" w14:textId="0562F76D" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4910DC5C" w14:textId="4127E70F" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00FD6109" w:rsidP="00552769">
-[...14 lines deleted...]
-            <w:gridSpan w:val="4"/>
+          <w:p w14:paraId="4910DC5C" w14:textId="19997986" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Speed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Accuracy-Focused</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Typing </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exercises</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="5AFB21E4" w14:textId="3405E114" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00F936EF" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFB21E4" w14:textId="1D27E20C" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="772A066C" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="772A066C" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="6F39A24D" w14:textId="463297CC" w:rsidR="00552769" w:rsidRPr="0050499F" w:rsidRDefault="00552769" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F39A24D" w14:textId="59B8AAC9" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="111465AD" w14:textId="7FAB1642" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00FD6109" w:rsidP="00552769">
-[...17 lines deleted...]
-            <w:gridSpan w:val="4"/>
+          <w:p w14:paraId="111465AD" w14:textId="78519DD4" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="004151F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technology-Based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Research</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Presentation </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Techniques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="08E292E5" w14:textId="579868EE" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00F936EF" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E292E5" w14:textId="176F3B95" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="34DF52D9" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="34DF52D9" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="229E81F4" w14:textId="09F1B22A" w:rsidR="00552769" w:rsidRPr="0050499F" w:rsidRDefault="00552769" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="229E81F4" w14:textId="7B46D6FE" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35EC2D8E" w14:textId="39097885" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00FD6109" w:rsidP="00552769">
-[...14 lines deleted...]
-            <w:gridSpan w:val="4"/>
+          <w:p w14:paraId="35EC2D8E" w14:textId="3FBF9B34" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technology-Based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Research</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Presentation </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Techniques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="4DB85D47" w14:textId="13ADAD0B" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00F936EF" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB85D47" w14:textId="56349BBB" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="7A7D3344" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="7A7D3344" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="0527EABC" w14:textId="502B8362" w:rsidR="00552769" w:rsidRPr="0050499F" w:rsidRDefault="00552769" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0527EABC" w14:textId="4F496B48" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6764E73E" w14:textId="638E5A24" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00970200" w:rsidP="00552769">
-[...14 lines deleted...]
-            <w:gridSpan w:val="4"/>
+          <w:p w14:paraId="6764E73E" w14:textId="04B46651" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="4187315A" w14:textId="5698C101" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00F936EF" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4187315A" w14:textId="780FD49C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="51892C4C" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="51892C4C" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-          </w:tcPr>
-          <w:p w14:paraId="7D4F5930" w14:textId="5869AB54" w:rsidR="00552769" w:rsidRPr="0050499F" w:rsidRDefault="00552769" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4F5930" w14:textId="3CA27933" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="681D710F" w14:textId="730CDD19" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00970200" w:rsidP="00552769">
-[...14 lines deleted...]
-            <w:gridSpan w:val="4"/>
+          <w:p w14:paraId="681D710F" w14:textId="3FC4B29F" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="7A9216FF" w14:textId="6C90BD10" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00F936EF" w:rsidP="00552769">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9216FF" w14:textId="125C58D0" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="5901D029" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="5901D029" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10375" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="10893" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22455605" w14:textId="4D21DD1C" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="22455605" w14:textId="63B3623E" w:rsidR="004151F8" w:rsidRPr="00CC6EB9" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>References</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="595A5D9B" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="595A5D9B" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="359BA6A3" w14:textId="63056967" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="359BA6A3" w14:textId="02AEE129" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...15 lines deleted...]
-            <w:gridSpan w:val="15"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7623" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0C2AFAF8" w14:textId="77777777" w:rsidR="00552769" w:rsidRDefault="00B25989" w:rsidP="00B25989">
-[...6 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2F548AB7" w14:textId="0DD620C1" w:rsidR="004151F8" w:rsidRPr="004151F8" w:rsidRDefault="004307C7" w:rsidP="004151F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-GB"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Celal AŞKIN, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fast</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Keyboard Typing </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...10 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ten-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finger</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> (Yazar: Celal AŞKIN)</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Method</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ministry</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Justice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Republic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Turkey</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="3266885B" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="3266885B" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC5D5F4" w14:textId="09376181" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="7AC5D5F4" w14:textId="137CBF9E" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...15 lines deleted...]
-            <w:gridSpan w:val="15"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7623" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="12ADD8E5" w14:textId="148904AE" w:rsidR="00552769" w:rsidRPr="00906C5E" w:rsidRDefault="00906C5E" w:rsidP="00552769">
-[...6 lines deleted...]
-              <w:t>Ders Notları, Sunum Slaytları ve Uygulama Dokümanları</w:t>
+          <w:p w14:paraId="12ADD8E5" w14:textId="5594DAA4" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>slides</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>documents</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="2B052293" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="2B052293" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2289E99F" w14:textId="6F0BACB2" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="2289E99F" w14:textId="6B9F44BB" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...15 lines deleted...]
-            <w:gridSpan w:val="15"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Suggested</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Resources</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7623" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD43515" w14:textId="05F91EB8" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00906C5E" w:rsidP="00552769">
-[...9 lines deleted...]
-              <w:t>MS Ofis Programları İçin Hazırlanan Kitaplar, İnternet Dokümanları, Online Kurslar.</w:t>
+          <w:p w14:paraId="1FD43515" w14:textId="19AAD44C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Books</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on MS Office Programs, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>online</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>documents</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, online </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>courses</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="669C3D30" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="669C3D30" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F0C20DD" w14:textId="2729335E" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="7F0C20DD" w14:textId="311BED9C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...21 lines deleted...]
-            <w:gridSpan w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Material</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sharing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7623" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0F55B8B9" w14:textId="0EC54444" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00906C5E" w:rsidP="00552769">
-[...7 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="03721B5F" w14:textId="0A417F29" w:rsidR="004307C7" w:rsidRDefault="004307C7" w:rsidP="004307C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Slides</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7AF06C51" w14:textId="4B90ABE1" w:rsidR="004307C7" w:rsidRPr="004307C7" w:rsidRDefault="004307C7" w:rsidP="004307C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0F55B8B9" w14:textId="7898F0A8" w:rsidR="004151F8" w:rsidRPr="004307C7" w:rsidRDefault="004307C7" w:rsidP="007E4548">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Documents</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="7350F6BD" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="7350F6BD" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10375" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="10893" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B4B5035" w14:textId="244828B5" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="5B4B5035" w14:textId="6B123C06" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...7 lines deleted...]
-              <w:t>ÖLÇME VE DEĞERLENDİRME</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="6124EAA4" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="6124EAA4" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3019" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0416A9AC" w14:textId="0C1DE6D6" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="0416A9AC" w14:textId="295F6335" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-              <w:t>Etkinlikler</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="7477EC72" w14:textId="13A6C6ED" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="7477EC72" w14:textId="0EE1203A" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-              <w:t>Sayı</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Count</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="37B6BDC3" w14:textId="1202310B" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="37B6BDC3" w14:textId="26CBB331" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...9 lines deleted...]
-            <w:gridSpan w:val="9"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Weight</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4421" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="789AAE7D" w14:textId="58642B19" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="789AAE7D" w14:textId="612AD182" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-              <w:t>Notlar</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00695D6D" w:rsidRPr="00CA6DFB" w14:paraId="43D04FCB" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="43D04FCB" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3019" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="604A91E2" w14:textId="0349E567" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="604A91E2" w14:textId="24BC3452" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-              <w:t>Ara Sınav</w:t>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="27CB720E" w14:textId="14416381" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="27CB720E" w14:textId="14416381" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="42E34C97" w14:textId="09B41E61" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="42E34C97" w14:textId="590F9B77" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>%2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4421" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="24FE1DF7" w14:textId="77777777" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="24FE1DF7" w14:textId="77777777" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="48B36C01" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="48B36C01" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3019" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="597AB686" w14:textId="3C31447B" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="597AB686" w14:textId="5444C52D" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-GB"/>
-[...7 lines deleted...]
-              <w:t>Final</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Fina</w:t>
+            </w:r>
+            <w:r w:rsidR="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>l Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="53B927CB" w14:textId="3F5060E5" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="53B927CB" w14:textId="3F5060E5" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="01386CEB" w14:textId="4BACD75B" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="01386CEB" w14:textId="1CFE11C5" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
-            <w:r w:rsidR="00DF5D2E">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4278" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="4421" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB72280" w14:textId="77777777" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00552769" w:rsidP="00552769">
+          <w:p w14:paraId="6CB72280" w14:textId="77777777" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="57574137" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="71C32264" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10375" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E3F8ED5" w14:textId="44438E26" w:rsidR="00552769" w:rsidRPr="00CA6DFB" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="56CE6CA1" w14:textId="25B8E0FB" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Practices</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="482A4AB5" w14:textId="0807CA4A" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1980E303" w14:textId="41C09727" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>%10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4421" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0091BB17" w14:textId="3A3B4E91" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grades</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on in-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>class</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>applications</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="5C045ED6" w14:textId="77777777" w:rsidTr="002F63DD">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="57776561" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3438" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38FDA24F" w14:textId="6BF1ED90" w:rsidR="00552769" w:rsidRPr="00373B10" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="5F8A87C4" w14:textId="519469A7" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="60874324" w14:textId="19CC0CF6" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="2712" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4027AD38" w14:textId="0023B118" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>%20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4421" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7548909B" w14:textId="2AFCDBC3" w:rsidR="00552769" w:rsidRPr="00373B10" w:rsidRDefault="00552769" w:rsidP="00552769">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D2D21D2" w14:textId="089B649C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...14 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evaluation of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>presentation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>techniques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="7B0BF9A4" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="57574137" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3438" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="10893" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3742449C" w14:textId="3276B572" w:rsidR="00552769" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="2E3F8ED5" w14:textId="7E973B57" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...45 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECTS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Workload</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="2D4514FB" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="5C045ED6" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3438" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="3813" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46CC993D" w14:textId="60026FB3" w:rsidR="00552769" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="38FDA24F" w14:textId="4C13B229" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="321F8E21" w14:textId="58CC7B27" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00FC7AA4" w:rsidP="00552769">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Activity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3251" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="7548909B" w14:textId="7CD01FFF" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>14</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="02CC5B77" w14:textId="5C2E9611" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00B45AB0" w:rsidP="00552769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Count</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A76E8C" w14:textId="29D71EF2" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>6</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="7F9C6113" w14:textId="59EA78A1" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00B45AB0" w:rsidP="00552769">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C38650" w14:textId="690C6A49" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>84</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="6D0B50F1" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="7B0BF9A4" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3438" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="3813" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2895F4BA" w14:textId="5AA76678" w:rsidR="00552769" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="3742449C" w14:textId="09BC570F" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-            <w:gridSpan w:val="5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3251" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDA491B" w14:textId="2F179370" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00FC7AA4" w:rsidP="00552769">
+          <w:p w14:paraId="044EE18D" w14:textId="37E521FC" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="176525D6" w14:textId="68DB34AF" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>1</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4246406A" w14:textId="1B1429E9" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00B45AB0" w:rsidP="00552769">
+          <w:p w14:paraId="612F9FA2" w14:textId="35F54057" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>18</w:t>
-[...13 lines deleted...]
-              <w:t>18</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552769" w:rsidRPr="00CA6DFB" w14:paraId="13A30405" w14:textId="77777777" w:rsidTr="007C7923">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="2D4514FB" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3438" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="3813" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CC993D" w14:textId="32B6D76D" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Independent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3251" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="321F8E21" w14:textId="58CC7B27" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CC5B77" w14:textId="3F1FE13B" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9C6113" w14:textId="197670FB" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066579D" w:rsidRPr="007E4548" w14:paraId="6C503A2C" w14:textId="77777777" w:rsidTr="00603175">
+        <w:trPr>
+          <w:trHeight w:val="145"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3813" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CDA8BE" w14:textId="65A7AE14" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3251" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACF6CB2" w14:textId="2CC67502" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6289C32D" w14:textId="734021F6" w:rsidR="0066579D" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A117F5F" w14:textId="6013DD62" w:rsidR="0066579D" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066579D" w:rsidRPr="007E4548" w14:paraId="10A9B413" w14:textId="77777777" w:rsidTr="00603175">
+        <w:trPr>
+          <w:trHeight w:val="145"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3813" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="029C5581" w14:textId="03B305E1" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Research</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3251" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4288DB1A" w14:textId="4FE0115C" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="174A58DB" w14:textId="3C76124F" w:rsidR="0066579D" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3F7CF6" w14:textId="3114BC56" w:rsidR="0066579D" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="6D0B50F1" w14:textId="77777777" w:rsidTr="00603175">
+        <w:trPr>
+          <w:trHeight w:val="145"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3813" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2895F4BA" w14:textId="39E74EE1" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3251" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDA491B" w14:textId="2F179370" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4246406A" w14:textId="0E2D5570" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="203359DE" w14:textId="6097959A" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="13A30405" w14:textId="77777777" w:rsidTr="00603175">
+        <w:trPr>
+          <w:trHeight w:val="145"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3813" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="040BE191" w14:textId="76B00465" w:rsidR="00552769" w:rsidRDefault="00552769" w:rsidP="00695D6D">
+          <w:p w14:paraId="040BE191" w14:textId="0B02CB21" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-            <w:gridSpan w:val="5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:r w:rsidR="004307C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3251" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="56D91BB7" w14:textId="2B3C445A" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="00FC7AA4" w:rsidP="00552769">
+          <w:p w14:paraId="56D91BB7" w14:textId="2B3C445A" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="584E3EA3" w14:textId="7550BA91" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="007E4FE1" w:rsidP="00552769">
+          <w:p w14:paraId="584E3EA3" w14:textId="122EB052" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>36</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2143" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6209237B" w14:textId="42C4A378" w:rsidR="00552769" w:rsidRPr="00695D6D" w:rsidRDefault="007E4FE1" w:rsidP="00552769">
+          <w:p w14:paraId="6209237B" w14:textId="42C4A378" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B40451" w:rsidRPr="00CA6DFB" w14:paraId="4D1E745F" w14:textId="77777777" w:rsidTr="002F63DD">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="4D1E745F" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8232" w:type="dxa"/>
-            <w:gridSpan w:val="20"/>
+            <w:tcW w:w="9558" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D84AE7B" w14:textId="61C1F8AF" w:rsidR="00B40451" w:rsidRPr="00F92804" w:rsidRDefault="00B40451" w:rsidP="00F92804">
+          <w:p w14:paraId="5D84AE7B" w14:textId="14E2A0F6" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="2143" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="462679E1" w14:textId="29464832" w:rsidR="00B40451" w:rsidRDefault="00B45AB0" w:rsidP="00552769">
+          <w:p w14:paraId="462679E1" w14:textId="29464832" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B40451" w:rsidRPr="00CA6DFB" w14:paraId="3DBEEB38" w14:textId="77777777" w:rsidTr="002F63DD">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="3DBEEB38" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8232" w:type="dxa"/>
-            <w:gridSpan w:val="20"/>
+            <w:tcW w:w="9558" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51040452" w14:textId="317B2A34" w:rsidR="00B40451" w:rsidRPr="00F92804" w:rsidRDefault="00B40451" w:rsidP="00F92804">
+          <w:p w14:paraId="51040452" w14:textId="058A943D" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="2143" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>To</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6EB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="222698C1" w14:textId="43B3F031" w:rsidR="00B40451" w:rsidRDefault="00F92804" w:rsidP="00552769">
+          <w:p w14:paraId="222698C1" w14:textId="43B3F031" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>/30</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=180/30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B40451" w:rsidRPr="00CA6DFB" w14:paraId="25A6E949" w14:textId="77777777" w:rsidTr="002F63DD">
+      <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="25A6E949" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8232" w:type="dxa"/>
-            <w:gridSpan w:val="20"/>
+            <w:tcW w:w="9558" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48E47EAD" w14:textId="7FFDB40B" w:rsidR="00B40451" w:rsidRPr="00F92804" w:rsidRDefault="00F92804" w:rsidP="00F92804">
+          <w:p w14:paraId="48E47EAD" w14:textId="070B4D05" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="2143" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r w:rsidR="004151F8" w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="00DC7CA8" w14:textId="7F361965" w:rsidR="00B40451" w:rsidRDefault="00B45AB0" w:rsidP="00552769">
+          <w:p w14:paraId="00DC7CA8" w14:textId="7F361965" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69355335" w14:textId="77777777" w:rsidR="00E67127" w:rsidRDefault="00E67127" w:rsidP="00612E94">
+    <w:p w14:paraId="69355335" w14:textId="77777777" w:rsidR="00E67127" w:rsidRPr="007E4548" w:rsidRDefault="00E67127" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EC800E8" w14:textId="77777777" w:rsidR="00135370" w:rsidRDefault="00135370" w:rsidP="00612E94">
+    <w:p w14:paraId="7EC800E8" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="460F756B" w14:textId="77777777" w:rsidR="00135370" w:rsidRDefault="00135370" w:rsidP="00612E94">
+    <w:p w14:paraId="460F756B" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7251CA55" w14:textId="77777777" w:rsidR="00135370" w:rsidRDefault="00135370" w:rsidP="00612E94">
+    <w:p w14:paraId="7251CA55" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F10A2F8" w14:textId="77777777" w:rsidR="00135370" w:rsidRDefault="00135370" w:rsidP="00612E94">
+    <w:p w14:paraId="1F10A2F8" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DC8416C" w14:textId="77777777" w:rsidR="00135370" w:rsidRDefault="00135370" w:rsidP="00612E94">
+    <w:p w14:paraId="6DC8416C" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51AAA4B7" w14:textId="77777777" w:rsidR="00135370" w:rsidRDefault="00135370" w:rsidP="00612E94">
+    <w:p w14:paraId="51AAA4B7" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B4ECE0F" w14:textId="77777777" w:rsidR="00135370" w:rsidRDefault="00135370" w:rsidP="00612E94">
+    <w:p w14:paraId="0B4ECE0F" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35EB7F43" w14:textId="77777777" w:rsidR="00514063" w:rsidRDefault="00514063" w:rsidP="00135370">
+    <w:p w14:paraId="35EB7F43" w14:textId="77777777" w:rsidR="00514063" w:rsidRPr="007E4548" w:rsidRDefault="00514063" w:rsidP="007E4548">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="Gl"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AB58F17" w14:textId="77777777" w:rsidR="00514063" w:rsidRDefault="00514063" w:rsidP="00135370">
+    <w:p w14:paraId="4AB58F17" w14:textId="77777777" w:rsidR="00514063" w:rsidRPr="007E4548" w:rsidRDefault="00514063" w:rsidP="007E4548">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="Gl"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B3D5E36" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="00CA6DFB" w:rsidRDefault="00135370" w:rsidP="00612E94">
+    <w:p w14:paraId="6B3D5E36" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00135370" w:rsidRPr="00CA6DFB" w:rsidSect="00286050">
+    <w:sectPr w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidSect="00286050">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="719" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1273FC6E" w14:textId="77777777" w:rsidR="00BB7280" w:rsidRDefault="00BB7280" w:rsidP="00135370">
+    <w:p w14:paraId="26EC26B7" w14:textId="77777777" w:rsidR="00AC0116" w:rsidRDefault="00AC0116" w:rsidP="00135370">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B89A377" w14:textId="77777777" w:rsidR="00BB7280" w:rsidRDefault="00BB7280" w:rsidP="00135370">
+    <w:p w14:paraId="346B4167" w14:textId="77777777" w:rsidR="00AC0116" w:rsidRDefault="00AC0116" w:rsidP="00135370">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E07A5A1" w14:textId="77777777" w:rsidR="00BB7280" w:rsidRDefault="00BB7280" w:rsidP="00135370">
+    <w:p w14:paraId="63BAB7E5" w14:textId="77777777" w:rsidR="00AC0116" w:rsidRDefault="00AC0116" w:rsidP="00135370">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C751927" w14:textId="77777777" w:rsidR="00BB7280" w:rsidRDefault="00BB7280" w:rsidP="00135370">
+    <w:p w14:paraId="2D414748" w14:textId="77777777" w:rsidR="00AC0116" w:rsidRDefault="00AC0116" w:rsidP="00135370">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="06121C61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20281ADE"/>
     <w:lvl w:ilvl="0" w:tplc="3B441128">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -4850,51 +12658,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0D31532E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC08C4A8"/>
     <w:lvl w:ilvl="0" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0706D078">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -4970,51 +12778,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="11063C97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D88311C"/>
     <w:lvl w:ilvl="0" w:tplc="6B9473A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5086,51 +12894,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6195"/>
         </w:tabs>
         <w:ind w:left="6195" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6915"/>
         </w:tabs>
         <w:ind w:left="6915" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="178A4178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E00E1100"/>
     <w:lvl w:ilvl="0" w:tplc="60D8D432">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E28EE110">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5210,51 +13018,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6195"/>
         </w:tabs>
         <w:ind w:left="6195" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6915"/>
         </w:tabs>
         <w:ind w:left="6915" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="1A5F5AD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93CA5736"/>
     <w:lvl w:ilvl="0" w:tplc="3972231A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -5330,51 +13138,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="1E223AC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="298C35D6"/>
     <w:lvl w:ilvl="0" w:tplc="B2A6095A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="795"/>
         </w:tabs>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5449,51 +13257,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5835"/>
         </w:tabs>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6555"/>
         </w:tabs>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="235F3124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95D0EEDC"/>
     <w:lvl w:ilvl="0" w:tplc="1F9876A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -5538,51 +13346,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="2E6F25EB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B14C33C4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="38C76335"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="845C548A"/>
     <w:lvl w:ilvl="0" w:tplc="0A0E3A22">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -5658,51 +13615,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="3B100350"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2F8CBDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -5778,51 +13735,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="3CFE2C17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FFE9F66"/>
     <w:lvl w:ilvl="0" w:tplc="BD0C021E">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5897,51 +13854,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="437942F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="845C548A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -6017,51 +13974,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="4FE425F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57420566"/>
     <w:lvl w:ilvl="0" w:tplc="0A0E3A22">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -6137,51 +14094,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="506029F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9C28F1C"/>
     <w:lvl w:ilvl="0" w:tplc="F358FE84">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -6226,51 +14183,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="545761BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8EAC06A"/>
     <w:lvl w:ilvl="0" w:tplc="33966164">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1068"/>
         </w:tabs>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6345,51 +14302,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6108"/>
         </w:tabs>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6828"/>
         </w:tabs>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="5A470CBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A442C66"/>
     <w:lvl w:ilvl="0" w:tplc="041F000B">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6458,51 +14415,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="5E750819"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8166CC3E"/>
     <w:lvl w:ilvl="0" w:tplc="35D82AC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="926E03E4">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6581,177 +14538,182 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6195"/>
         </w:tabs>
         <w:ind w:left="6195" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6915"/>
         </w:tabs>
         <w:ind w:left="6915" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="250820734">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1700734908">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1236235216">
-[...23 lines deleted...]
-  <w:num w:numId="11" w16cid:durableId="1729643501">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="7"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2N7AwMzO2MDcyNzcwMjdR0lEKTi0uzszPAykwrQUAX/wFiSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00E67127"/>
     <w:rsid w:val="000012B4"/>
     <w:rsid w:val="00012842"/>
     <w:rsid w:val="00012E87"/>
     <w:rsid w:val="00024493"/>
     <w:rsid w:val="00024F24"/>
     <w:rsid w:val="000274D1"/>
     <w:rsid w:val="000276BF"/>
     <w:rsid w:val="00030FF9"/>
     <w:rsid w:val="00033108"/>
     <w:rsid w:val="000431C6"/>
     <w:rsid w:val="00052E6E"/>
     <w:rsid w:val="00055C96"/>
     <w:rsid w:val="00064674"/>
     <w:rsid w:val="00071613"/>
     <w:rsid w:val="000824FE"/>
     <w:rsid w:val="0009690C"/>
     <w:rsid w:val="000A0CDF"/>
     <w:rsid w:val="000A7A75"/>
     <w:rsid w:val="000B04FD"/>
     <w:rsid w:val="000B44B9"/>
     <w:rsid w:val="000B6BFF"/>
     <w:rsid w:val="000B7248"/>
     <w:rsid w:val="000C09DE"/>
     <w:rsid w:val="000C3B9C"/>
     <w:rsid w:val="000D5005"/>
     <w:rsid w:val="000E5C00"/>
     <w:rsid w:val="000E69C6"/>
     <w:rsid w:val="00100A98"/>
     <w:rsid w:val="00103D94"/>
     <w:rsid w:val="00106664"/>
+    <w:rsid w:val="00115FCC"/>
     <w:rsid w:val="00116F7D"/>
     <w:rsid w:val="00120959"/>
     <w:rsid w:val="00121098"/>
     <w:rsid w:val="00121F0B"/>
     <w:rsid w:val="00125594"/>
     <w:rsid w:val="00125D4A"/>
     <w:rsid w:val="00132A86"/>
     <w:rsid w:val="00135370"/>
     <w:rsid w:val="001419AB"/>
     <w:rsid w:val="00151693"/>
     <w:rsid w:val="00151B84"/>
     <w:rsid w:val="00153813"/>
     <w:rsid w:val="00154E22"/>
     <w:rsid w:val="001560EF"/>
     <w:rsid w:val="00162329"/>
     <w:rsid w:val="00183415"/>
     <w:rsid w:val="00194FDE"/>
     <w:rsid w:val="001960C0"/>
+    <w:rsid w:val="001977AF"/>
     <w:rsid w:val="001A3A5E"/>
     <w:rsid w:val="001A4478"/>
     <w:rsid w:val="001B24A5"/>
     <w:rsid w:val="001B4A7B"/>
     <w:rsid w:val="001C0E44"/>
     <w:rsid w:val="001C4190"/>
     <w:rsid w:val="001C5BD8"/>
     <w:rsid w:val="001E2636"/>
     <w:rsid w:val="001F65E5"/>
     <w:rsid w:val="001F6D00"/>
     <w:rsid w:val="0020080D"/>
     <w:rsid w:val="00207567"/>
     <w:rsid w:val="002106A6"/>
     <w:rsid w:val="00212D30"/>
     <w:rsid w:val="00213ACA"/>
     <w:rsid w:val="00215084"/>
     <w:rsid w:val="0021669C"/>
     <w:rsid w:val="00217036"/>
     <w:rsid w:val="002226A7"/>
     <w:rsid w:val="00223EDE"/>
     <w:rsid w:val="00224BB7"/>
     <w:rsid w:val="00227638"/>
     <w:rsid w:val="0023084E"/>
     <w:rsid w:val="002424AF"/>
     <w:rsid w:val="00242B39"/>
@@ -6794,188 +14756,196 @@
     <w:rsid w:val="00380417"/>
     <w:rsid w:val="00380CC9"/>
     <w:rsid w:val="00381741"/>
     <w:rsid w:val="0038755F"/>
     <w:rsid w:val="00390B5D"/>
     <w:rsid w:val="00392BF8"/>
     <w:rsid w:val="003A0864"/>
     <w:rsid w:val="003A51F3"/>
     <w:rsid w:val="003A584A"/>
     <w:rsid w:val="003A7210"/>
     <w:rsid w:val="003B0B19"/>
     <w:rsid w:val="003B50F8"/>
     <w:rsid w:val="003C20B2"/>
     <w:rsid w:val="003C448B"/>
     <w:rsid w:val="003D15AE"/>
     <w:rsid w:val="003E56F2"/>
     <w:rsid w:val="003E5CDD"/>
     <w:rsid w:val="003E7429"/>
     <w:rsid w:val="003F04FD"/>
     <w:rsid w:val="003F4A6E"/>
     <w:rsid w:val="00406AEF"/>
     <w:rsid w:val="00406C12"/>
     <w:rsid w:val="0041034E"/>
     <w:rsid w:val="00411EB2"/>
     <w:rsid w:val="00412D6B"/>
+    <w:rsid w:val="004151F8"/>
     <w:rsid w:val="0041568F"/>
     <w:rsid w:val="00427CBF"/>
     <w:rsid w:val="004302D3"/>
     <w:rsid w:val="004302F9"/>
+    <w:rsid w:val="004307C7"/>
     <w:rsid w:val="00433A79"/>
     <w:rsid w:val="004368FF"/>
     <w:rsid w:val="00436F6D"/>
     <w:rsid w:val="00456B52"/>
     <w:rsid w:val="004608CE"/>
     <w:rsid w:val="00461C04"/>
     <w:rsid w:val="00462CB5"/>
     <w:rsid w:val="0047730C"/>
     <w:rsid w:val="004833FB"/>
     <w:rsid w:val="0048356D"/>
     <w:rsid w:val="0049179B"/>
     <w:rsid w:val="0049506A"/>
     <w:rsid w:val="00497175"/>
     <w:rsid w:val="004A0414"/>
     <w:rsid w:val="004A07B3"/>
     <w:rsid w:val="004A31E9"/>
     <w:rsid w:val="004A75D0"/>
     <w:rsid w:val="004B05CC"/>
     <w:rsid w:val="004B32B9"/>
     <w:rsid w:val="004B664D"/>
     <w:rsid w:val="004D37A2"/>
+    <w:rsid w:val="004E1D7D"/>
     <w:rsid w:val="004E2683"/>
     <w:rsid w:val="004E30AD"/>
     <w:rsid w:val="004E7206"/>
     <w:rsid w:val="004F1FE1"/>
     <w:rsid w:val="00501F14"/>
     <w:rsid w:val="005021B5"/>
     <w:rsid w:val="00504501"/>
     <w:rsid w:val="0050499F"/>
     <w:rsid w:val="00510927"/>
     <w:rsid w:val="00514063"/>
     <w:rsid w:val="00514872"/>
     <w:rsid w:val="00517DF8"/>
     <w:rsid w:val="005223D8"/>
     <w:rsid w:val="005230AA"/>
     <w:rsid w:val="00533066"/>
     <w:rsid w:val="00533FC2"/>
     <w:rsid w:val="00536CC4"/>
     <w:rsid w:val="00536E2F"/>
     <w:rsid w:val="00537FEE"/>
     <w:rsid w:val="00543BC8"/>
     <w:rsid w:val="00552234"/>
     <w:rsid w:val="00552769"/>
     <w:rsid w:val="005560E5"/>
     <w:rsid w:val="005660FD"/>
     <w:rsid w:val="005672FC"/>
     <w:rsid w:val="005725E7"/>
     <w:rsid w:val="0058013B"/>
     <w:rsid w:val="00581128"/>
     <w:rsid w:val="00582A75"/>
     <w:rsid w:val="00582F07"/>
     <w:rsid w:val="0059530F"/>
     <w:rsid w:val="005A095A"/>
     <w:rsid w:val="005A3E88"/>
     <w:rsid w:val="005B3724"/>
     <w:rsid w:val="005B60FC"/>
     <w:rsid w:val="005B65EC"/>
     <w:rsid w:val="005C13E4"/>
     <w:rsid w:val="005C164C"/>
     <w:rsid w:val="005C5F1C"/>
     <w:rsid w:val="005D2C50"/>
     <w:rsid w:val="005D5FAF"/>
     <w:rsid w:val="005D6F37"/>
     <w:rsid w:val="005D74AF"/>
     <w:rsid w:val="005E3D04"/>
     <w:rsid w:val="005E48DB"/>
     <w:rsid w:val="005E73FF"/>
     <w:rsid w:val="005F3884"/>
     <w:rsid w:val="005F45CD"/>
     <w:rsid w:val="005F799E"/>
+    <w:rsid w:val="00603175"/>
     <w:rsid w:val="00605B61"/>
     <w:rsid w:val="006060B9"/>
     <w:rsid w:val="00612E94"/>
     <w:rsid w:val="00613AFA"/>
     <w:rsid w:val="00617A6E"/>
     <w:rsid w:val="00621740"/>
     <w:rsid w:val="00627B85"/>
     <w:rsid w:val="00630ACD"/>
     <w:rsid w:val="006323AD"/>
     <w:rsid w:val="00632525"/>
     <w:rsid w:val="006450FA"/>
     <w:rsid w:val="006457ED"/>
     <w:rsid w:val="00651572"/>
     <w:rsid w:val="00657076"/>
     <w:rsid w:val="00657ACF"/>
     <w:rsid w:val="00664DB8"/>
+    <w:rsid w:val="0066579D"/>
     <w:rsid w:val="00666731"/>
     <w:rsid w:val="0067490F"/>
     <w:rsid w:val="006841B9"/>
     <w:rsid w:val="006843D4"/>
     <w:rsid w:val="00695D6D"/>
     <w:rsid w:val="006A53E3"/>
+    <w:rsid w:val="006A7D98"/>
     <w:rsid w:val="006B43EB"/>
     <w:rsid w:val="006B6D29"/>
     <w:rsid w:val="006C07B9"/>
     <w:rsid w:val="006C5377"/>
     <w:rsid w:val="006D2A20"/>
     <w:rsid w:val="006E2407"/>
     <w:rsid w:val="006E3E85"/>
     <w:rsid w:val="006E5EB2"/>
     <w:rsid w:val="006F3522"/>
     <w:rsid w:val="007013B7"/>
     <w:rsid w:val="007079E9"/>
     <w:rsid w:val="00710F45"/>
     <w:rsid w:val="00711990"/>
+    <w:rsid w:val="0072235C"/>
     <w:rsid w:val="00726B0A"/>
     <w:rsid w:val="0073082E"/>
     <w:rsid w:val="007342E1"/>
     <w:rsid w:val="00742887"/>
     <w:rsid w:val="00743084"/>
     <w:rsid w:val="00746D6F"/>
     <w:rsid w:val="00750958"/>
     <w:rsid w:val="007549BC"/>
     <w:rsid w:val="00756B03"/>
     <w:rsid w:val="00766259"/>
     <w:rsid w:val="00773568"/>
     <w:rsid w:val="00773F76"/>
     <w:rsid w:val="00776C3E"/>
     <w:rsid w:val="007946FA"/>
     <w:rsid w:val="00794C87"/>
     <w:rsid w:val="00796E60"/>
     <w:rsid w:val="00797A4D"/>
     <w:rsid w:val="007A08BA"/>
     <w:rsid w:val="007A3223"/>
     <w:rsid w:val="007A69D8"/>
     <w:rsid w:val="007B5ACB"/>
     <w:rsid w:val="007C22BF"/>
     <w:rsid w:val="007C300E"/>
     <w:rsid w:val="007C54D8"/>
     <w:rsid w:val="007C64A7"/>
     <w:rsid w:val="007C7923"/>
     <w:rsid w:val="007D1AE5"/>
     <w:rsid w:val="007D5ACD"/>
     <w:rsid w:val="007E2271"/>
+    <w:rsid w:val="007E4548"/>
     <w:rsid w:val="007E4FE1"/>
     <w:rsid w:val="007E54F5"/>
     <w:rsid w:val="007E6F82"/>
     <w:rsid w:val="007F12B7"/>
     <w:rsid w:val="007F372D"/>
     <w:rsid w:val="007F51DD"/>
     <w:rsid w:val="00800DBD"/>
     <w:rsid w:val="00801E72"/>
     <w:rsid w:val="00806CA1"/>
     <w:rsid w:val="00811B82"/>
     <w:rsid w:val="00811FE5"/>
     <w:rsid w:val="00820BC0"/>
     <w:rsid w:val="00826320"/>
     <w:rsid w:val="0083699D"/>
     <w:rsid w:val="00843EB5"/>
     <w:rsid w:val="00854EC1"/>
     <w:rsid w:val="00857280"/>
     <w:rsid w:val="00861002"/>
     <w:rsid w:val="0086649A"/>
     <w:rsid w:val="008671B3"/>
     <w:rsid w:val="008703EE"/>
     <w:rsid w:val="00873065"/>
     <w:rsid w:val="008744F9"/>
     <w:rsid w:val="00874F28"/>
     <w:rsid w:val="00876343"/>
@@ -6997,89 +14967,92 @@
     <w:rsid w:val="00906F3F"/>
     <w:rsid w:val="00910BFB"/>
     <w:rsid w:val="00924B69"/>
     <w:rsid w:val="00931568"/>
     <w:rsid w:val="00937EBF"/>
     <w:rsid w:val="009460F8"/>
     <w:rsid w:val="00950448"/>
     <w:rsid w:val="00951636"/>
     <w:rsid w:val="0095493D"/>
     <w:rsid w:val="009575CA"/>
     <w:rsid w:val="00960F54"/>
     <w:rsid w:val="00962453"/>
     <w:rsid w:val="00970200"/>
     <w:rsid w:val="00971BE9"/>
     <w:rsid w:val="009848F6"/>
     <w:rsid w:val="0099000D"/>
     <w:rsid w:val="00991300"/>
     <w:rsid w:val="009913B0"/>
     <w:rsid w:val="009935A7"/>
     <w:rsid w:val="009A3636"/>
     <w:rsid w:val="009A3D1A"/>
     <w:rsid w:val="009A79CB"/>
     <w:rsid w:val="009B3AD3"/>
     <w:rsid w:val="009B654A"/>
     <w:rsid w:val="009B7963"/>
+    <w:rsid w:val="009C038E"/>
     <w:rsid w:val="009C293D"/>
     <w:rsid w:val="009C4E8A"/>
     <w:rsid w:val="009D4D54"/>
     <w:rsid w:val="009D7755"/>
     <w:rsid w:val="009E1BDE"/>
     <w:rsid w:val="009E4563"/>
     <w:rsid w:val="009E5894"/>
     <w:rsid w:val="009E6BFE"/>
     <w:rsid w:val="009E7112"/>
     <w:rsid w:val="009F00B5"/>
     <w:rsid w:val="009F1586"/>
     <w:rsid w:val="00A00509"/>
     <w:rsid w:val="00A10986"/>
     <w:rsid w:val="00A26065"/>
     <w:rsid w:val="00A33C34"/>
     <w:rsid w:val="00A4212B"/>
     <w:rsid w:val="00A43B67"/>
     <w:rsid w:val="00A4467D"/>
     <w:rsid w:val="00A50812"/>
     <w:rsid w:val="00A520DD"/>
     <w:rsid w:val="00A72B50"/>
     <w:rsid w:val="00A7464B"/>
     <w:rsid w:val="00A8137F"/>
     <w:rsid w:val="00A83DBF"/>
     <w:rsid w:val="00A84EC3"/>
     <w:rsid w:val="00A87BC8"/>
     <w:rsid w:val="00A931B4"/>
     <w:rsid w:val="00A957F3"/>
+    <w:rsid w:val="00AC0116"/>
     <w:rsid w:val="00AC157D"/>
     <w:rsid w:val="00AD1847"/>
     <w:rsid w:val="00AE1DA3"/>
     <w:rsid w:val="00AE26AD"/>
     <w:rsid w:val="00AE4348"/>
     <w:rsid w:val="00AF0D12"/>
     <w:rsid w:val="00AF0DA5"/>
     <w:rsid w:val="00AF3BA1"/>
     <w:rsid w:val="00AF5CEF"/>
     <w:rsid w:val="00AF77A7"/>
     <w:rsid w:val="00B0180B"/>
+    <w:rsid w:val="00B01B9E"/>
     <w:rsid w:val="00B038FA"/>
     <w:rsid w:val="00B07A07"/>
     <w:rsid w:val="00B10435"/>
     <w:rsid w:val="00B121C8"/>
     <w:rsid w:val="00B159A9"/>
     <w:rsid w:val="00B15FCB"/>
     <w:rsid w:val="00B211E6"/>
     <w:rsid w:val="00B25989"/>
     <w:rsid w:val="00B30E3E"/>
     <w:rsid w:val="00B30FBB"/>
     <w:rsid w:val="00B31604"/>
     <w:rsid w:val="00B31A05"/>
     <w:rsid w:val="00B374A6"/>
     <w:rsid w:val="00B40451"/>
     <w:rsid w:val="00B45AB0"/>
     <w:rsid w:val="00B47CA0"/>
     <w:rsid w:val="00B529A3"/>
     <w:rsid w:val="00B6044B"/>
     <w:rsid w:val="00B6328E"/>
     <w:rsid w:val="00B65143"/>
     <w:rsid w:val="00B80BC5"/>
     <w:rsid w:val="00B8301C"/>
     <w:rsid w:val="00B84DCD"/>
     <w:rsid w:val="00BA0600"/>
     <w:rsid w:val="00BA3779"/>
@@ -7101,52 +15074,54 @@
     <w:rsid w:val="00C20F02"/>
     <w:rsid w:val="00C30B7A"/>
     <w:rsid w:val="00C33163"/>
     <w:rsid w:val="00C503D7"/>
     <w:rsid w:val="00C50745"/>
     <w:rsid w:val="00C509EC"/>
     <w:rsid w:val="00C607B5"/>
     <w:rsid w:val="00C6088E"/>
     <w:rsid w:val="00C701E2"/>
     <w:rsid w:val="00C713AE"/>
     <w:rsid w:val="00C71447"/>
     <w:rsid w:val="00C76097"/>
     <w:rsid w:val="00C80465"/>
     <w:rsid w:val="00C832B8"/>
     <w:rsid w:val="00C83EBF"/>
     <w:rsid w:val="00C84ADB"/>
     <w:rsid w:val="00C87358"/>
     <w:rsid w:val="00C92E09"/>
     <w:rsid w:val="00CA01AE"/>
     <w:rsid w:val="00CA0C26"/>
     <w:rsid w:val="00CA2228"/>
     <w:rsid w:val="00CA6DFB"/>
     <w:rsid w:val="00CB10BA"/>
     <w:rsid w:val="00CB4D0D"/>
     <w:rsid w:val="00CB7675"/>
+    <w:rsid w:val="00CC05B1"/>
     <w:rsid w:val="00CC29AA"/>
     <w:rsid w:val="00CC498A"/>
+    <w:rsid w:val="00CC6EB9"/>
     <w:rsid w:val="00CD0DFE"/>
     <w:rsid w:val="00CD0F80"/>
     <w:rsid w:val="00CD24F6"/>
     <w:rsid w:val="00CD5986"/>
     <w:rsid w:val="00CD68D9"/>
     <w:rsid w:val="00CE0046"/>
     <w:rsid w:val="00CE2097"/>
     <w:rsid w:val="00CE53C9"/>
     <w:rsid w:val="00CE79B8"/>
     <w:rsid w:val="00CF31BE"/>
     <w:rsid w:val="00D034EF"/>
     <w:rsid w:val="00D03BE4"/>
     <w:rsid w:val="00D10509"/>
     <w:rsid w:val="00D10F99"/>
     <w:rsid w:val="00D1468B"/>
     <w:rsid w:val="00D22DA3"/>
     <w:rsid w:val="00D248D6"/>
     <w:rsid w:val="00D249A0"/>
     <w:rsid w:val="00D25331"/>
     <w:rsid w:val="00D26051"/>
     <w:rsid w:val="00D26C8C"/>
     <w:rsid w:val="00D271CF"/>
     <w:rsid w:val="00D31D89"/>
     <w:rsid w:val="00D328B2"/>
     <w:rsid w:val="00D349FE"/>
@@ -7156,50 +15131,51 @@
     <w:rsid w:val="00D92252"/>
     <w:rsid w:val="00D95C29"/>
     <w:rsid w:val="00DA2D91"/>
     <w:rsid w:val="00DA762B"/>
     <w:rsid w:val="00DB4CFB"/>
     <w:rsid w:val="00DB7EA3"/>
     <w:rsid w:val="00DD0DF5"/>
     <w:rsid w:val="00DD50D1"/>
     <w:rsid w:val="00DD563B"/>
     <w:rsid w:val="00DE73BB"/>
     <w:rsid w:val="00DF38A0"/>
     <w:rsid w:val="00DF5D2E"/>
     <w:rsid w:val="00DF6D20"/>
     <w:rsid w:val="00E12558"/>
     <w:rsid w:val="00E13D4A"/>
     <w:rsid w:val="00E23A83"/>
     <w:rsid w:val="00E32C47"/>
     <w:rsid w:val="00E36357"/>
     <w:rsid w:val="00E4063E"/>
     <w:rsid w:val="00E4279F"/>
     <w:rsid w:val="00E4787C"/>
     <w:rsid w:val="00E47E82"/>
     <w:rsid w:val="00E5046D"/>
     <w:rsid w:val="00E548AE"/>
     <w:rsid w:val="00E57AF6"/>
+    <w:rsid w:val="00E62F7B"/>
     <w:rsid w:val="00E67127"/>
     <w:rsid w:val="00E73B03"/>
     <w:rsid w:val="00E75E6B"/>
     <w:rsid w:val="00E7702B"/>
     <w:rsid w:val="00E845E8"/>
     <w:rsid w:val="00E84657"/>
     <w:rsid w:val="00E90470"/>
     <w:rsid w:val="00E91092"/>
     <w:rsid w:val="00EA3A78"/>
     <w:rsid w:val="00EC598B"/>
     <w:rsid w:val="00EC7511"/>
     <w:rsid w:val="00ED0E81"/>
     <w:rsid w:val="00ED316D"/>
     <w:rsid w:val="00ED364A"/>
     <w:rsid w:val="00ED377E"/>
     <w:rsid w:val="00ED4FF3"/>
     <w:rsid w:val="00ED75F7"/>
     <w:rsid w:val="00EE0D30"/>
     <w:rsid w:val="00EE3111"/>
     <w:rsid w:val="00EE5B52"/>
     <w:rsid w:val="00F0203C"/>
     <w:rsid w:val="00F03D74"/>
     <w:rsid w:val="00F0723A"/>
     <w:rsid w:val="00F106B9"/>
     <w:rsid w:val="00F12189"/>
@@ -7236,66 +15212,65 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3A6FA098"/>
-  <w15:docId w15:val="{4DAD2E1F-2A7F-430B-B66F-FBCFFBE85254}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7423,194 +15398,130 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...107 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E67127"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk1Char"/>
     <w:qFormat/>
     <w:rsid w:val="009575CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk2Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0072235C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0072235C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
@@ -7809,138 +15720,826 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
     <w:name w:val="Çözümlenmeyen Bahsetme1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00247AF5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
     <w:name w:val="Başlık 1 Char"/>
     <w:link w:val="Balk1"/>
     <w:rsid w:val="009575CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stBilgi">
+  <w:style w:type="paragraph" w:styleId="stbilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stBilgiChar"/>
+    <w:link w:val="stbilgiChar"/>
     <w:rsid w:val="00135370"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
-    <w:name w:val="Üst Bilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="stBilgi"/>
+    <w:link w:val="stbilgi"/>
     <w:rsid w:val="00135370"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AltBilgi">
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltBilgiChar"/>
+    <w:link w:val="AltbilgiChar"/>
     <w:rsid w:val="00135370"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
-    <w:name w:val="Alt Bilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="AltBilgi"/>
+    <w:link w:val="Altbilgi"/>
     <w:rsid w:val="00135370"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B25989"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0072235C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0072235C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E67127"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="009575CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk2Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0072235C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0072235C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TabloKlavuzu">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:rsid w:val="00E67127"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00E23A83"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00E23A83"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C83EBF"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bc">
+    <w:name w:val="bc"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00C83EBF"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="00C83EBF"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
+    <w:name w:val="std nobr"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00C83EBF"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="gl3">
+    <w:name w:val="gl3"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00C83EBF"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="st1">
+    <w:name w:val="st1"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00C83EBF"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="zlenenKpr">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:rsid w:val="00E90470"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading1-Accent51">
+    <w:name w:val="Medium Shading 1 - Accent 51"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00183415"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C509EC"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C509EC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
+    <w:name w:val="Çözümlenmeyen Bahsetme1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00247AF5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
+    <w:name w:val="Başlık 1 Char"/>
+    <w:link w:val="Balk1"/>
+    <w:rsid w:val="009575CA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="00135370"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="00135370"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="00135370"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="00135370"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B25989"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0072235C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0072235C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="4869271">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="133791500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="211773312">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="334453716">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="502204505">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="524371436">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="545801455">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581061694">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="897009635">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7948,51 +16547,90 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1016661374">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1070231761">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1164324650">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1259219113">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1285620701">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1286736949">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -8073,51 +16711,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1945192063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8365,102 +17003,100 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29220B65-3C2A-44F9-9D36-8462AE4C8B6D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4667FAC-C0BE-4B76-8AD4-F718C3FDC303}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>678</Words>
-  <Characters>3871</Characters>
+  <Words>654</Words>
+  <Characters>3729</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4540</CharactersWithSpaces>
+  <CharactersWithSpaces>4375</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:subject/>
   <dc:creator>30853879058</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>