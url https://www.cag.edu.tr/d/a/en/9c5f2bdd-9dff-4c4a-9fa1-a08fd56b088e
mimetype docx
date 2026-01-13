--- v1 (2025-10-23)
+++ v2 (2026-01-13)
@@ -1,58 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10893" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblInd w:w="-377" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="542"/>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="124"/>
         <w:gridCol w:w="228"/>
         <w:gridCol w:w="191"/>
         <w:gridCol w:w="817"/>
         <w:gridCol w:w="1218"/>
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="592"/>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="651"/>
@@ -306,80 +304,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5669" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0697DCBC" w14:textId="39920603" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic Information Technologies </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Basic Information Technologies and Keyboard Skills</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AFBCAF4" w14:textId="0B53EE1E" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00433A79" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -464,69 +434,58 @@
       </w:tr>
       <w:tr w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w14:paraId="78D8F71E" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="405"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3622" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C357463" w14:textId="71941A5F" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Prerequisite</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Courses</w:t>
+              <w:t>Prerequisite Courses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7271" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09BED408" w14:textId="31229F8A" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
@@ -549,64 +508,52 @@
             <w:tcW w:w="3622" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="368D2D4A" w14:textId="71DB19C7" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Language of </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Language of Instruction</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2226" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="610F3F3B" w14:textId="492F2FA9" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00C20F02" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -619,81 +566,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>urkish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20F9A1FD" w14:textId="736E73C3" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Teaching</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Teaching Method</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3829" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23C81B70" w14:textId="046C0E74" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -714,218 +639,114 @@
           <w:tcPr>
             <w:tcW w:w="3622" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50232613" w14:textId="53363748" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> Level</w:t>
+              <w:t>Course Type and Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7271" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F787A5F" w14:textId="2EB0E4DC" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Compulsory</w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Compulsory / 1st Year / Fall Semester</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4548" w:rsidRPr="007E4548" w14:paraId="339FCD06" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78DEBF6B" w14:textId="6ECBCCCD" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Instructor</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Instructor &amp; Course Coordinator</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4453" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14626E06" w14:textId="1AD9A6B6" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -952,259 +773,190 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Full Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="353C0FD2" w14:textId="0B94EB14" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture Hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61AC5F01" w14:textId="1759BF29" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Office </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Office Hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CC59988" w14:textId="38A5E79A" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4548" w:rsidRPr="007E4548" w14:paraId="0579F816" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1489381F" w14:textId="24D78BBF" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Coordinator</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4453" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F3AC80A" w14:textId="05925F9A" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ass. </w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Ass. Prof. </w:t>
+            </w:r>
             <w:r w:rsidR="007E4548" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dr.</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007E4548" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Taylan TUTKUNCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -1393,1375 +1145,117 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="332F221C" w14:textId="101C8082" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Objectives</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="323C55E7" w14:textId="008C24E5" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>This</w:t>
-[...1232 lines deleted...]
-              <w:t xml:space="preserve"> life.</w:t>
+              <w:t>This course aims to help students understand the basic concepts of information technologies and develop computer usage skills. The course covers topics such as computer systems, hardware and software components, operating systems, internet usage, and basic office programs. In addition, students are expected to learn ten-finger typing techniques to gain speed and accuracy in keyboard usage. By doing so, students will acquire the competence to use information technologies effectively and efficiently in academic and professional life.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="640C9D59" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F8C45B6" w14:textId="77777777" w:rsidR="0072235C" w:rsidRPr="0072235C" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learning </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Learning Outcomes</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6979EBE3" w14:textId="735B4782" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2789,283 +1283,87 @@
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1A065718" w14:textId="2874FA75" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>By</w:t>
-[...152 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>By the end of the course, students will be able to:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0047F848" w14:textId="134482CF" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00603175" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00603175">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Relations</w:t>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Relations to Program Outcomes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="7DC61BE5" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="52FD4C34" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -3108,123 +1406,98 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7394B7F7" w14:textId="14094B75" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="00603175">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Prog</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Prog. </w:t>
             </w:r>
             <w:r w:rsidR="00603175">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B628647" w14:textId="17EA98FE" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00603175" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00603175">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Contribution</w:t>
-[...12 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>Contribution Level</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="43C82A80" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="219"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="342912AF" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -3255,193 +1528,57 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="770EDB2E" w14:textId="74F1C474" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Explain</w:t>
-[...134 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Explain the basic components and functioning of computer systems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FFB7078" w14:textId="08E8BEB5" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00E62F7B" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3527,193 +1664,57 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0992EE77" w14:textId="71085AB8" w:rsidR="00CE79B8" w:rsidRPr="00CC6EB9" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Use</w:t>
-[...134 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Use operating systems and basic office programs effectively.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64D2F5A3" w14:textId="412BDF50" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="009D7755" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3806,229 +1807,57 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="036F0EE6" w14:textId="5881C0F7" w:rsidR="00CE79B8" w:rsidRPr="00CC6EB9" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Work</w:t>
-[...170 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Work in digital environments in accordance with information security and ethical rules.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="569B30B2" w14:textId="70702DBD" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="009D7755" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4124,229 +1953,57 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="23340FE2" w14:textId="0295F0A9" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Learn</w:t>
-[...170 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Learn and apply ten-finger keyboard techniques to increase typing speed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F52203A" w14:textId="34FE6FFC" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00E62F7B" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4438,267 +2095,51 @@
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="23A55280" w14:textId="680DA3D1" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Access </w:t>
-[...215 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Access reliable digital resources using information technologies, conduct research effectively, and analyze data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="185AB3C5" w14:textId="2D42C4AB" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00E62F7B" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4799,247 +2240,57 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0436A10F" w14:textId="220536EA" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Improve</w:t>
-[...188 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Improve efficiency in academic and professional processes by effectively using information technologies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ECD6476" w14:textId="38EFE955" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00E62F7B" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5114,1793 +2365,103 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="745C7C91" w14:textId="050FC5D5" w:rsidR="00A84EC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Description</w:t>
+            </w:r>
             <w:r w:rsidR="00223EDE" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>In</w:t>
-[...1664 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>In this course, students will learn the concepts specific to basic information technologies and gain the ability to use computer systems, operating systems, and office programs effectively. In addition, they will practice ten-finger typing techniques to improve typing speed and accuracy. Throughout the course, students’ competencies in working effectively in digital environments, accessing reliable information, and adhering to information security and ethical rules will be developed. These skills will enable them to adapt to technology more consciously and productively in their academic and professional lives, accelerating business processes, managing data more effectively, and using information technologies securely.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF5444" w:rsidRPr="007E4548" w14:paraId="49BBE398" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="470FF1CB" w14:textId="0C16AE71" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Weekly</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Course Schedule</w:t>
+              <w:t>Weekly Course Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="798565A1" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="481718CF" w14:textId="7FF398A3" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -6951,96 +2512,62 @@
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="72C48DEB" w14:textId="23047EEF" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="-288" w:firstLine="288"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learning </w:t>
-[...32 lines deleted...]
-              <w:t>M</w:t>
+              <w:t>Learning Activities &amp; M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ethods</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="32E2FA54" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D98DC09" w14:textId="5F12D29A" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -7059,206 +2586,78 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C3DF333" w14:textId="4280AB98" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="004E1D7D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...118 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Objectives, Operation, and Assessment. Definition and History of Computers</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73162053" w14:textId="78B2C871" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> &amp; Presentation</w:t>
+              <w:t>Lecture &amp; Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="132226A2" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="186"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48AA2AD4" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
@@ -7279,124 +2678,78 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4339D757" w14:textId="12010081" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic Technologies </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> Hardware</w:t>
+              <w:t>Basic Technologies and Computer Hardware</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="539EEE20" w14:textId="32D1C93A" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> &amp; Presentation</w:t>
+              <w:t>Lecture &amp; Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="2581B73C" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2030C2A3" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
@@ -7417,127 +2770,79 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09A79A05" w14:textId="5B698121" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="004E1D7D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Operating </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Operating Systems, Internet, Software, Basic Security Concepts</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2636F5D5" w14:textId="4E0B70EB" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="34869B53" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C5F3DE1" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -7556,117 +2861,79 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CD5CCB5" w14:textId="72C750B9" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00115FCC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsoft Word </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>Microsoft Word Usage I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B624890" w14:textId="1BC8AD07" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="4D4E839A" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B017EEB" w14:textId="77777777" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -7685,125 +2952,87 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="736EC6F3" w14:textId="02E86C53" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00115FCC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsoft Word </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>Microsoft Word Usage I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7258A212" w14:textId="18CB4D88" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="0B78BDD7" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="581B768C" w14:textId="77777777" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -7822,125 +3051,87 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="309FBD44" w14:textId="0679AB9F" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsoft Word </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>Microsoft Word Usage I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>II + Application</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="797B54FF" w14:textId="34325514" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="11141DAD" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="321796AE" w14:textId="77777777" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -7959,117 +3150,79 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DFC662E" w14:textId="0F484A97" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerPoint </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>PowerPoint Introduction I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BDF5031" w14:textId="70C68855" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="0F0BB6BF" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BC34053" w14:textId="77777777" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8082,78 +3235,58 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C879F20" w14:textId="6388CDE2" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Midterm</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31331079" w14:textId="44D5A0EC" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="633F0056" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
@@ -8184,78 +3317,58 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51756BB5" w14:textId="5C876AD9" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Midterm</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20B1E230" w14:textId="77777777" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="64735063" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
@@ -8311,78 +3424,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PowerPoint Applications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54A54C77" w14:textId="080D2DD7" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="08AFD2C9" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10C4C3C5" w14:textId="6129E786" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8422,78 +3515,58 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Excel Applications I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="326285B2" w14:textId="3F5A54E0" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="73ECBC52" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C3629AE" w14:textId="70070501" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8552,78 +3625,58 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EA325C5" w14:textId="420D905B" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="62DFDAC3" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C019A1C" w14:textId="42879E6D" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8653,163 +3706,79 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44821BFB" w14:textId="1E3F2E4A" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Q </w:t>
-[...64 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Q and F Keyboards, Ten-Finger Typing, Posture</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79AFA87E" w14:textId="4ECC0ABC" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="6F501B71" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40D867BF" w14:textId="0562F76D" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8833,162 +3802,86 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4910DC5C" w14:textId="19997986" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Speed</w:t>
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Speed and Accuracy-Focused Typing Exercises</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AFB21E4" w14:textId="1D27E20C" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="772A066C" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F39A24D" w14:textId="59B8AAC9" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -9012,170 +3905,86 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="111465AD" w14:textId="78519DD4" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="004151F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Technology-Based</w:t>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>Technology-Based Research and Presentation Techniques I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08E292E5" w14:textId="176F3B95" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="34DF52D9" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="229E81F4" w14:textId="7B46D6FE" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -9199,170 +4008,86 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35EC2D8E" w14:textId="3FBF9B34" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Technology-Based</w:t>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> II</w:t>
+              <w:t>Technology-Based Research and Presentation Techniques II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DB85D47" w14:textId="56349BBB" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="7A7D3344" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0527EABC" w14:textId="4F496B48" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -9395,60 +4120,58 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6764E73E" w14:textId="04B46651" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4187315A" w14:textId="780FD49C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="51892C4C" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
@@ -9500,905 +4223,445 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="681D710F" w14:textId="3FC4B29F" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A9216FF" w14:textId="125C58D0" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="5901D029" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22455605" w14:textId="63B3623E" w:rsidR="004151F8" w:rsidRPr="00CC6EB9" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>References</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="595A5D9B" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="359BA6A3" w14:textId="02AEE129" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Textbook</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2F548AB7" w14:textId="0DD620C1" w:rsidR="004151F8" w:rsidRPr="004151F8" w:rsidRDefault="004307C7" w:rsidP="004151F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Celal AŞKIN, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Fast</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Fast Keyboard Typing with Ten-Finger Method</w:t>
+            </w:r>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Keyboard Typing </w:t>
-[...149 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>, Ministry of Justice, Republic of Turkey.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="3266885B" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AC5D5F4" w14:textId="137CBF9E" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Notes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="12ADD8E5" w14:textId="5594DAA4" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...98 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Lecture notes, slides, and practice documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="2B052293" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2289E99F" w14:textId="6B9F44BB" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Suggested</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Suggested Resources</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1FD43515" w14:textId="19AAD44C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Books</w:t>
-[...62 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Books on MS Office Programs, online documents, online courses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="669C3D30" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F0C20DD" w14:textId="311BED9C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Material</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Material Sharing</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="03721B5F" w14:textId="0A417F29" w:rsidR="004307C7" w:rsidRDefault="004307C7" w:rsidP="004307C7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture Slides</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF06C51" w14:textId="4B90ABE1" w:rsidR="004307C7" w:rsidRPr="004307C7" w:rsidRDefault="004307C7" w:rsidP="004307C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Course Notes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F55B8B9" w14:textId="7898F0A8" w:rsidR="004151F8" w:rsidRPr="004307C7" w:rsidRDefault="004307C7" w:rsidP="007E4548">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Slides</w:t>
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Practice Documents</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="7350F6BD" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B4B5035" w14:textId="6B123C06" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Assessment</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> Evaluation</w:t>
+              <w:t>Assessment and Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="6124EAA4" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0416A9AC" w14:textId="295F6335" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -10791,191 +5054,131 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Practices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="482A4AB5" w14:textId="0807CA4A" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+          <w:p w14:paraId="482A4AB5" w14:textId="16D85DA1" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00464449" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>4</w:t>
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1980E303" w14:textId="41C09727" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>%10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4421" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0091BB17" w14:textId="3A3B4E91" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Grades</w:t>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Grades based on in-class applications</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="57776561" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F8A87C4" w14:textId="519469A7" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -11053,154 +5256,89 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4421" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D2D21D2" w14:textId="089B649C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evaluation of </w:t>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Evaluation of presentation techniques</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="57574137" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E3F8ED5" w14:textId="7E973B57" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECTS </w:t>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>ECTS Workload Table</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="5C045ED6" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38FDA24F" w14:textId="4C13B229" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -11212,93 +5350,89 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="7548909B" w14:textId="7CD01FFF" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Count</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="74A76E8C" w14:textId="29D71EF2" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="04C38650" w14:textId="690C6A49" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11309,84 +5443,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="7B0BF9A4" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3742449C" w14:textId="09BC570F" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture Hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="044EE18D" w14:textId="37E521FC" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
@@ -11443,84 +5553,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="2D4514FB" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46CC993D" w14:textId="32B6D76D" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Independent</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Independent Study</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="321F8E21" w14:textId="58CC7B27" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
@@ -11577,84 +5663,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066579D" w:rsidRPr="007E4548" w14:paraId="6C503A2C" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46CDA8BE" w14:textId="65A7AE14" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Practice</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Practice Preparation</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5ACF6CB2" w14:textId="2CC67502" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -11711,71 +5773,59 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066579D" w:rsidRPr="007E4548" w14:paraId="10A9B413" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="029C5581" w14:textId="03B305E1" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Research</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> &amp; Presentation</w:t>
+              <w:t>Research &amp; Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4288DB1A" w14:textId="4FE0115C" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
@@ -11833,84 +5883,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="6D0B50F1" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2895F4BA" w14:textId="39E74EE1" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Midterm</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1BDA491B" w14:textId="2F179370" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -12438,151 +6464,151 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B3D5E36" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidSect="00286050">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="719" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26EC26B7" w14:textId="77777777" w:rsidR="00AC0116" w:rsidRDefault="00AC0116" w:rsidP="00135370">
+    <w:p w14:paraId="1C25330B" w14:textId="77777777" w:rsidR="004663ED" w:rsidRDefault="004663ED" w:rsidP="00135370">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="346B4167" w14:textId="77777777" w:rsidR="00AC0116" w:rsidRDefault="00AC0116" w:rsidP="00135370">
+    <w:p w14:paraId="308F0F4A" w14:textId="77777777" w:rsidR="004663ED" w:rsidRDefault="004663ED" w:rsidP="00135370">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63BAB7E5" w14:textId="77777777" w:rsidR="00AC0116" w:rsidRDefault="00AC0116" w:rsidP="00135370">
+    <w:p w14:paraId="512C408C" w14:textId="77777777" w:rsidR="004663ED" w:rsidRDefault="004663ED" w:rsidP="00135370">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D414748" w14:textId="77777777" w:rsidR="00AC0116" w:rsidRDefault="00AC0116" w:rsidP="00135370">
+    <w:p w14:paraId="251E2F39" w14:textId="77777777" w:rsidR="004663ED" w:rsidRDefault="004663ED" w:rsidP="00135370">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06121C61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20281ADE"/>
     <w:lvl w:ilvl="0" w:tplc="3B441128">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -12658,51 +6684,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D31532E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC08C4A8"/>
     <w:lvl w:ilvl="0" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0706D078">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -12778,51 +6804,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11063C97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D88311C"/>
     <w:lvl w:ilvl="0" w:tplc="6B9473A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12894,51 +6920,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6195"/>
         </w:tabs>
         <w:ind w:left="6195" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6915"/>
         </w:tabs>
         <w:ind w:left="6915" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="178A4178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E00E1100"/>
     <w:lvl w:ilvl="0" w:tplc="60D8D432">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E28EE110">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13018,51 +7044,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6195"/>
         </w:tabs>
         <w:ind w:left="6195" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6915"/>
         </w:tabs>
         <w:ind w:left="6915" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A5F5AD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93CA5736"/>
     <w:lvl w:ilvl="0" w:tplc="3972231A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -13138,51 +7164,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E223AC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="298C35D6"/>
     <w:lvl w:ilvl="0" w:tplc="B2A6095A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="795"/>
         </w:tabs>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13257,51 +7283,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5835"/>
         </w:tabs>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6555"/>
         </w:tabs>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="235F3124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95D0EEDC"/>
     <w:lvl w:ilvl="0" w:tplc="1F9876A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -13346,51 +7372,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E6F25EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B14C33C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13495,51 +7521,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38C76335"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="845C548A"/>
     <w:lvl w:ilvl="0" w:tplc="0A0E3A22">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -13615,51 +7641,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B100350"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2F8CBDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -13735,51 +7761,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CFE2C17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FFE9F66"/>
     <w:lvl w:ilvl="0" w:tplc="BD0C021E">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13854,51 +7880,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="437942F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="845C548A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -13974,51 +8000,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FE425F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57420566"/>
     <w:lvl w:ilvl="0" w:tplc="0A0E3A22">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -14094,51 +8120,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="506029F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9C28F1C"/>
     <w:lvl w:ilvl="0" w:tplc="F358FE84">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -14183,51 +8209,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="545761BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8EAC06A"/>
     <w:lvl w:ilvl="0" w:tplc="33966164">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1068"/>
         </w:tabs>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14302,51 +8328,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6108"/>
         </w:tabs>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6828"/>
         </w:tabs>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A470CBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A442C66"/>
     <w:lvl w:ilvl="0" w:tplc="041F000B">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -14415,51 +8441,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E750819"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8166CC3E"/>
     <w:lvl w:ilvl="0" w:tplc="35D82AC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="926E03E4">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14593,53 +8619,52 @@
   <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2N7AwMzO2MDcyNzcwMjdR0lEKTi0uzszPAykwrQUAX/wFiSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00E67127"/>
     <w:rsid w:val="000012B4"/>
@@ -14769,50 +8794,52 @@
     <w:rsid w:val="003C448B"/>
     <w:rsid w:val="003D15AE"/>
     <w:rsid w:val="003E56F2"/>
     <w:rsid w:val="003E5CDD"/>
     <w:rsid w:val="003E7429"/>
     <w:rsid w:val="003F04FD"/>
     <w:rsid w:val="003F4A6E"/>
     <w:rsid w:val="00406AEF"/>
     <w:rsid w:val="00406C12"/>
     <w:rsid w:val="0041034E"/>
     <w:rsid w:val="00411EB2"/>
     <w:rsid w:val="00412D6B"/>
     <w:rsid w:val="004151F8"/>
     <w:rsid w:val="0041568F"/>
     <w:rsid w:val="00427CBF"/>
     <w:rsid w:val="004302D3"/>
     <w:rsid w:val="004302F9"/>
     <w:rsid w:val="004307C7"/>
     <w:rsid w:val="00433A79"/>
     <w:rsid w:val="004368FF"/>
     <w:rsid w:val="00436F6D"/>
     <w:rsid w:val="00456B52"/>
     <w:rsid w:val="004608CE"/>
     <w:rsid w:val="00461C04"/>
     <w:rsid w:val="00462CB5"/>
+    <w:rsid w:val="00464449"/>
+    <w:rsid w:val="004663ED"/>
     <w:rsid w:val="0047730C"/>
     <w:rsid w:val="004833FB"/>
     <w:rsid w:val="0048356D"/>
     <w:rsid w:val="0049179B"/>
     <w:rsid w:val="0049506A"/>
     <w:rsid w:val="00497175"/>
     <w:rsid w:val="004A0414"/>
     <w:rsid w:val="004A07B3"/>
     <w:rsid w:val="004A31E9"/>
     <w:rsid w:val="004A75D0"/>
     <w:rsid w:val="004B05CC"/>
     <w:rsid w:val="004B32B9"/>
     <w:rsid w:val="004B664D"/>
     <w:rsid w:val="004D37A2"/>
     <w:rsid w:val="004E1D7D"/>
     <w:rsid w:val="004E2683"/>
     <w:rsid w:val="004E30AD"/>
     <w:rsid w:val="004E7206"/>
     <w:rsid w:val="004F1FE1"/>
     <w:rsid w:val="00501F14"/>
     <w:rsid w:val="005021B5"/>
     <w:rsid w:val="00504501"/>
     <w:rsid w:val="0050499F"/>
     <w:rsid w:val="00510927"/>
     <w:rsid w:val="00514063"/>
@@ -15212,124 +9239,214 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3A6FA098"/>
+  <w15:docId w15:val="{6FBD3396-5A0D-469F-AA77-75D75F485917}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -15398,50 +9515,154 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E67127"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk1Char"/>
     <w:qFormat/>
     <w:rsid w:val="009575CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
@@ -15478,50 +9699,51 @@
   <w:style w:type="paragraph" w:styleId="Balk3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk3Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0072235C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
@@ -15720,681 +9942,88 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
     <w:name w:val="Çözümlenmeyen Bahsetme1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00247AF5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
     <w:name w:val="Başlık 1 Char"/>
     <w:link w:val="Balk1"/>
     <w:rsid w:val="009575CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stbilgi">
+  <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stbilgiChar"/>
+    <w:link w:val="stBilgiChar"/>
     <w:rsid w:val="00135370"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
-    <w:name w:val="Üstbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="stbilgi"/>
+    <w:link w:val="stBilgi"/>
     <w:rsid w:val="00135370"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Altbilgi">
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltbilgiChar"/>
+    <w:link w:val="AltBilgiChar"/>
     <w:rsid w:val="00135370"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
-    <w:name w:val="Altbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="Altbilgi"/>
-[...592 lines deleted...]
-    <w:link w:val="Altbilgi"/>
+    <w:link w:val="AltBilgi"/>
     <w:rsid w:val="00135370"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B25989"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
     <w:name w:val="Başlık 2 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk2"/>
     <w:semiHidden/>
     <w:rsid w:val="0072235C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -16402,51 +10031,51 @@
       <w:bCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
     <w:name w:val="Başlık 3 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk3"/>
     <w:semiHidden/>
     <w:rsid w:val="0072235C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="4869271">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="133791500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16711,51 +10340,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1945192063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -17003,77 +10632,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4667FAC-C0BE-4B76-8AD4-F718C3FDC303}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C30B02D-3891-46EA-8DE2-20CBD7A4746E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>654</Words>
   <Characters>3729</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">