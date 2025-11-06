--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -1,57 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xls" ContentType="application/vnd.ms-excel"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
         <w:tblW w:w="10967" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1233"/>
         <w:gridCol w:w="719"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="797"/>
         <w:gridCol w:w="909"/>
         <w:gridCol w:w="978"/>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="1074"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
@@ -65,52 +64,50 @@
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="00EE6181" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SYLLABUS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71F9B79E" w14:textId="70330B55" w:rsidR="005A2B8A" w:rsidRPr="00EE6181" w:rsidRDefault="00180F2B" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -461,67 +458,57 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4DBF" w:rsidRPr="00EE6181" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00EE6181" w:rsidRDefault="001B4DBF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Course</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Language:</w:t>
+              <w:t>Course Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="485B0539" w14:textId="44B6A3D1" w:rsidR="001B4DBF" w:rsidRPr="00EE6181" w:rsidRDefault="001A329E" w:rsidP="00833C72">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -628,71 +615,59 @@
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40C618F0" w14:textId="6F9B82DE" w:rsidR="00681162" w:rsidRPr="001A329E" w:rsidRDefault="003360EF" w:rsidP="00833C72">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="001A329E" w:rsidRPr="001A329E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Masters</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Degree</w:t>
+              <w:t>Masters Degree</w:t>
             </w:r>
             <w:r w:rsidR="001A329E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Compulsory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00EE6181" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5401" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
@@ -825,91 +800,51 @@
             <w:tcW w:w="5401" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10E9F61A" w14:textId="7C8DFF3D" w:rsidR="00F96934" w:rsidRPr="00EE6181" w:rsidRDefault="001A329E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Dr. Aysun Dağtaş </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1753" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A92F4D2" w14:textId="161C5D1F" w:rsidR="00F96934" w:rsidRPr="00EE6181" w:rsidRDefault="00F53D12" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1022,95 +957,51 @@
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ED79668" w14:textId="597A7DD2" w:rsidR="00F96934" w:rsidRPr="00EE6181" w:rsidRDefault="00F53D12" w:rsidP="0034027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. </w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Dr. Aysun Dağtaş </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003537D4" w:rsidRPr="00EE6181" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65E7B619" w14:textId="49A3CD86" w:rsidR="001C134A" w:rsidRPr="00EE6181" w:rsidRDefault="00500F70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -2630,69 +2521,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E2F6454" w14:textId="5CF290DA" w:rsidR="008227A6" w:rsidRPr="00EE6181" w:rsidRDefault="00475647" w:rsidP="008227A6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chapter 1</w:t>
             </w:r>
             <w:r w:rsidR="00D85C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> from the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> from the coursebook </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57F9199F" w14:textId="77777777" w:rsidR="00C205CB" w:rsidRPr="00C205CB" w:rsidRDefault="00C205CB" w:rsidP="00C205CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C205CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -2721,127 +2594,83 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C205CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Mini Lecture + Discussion: Instructor explains the purpose of the course, outlines qualitative research characteristics, and introduces paradigms </w:t>
             </w:r>
             <w:r w:rsidRPr="00C205CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">(positivist, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(positivist, interpretivist, constructivist, etc.).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="633DCAF1" w14:textId="77777777" w:rsidR="00C205CB" w:rsidRPr="00C205CB" w:rsidRDefault="00C205CB" w:rsidP="00C205CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B28CFF9" w14:textId="549F7DE1" w:rsidR="008227A6" w:rsidRPr="00C205CB" w:rsidRDefault="00C205CB" w:rsidP="00C205CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00C205CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>interpretivist</w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve"> share insights with the whole class.</w:t>
+              <w:t>Think–Pair–Share: Students discuss differences they perceive between qualitative and quantitative research, then share insights with the whole class.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008227A6" w:rsidRPr="00EE6181" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="008227A6" w:rsidRPr="00EE6181" w:rsidRDefault="008227A6" w:rsidP="008227A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -2918,117 +2747,79 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67DFA02F" w14:textId="7D633E9F" w:rsidR="008227A6" w:rsidRPr="00EE6181" w:rsidRDefault="0049493E" w:rsidP="0048220D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Students read </w:t>
             </w:r>
             <w:r w:rsidR="00475647">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chapter 2 from the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Chapter 2 from the coursebook </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15959C41" w14:textId="22F85654" w:rsidR="00475647" w:rsidRPr="00475647" w:rsidRDefault="00475647" w:rsidP="00475647">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00475647">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mini Lecture + Discussion: Instructor outlines qualitative research characteristics, and introduces paradigms (positivist, </w:t>
-[...19 lines deleted...]
-              <w:t>, constructivist, etc.).</w:t>
+              <w:t>Mini Lecture + Discussion: Instructor outlines qualitative research characteristics, and introduces paradigms (positivist, interpretivist, constructivist, etc.).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E441F7C" w14:textId="77777777" w:rsidR="00475647" w:rsidRPr="00475647" w:rsidRDefault="00475647" w:rsidP="00475647">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00475647">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Case Study Analysis: Students review a short qualitative research abstract in pairs and identify its paradigm/approach.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EDA284F" w14:textId="77777777" w:rsidR="00475647" w:rsidRPr="00475647" w:rsidRDefault="00475647" w:rsidP="00475647">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3215,671 +3006,71 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mini Lecture: Explanation of how qualitative research questions differ from quantitative ones (exploratory, open-ended, process-oriented).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33B38178" w14:textId="77777777" w:rsidR="00475647" w:rsidRPr="00CD353A" w:rsidRDefault="00475647" w:rsidP="00A3058B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD353A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Case </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Case Study Analysis: Students analyze a published ELT article, identifying its sampling method and evaluating its appropriateness.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77FDD091" w14:textId="087AA3E7" w:rsidR="00475647" w:rsidRPr="00EE6181" w:rsidRDefault="00475647" w:rsidP="00883AD4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CD353A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>Study</w:t>
-[...607 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Class Discussion: Reflection on challenges of formulating good research questions and selecting participants in qualitative research.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00475647" w:rsidRPr="00EE6181" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="00475647" w:rsidRPr="00EE6181" w:rsidRDefault="00475647" w:rsidP="008227A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -3974,69 +3165,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BADDF4B" w14:textId="1802D793" w:rsidR="00475647" w:rsidRDefault="0049493E" w:rsidP="00FA5F7D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Students read </w:t>
             </w:r>
             <w:r w:rsidR="00475647">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chapter 7 &amp; 8 from the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Chapter 7 &amp; 8 from the coursebook </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="385C154A" w14:textId="77777777" w:rsidR="00475647" w:rsidRPr="00883AD4" w:rsidRDefault="00475647" w:rsidP="00FA5F7D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00883AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Instructor: Prepares short readings or guidelines on qualitative interviewing (structured, semi-</w:t>
             </w:r>
             <w:r w:rsidRPr="00883AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4223,105 +3396,69 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="301CB9C3" w14:textId="4DB3B1F6" w:rsidR="00475647" w:rsidRDefault="0049493E" w:rsidP="00D443A5">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Students read </w:t>
             </w:r>
             <w:r w:rsidR="00475647">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chapter 9 from the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Chapter 9 from the coursebook </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="590F2AC1" w14:textId="77777777" w:rsidR="00475647" w:rsidRPr="00883AD4" w:rsidRDefault="00475647" w:rsidP="00D443A5">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00883AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Instructor: Prepares sample excerpts from interview transcripts (preferably from ELT or applied linguistics research). Provides a short reading on coding techniques (open coding, axial coding, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> analysis).</w:t>
+              <w:t>Instructor: Prepares sample excerpts from interview transcripts (preferably from ELT or applied linguistics research). Provides a short reading on coding techniques (open coding, axial coding, thematic analysis).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43A2FED1" w14:textId="35E821CE" w:rsidR="00475647" w:rsidRPr="00EE6181" w:rsidRDefault="00475647" w:rsidP="00475647">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00883AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Students: Asked to bring their practice interview transcript (from Week 3) or prepare notes from it for in-class analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
@@ -4535,71 +3672,51 @@
             <w:r w:rsidRPr="00475647">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Group Discussion: Reflection on the challenges of subjectivity and bias in qualitative data analysis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12EAE6DF" w14:textId="21503DEC" w:rsidR="00475647" w:rsidRPr="00EE6181" w:rsidRDefault="00475647" w:rsidP="008227A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00475647">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethics Focus: Brief discussion on ethical considerations in handling interview data (confidentiality, </w:t>
-[...19 lines deleted...]
-              <w:t>, data storage).</w:t>
+              <w:t>Ethics Focus: Brief discussion on ethical considerations in handling interview data (confidentiality, anonymization, data storage).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00475647" w:rsidRPr="00EE6181" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00475647" w:rsidRPr="00EE6181" w:rsidRDefault="00475647" w:rsidP="008227A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -5152,69 +4269,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F903B29" w14:textId="77777777" w:rsidR="00841543" w:rsidRDefault="00841543" w:rsidP="00515FA9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students read Chapter 6 from the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Students read Chapter 6 from the coursebook </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B3AA21B" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00AA7B04" w:rsidRDefault="00841543" w:rsidP="00515FA9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7B04">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Instructor: Prepares short readings on observation in qualitative research (types: participant vs. non-participant, overt vs. covert). Provides authentic or sample field notes from an ELT classroom.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BBDEF72" w14:textId="7369DCB8" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="008227A6">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5383,62 +4482,52 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED369FE" w14:textId="77777777" w:rsidR="00841543" w:rsidRDefault="00841543" w:rsidP="00515FA9">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students read Chapter 9 from the </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Students read Chapter 9 from the coursebook</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1F9625E5" w14:textId="77777777" w:rsidR="00841543" w:rsidRDefault="00841543" w:rsidP="00515FA9">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7B04">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Students: Asked to review their Week 11 field notes and bring them to class for follow-up analysis.</w:t>
@@ -5804,69 +4893,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E92FF8D" w14:textId="77777777" w:rsidR="00841543" w:rsidRDefault="00841543" w:rsidP="00515FA9">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students:  read Chapter 10 from the </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Students:  read Chapter 10 from the coursebook.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D3AFD50" w14:textId="4862BA89" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="008227A6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3A48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Instructor: Prepares short readings on advanced qualitative analysis methods (narrative, metaphor, causality in qualitative inquiry). Provides sample excerpts from ELT-related studies using these approaches.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
@@ -5893,748 +4964,74 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mini Lecture</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6869A5E3" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EA2C5E" w:rsidRDefault="00841543" w:rsidP="00515FA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Data-</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> Data-to-Theory Task: Students connect small findings (from narratives or metaphors) to broader theoretical concepts in ELT (e.g., motivation, identity, agency).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="380DDEF7" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EA2C5E" w:rsidRDefault="00841543" w:rsidP="00515FA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00EA2C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
-              <w:t>to</w:t>
-[...684 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Reflection: Class discussion on the value of advanced analysis in deepening qualitative insights.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="072F79FC" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EA2C5E" w:rsidRDefault="00841543" w:rsidP="00515FA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B14AD2C" w14:textId="728A6F08" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00AE18E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
@@ -6856,127 +5253,79 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="225D9DC4" w14:textId="2BABE443" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00841543">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">The instructor </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>The instructor birngs interview data for coding and categorising</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C0756EF" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="004978BF" w:rsidRDefault="00841543" w:rsidP="00515FA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004978BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Hands-On Demonstration: Instructor shows basic features of Atlas-</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (importing transcripts, coding, visualization).</w:t>
+              <w:t>Hands-On Demonstration: Instructor shows basic features of Atlas-ti (importing transcripts, coding, visualization).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="509EE4D7" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="004978BF" w:rsidRDefault="00841543" w:rsidP="00515FA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C7A335A" w14:textId="7ABDFA06" w:rsidR="00841543" w:rsidRPr="004978BF" w:rsidRDefault="00841543" w:rsidP="0006700E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004978BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -8426,894 +6775,828 @@
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A280E" w:rsidRPr="00EE6181" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37D822FB" w14:textId="4585B949" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="37D822FB" w14:textId="7C8920BD" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t>6</w:t>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79C2CCAD" w14:textId="28322C0A" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="79C2CCAD" w14:textId="00397384" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4133035B" w14:textId="55D1DA31" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="4133035B" w14:textId="2B73700B" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t>48</w:t>
+              <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A280E" w:rsidRPr="00EE6181" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Out-of-Class Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00942B57" w14:textId="50096CB5" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="00942B57" w14:textId="79DB01BC" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t>6</w:t>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4F4D8B" w14:textId="27D030C2" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="4F4F4D8B" w14:textId="31286701" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="305EBC64" w14:textId="6696FAD3" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="305EBC64" w14:textId="211EAC3F" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t>48</w:t>
+              <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A280E" w:rsidRPr="00EE6181" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45DC74E3" w14:textId="6C9ED945" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="45DC74E3" w14:textId="6C9ED945" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Assignment</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="357D0288" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="357D0288" w14:textId="77777777" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17D6DB9F" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="17D6DB9F" w14:textId="77777777" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28B42FCA" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="28B42FCA" w14:textId="77777777" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A280E" w:rsidRPr="00EE6181" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67FF27EF" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="67FF27EF" w14:textId="77777777" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42ABE267" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="42ABE267" w14:textId="77777777" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57195671" w14:textId="77777777" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="57195671" w14:textId="77777777" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A280E" w:rsidRPr="00EE6181" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26407A65" w14:textId="7666B00F" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="26407A65" w14:textId="7666B00F" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (In-class task)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12A42939" w14:textId="5C7D2935" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="12A42939" w14:textId="3A6E6955" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECE207C" w14:textId="788975D2" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="3ECE207C" w14:textId="7749FD6A" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t>35</w:t>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04C11868" w14:textId="07E71A4B" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="04C11868" w14:textId="48E22493" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t>35</w:t>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A280E" w:rsidRPr="00EE6181" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Midterm Exam (Midterm Exam Duration + Midterm Exam Preparation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D88A7C9" w14:textId="2A9A224E" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="4D88A7C9" w14:textId="2BC07A6D" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E99A2E3" w14:textId="4BD8004A" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="0E99A2E3" w14:textId="3FAAA7FC" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="370AA247" w14:textId="38A76A50" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="370AA247" w14:textId="1542768D" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="006A280E" w:rsidRPr="00EE6181" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Final Exam (Final Exam Duration + Final Exam Preparation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1005A983" w14:textId="7622DB8E" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="1005A983" w14:textId="4910C4DF" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4444D1E5" w14:textId="481D62FC" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="4444D1E5" w14:textId="52EF6081" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t>50</w:t>
+              </w:rPr>
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3506B9" w14:textId="0E15FA7D" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="1F3506B9" w14:textId="3844B59C" w:rsidR="006A280E" w:rsidRPr="00EE6181" w:rsidRDefault="006A280E" w:rsidP="006A280E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t>50</w:t>
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9325,70 +7608,80 @@
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21B894EB" w14:textId="6FA548C9" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="21B894EB" w14:textId="4A17F507" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>226</w:t>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="006A280E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
             <w:pPr>
               <w:jc w:val="right"/>
@@ -9402,68 +7695,86 @@
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27F77D59" w14:textId="55E7FE56" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="27F77D59" w14:textId="27A604A5" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>226/30</w:t>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="006A280E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00841543" w:rsidRPr="00EE6181" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
             <w:pPr>
               <w:jc w:val="right"/>
@@ -9478,68 +7789,77 @@
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ECTS Credit:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C524EC3" w14:textId="6D122A3C" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
+          <w:p w14:paraId="6C524EC3" w14:textId="38CA467A" w:rsidR="00841543" w:rsidRPr="00EE6181" w:rsidRDefault="00841543" w:rsidP="00E70908">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>7.5</w:t>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r w:rsidR="006A280E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00EE6181" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00EE6181" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE6181">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9636,101 +7956,101 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:object w:dxaOrig="4724" w:dyaOrig="3101" w14:anchorId="46464BA9">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Grafik 1" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:236.25pt;height:155.25pt;visibility:visible" o:ole="">
-                  <v:imagedata r:id="rId7" o:title=""/>
+                  <v:imagedata r:id="rId6" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Excel.Sheet.8" ShapeID="Grafik 1" DrawAspect="Content" ObjectID="_1821009776" r:id="rId8">
+                <o:OLEObject Type="Embed" ProgID="Excel.Sheet.8" ShapeID="Grafik 1" DrawAspect="Content" ObjectID="_1821445866" r:id="rId7">
                   <o:FieldCodes>\s</o:FieldCodes>
                 </o:OLEObject>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00EE6181" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3086B60B" wp14:editId="02FA6EF5">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2071116311" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003237AD" w:rsidRPr="00EE6181" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9740,217 +8060,216 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="66D46301">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="900991778" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00EE6181" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE6181">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="7471AC73">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidSect="005A2B8A">
-      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22D87CD5" w14:textId="77777777" w:rsidR="00B473F6" w:rsidRPr="00EE6181" w:rsidRDefault="00B473F6" w:rsidP="0034027E">
+    <w:p w14:paraId="5FCE988B" w14:textId="77777777" w:rsidR="00045B7C" w:rsidRPr="00EE6181" w:rsidRDefault="00045B7C" w:rsidP="0034027E">
       <w:r w:rsidRPr="00EE6181">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E4AFA7F" w14:textId="77777777" w:rsidR="00B473F6" w:rsidRPr="00EE6181" w:rsidRDefault="00B473F6" w:rsidP="0034027E">
+    <w:p w14:paraId="1FC7C9B3" w14:textId="77777777" w:rsidR="00045B7C" w:rsidRPr="00EE6181" w:rsidRDefault="00045B7C" w:rsidP="0034027E">
       <w:r w:rsidRPr="00EE6181">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CA610E1" w14:textId="77777777" w:rsidR="00B473F6" w:rsidRPr="00EE6181" w:rsidRDefault="00B473F6" w:rsidP="0034027E">
+    <w:p w14:paraId="78E3FFAA" w14:textId="77777777" w:rsidR="00045B7C" w:rsidRPr="00EE6181" w:rsidRDefault="00045B7C" w:rsidP="0034027E">
       <w:r w:rsidRPr="00EE6181">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F66DE40" w14:textId="77777777" w:rsidR="00B473F6" w:rsidRPr="00EE6181" w:rsidRDefault="00B473F6" w:rsidP="0034027E">
+    <w:p w14:paraId="2E6A8F7A" w14:textId="77777777" w:rsidR="00045B7C" w:rsidRPr="00EE6181" w:rsidRDefault="00045B7C" w:rsidP="0034027E">
       <w:r w:rsidRPr="00EE6181">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRPr="00EE6181" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
-      <w:pStyle w:val="stbilgi"/>
+      <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00EE6181">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -9963,79 +8282,80 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="000230F4"/>
+    <w:rsid w:val="00045B7C"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="0006700E"/>
     <w:rsid w:val="00075523"/>
     <w:rsid w:val="000763C1"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="0009745F"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000B34E1"/>
     <w:rsid w:val="000C521F"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000E3C9F"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00107DCA"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00154070"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="00171E20"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="00180F2B"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
@@ -10103,50 +8423,51 @@
     <w:rsid w:val="004E2144"/>
     <w:rsid w:val="00500F70"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A0FC1"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005B4F2D"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="0065015E"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="00696DEA"/>
+    <w:rsid w:val="006A280E"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="006F63D6"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00763671"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007E05E5"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="008227A6"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00831FE6"/>
@@ -10231,50 +8552,51 @@
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CD353A"/>
     <w:rsid w:val="00CD3CEB"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D30D1B"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D5595B"/>
     <w:rsid w:val="00D85C38"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DB6382"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00DE4C5F"/>
     <w:rsid w:val="00E010E6"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E41C86"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E70908"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA2C5E"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00EC71EF"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EE6181"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F1527C"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F4382D"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F46641"/>
@@ -10284,73 +8606,74 @@
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC5B80"/>
     <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="382978FE"/>
+  <w15:docId w15:val="{73406518-D682-4765-9592-BAA498C20CE9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10477,64 +8800,174 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
@@ -10575,65 +9008,58 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
     <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
     <w:link w:val="HTMLncedenBiimlendirilmi"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
     <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -10647,544 +9073,122 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stbilgi">
+  <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stbilgiChar"/>
+    <w:link w:val="stBilgiChar"/>
     <w:rsid w:val="0034027E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
-    <w:name w:val="Üstbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="stbilgi"/>
+    <w:link w:val="stBilgi"/>
     <w:rsid w:val="0034027E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Altbilgi">
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltbilgiChar"/>
+    <w:link w:val="AltBilgiChar"/>
     <w:rsid w:val="0034027E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
-    <w:name w:val="Altbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="Altbilgi"/>
-[...421 lines deleted...]
-    <w:link w:val="Altbilgi"/>
+    <w:link w:val="AltBilgi"/>
     <w:rsid w:val="0034027E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
     <w:rsid w:val="00883AD4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
     <w:rsid w:val="00883AD4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11563,71 +9567,71 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_97-2003__al__ma_Sayfas_1.xls"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_97-2003_Worksheet.xls"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_3.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
@@ -11796,51 +9800,51 @@
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="141414912"/>
         <c:axId val="37928960"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="141414912"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
@@ -11933,84 +9937,84 @@
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="141414912"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
-    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+    <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="tr-TR"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
@@ -12179,51 +10183,51 @@
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="49211392"/>
         <c:axId val="37930112"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="49211392"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
@@ -12316,84 +10320,84 @@
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="49211392"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
-    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+    <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="tr-TR"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
@@ -12555,51 +10559,51 @@
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="141414400"/>
         <c:axId val="37931840"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="141414400"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
@@ -12692,51 +10696,51 @@
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="141414400"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
-    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+    <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="tr-TR"/>
     </a:p>
   </c:txPr>
@@ -13033,86 +11037,86 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>1579</Words>
-  <Characters>9005</Characters>
+  <Characters>9006</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>75</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10563</CharactersWithSpaces>
+  <CharactersWithSpaces>10564</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>