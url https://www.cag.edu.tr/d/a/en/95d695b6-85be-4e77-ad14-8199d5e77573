--- v0 (2025-10-06)
+++ v1 (2026-01-30)
@@ -1,58 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10893" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblInd w:w="-377" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="542"/>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="124"/>
         <w:gridCol w:w="228"/>
         <w:gridCol w:w="191"/>
         <w:gridCol w:w="817"/>
         <w:gridCol w:w="1218"/>
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="592"/>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="651"/>
@@ -306,80 +304,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5669" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0697DCBC" w14:textId="39920603" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic Information Technologies </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Basic Information Technologies and Keyboard Skills</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AFBCAF4" w14:textId="0B53EE1E" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00433A79" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -464,69 +434,58 @@
       </w:tr>
       <w:tr w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w14:paraId="78D8F71E" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="405"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3622" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C357463" w14:textId="71941A5F" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Prerequisite</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Courses</w:t>
+              <w:t>Prerequisite Courses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7271" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09BED408" w14:textId="31229F8A" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
@@ -549,64 +508,52 @@
             <w:tcW w:w="3622" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="368D2D4A" w14:textId="71DB19C7" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Language of </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Language of Instruction</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2226" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="610F3F3B" w14:textId="492F2FA9" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00C20F02" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -619,81 +566,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>urkish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20F9A1FD" w14:textId="736E73C3" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Teaching</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Teaching Method</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3829" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23C81B70" w14:textId="046C0E74" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -714,218 +639,114 @@
           <w:tcPr>
             <w:tcW w:w="3622" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50232613" w14:textId="53363748" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> Level</w:t>
+              <w:t>Course Type and Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7271" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F787A5F" w14:textId="2EB0E4DC" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Compulsory</w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Compulsory / 1st Year / Fall Semester</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4548" w:rsidRPr="007E4548" w14:paraId="339FCD06" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78DEBF6B" w14:textId="6ECBCCCD" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Instructor</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Instructor &amp; Course Coordinator</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4453" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14626E06" w14:textId="1AD9A6B6" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -952,259 +773,190 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Full Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="353C0FD2" w14:textId="0B94EB14" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture Hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61AC5F01" w14:textId="1759BF29" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Office </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Office Hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CC59988" w14:textId="38A5E79A" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4548" w:rsidRPr="007E4548" w14:paraId="0579F816" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1489381F" w14:textId="24D78BBF" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Coordinator</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4453" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F3AC80A" w14:textId="05925F9A" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ass. </w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Ass. Prof. </w:t>
+            </w:r>
             <w:r w:rsidR="007E4548" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dr.</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007E4548" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Taylan TUTKUNCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -1465,1375 +1217,117 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="332F221C" w14:textId="101C8082" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Objectives</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="323C55E7" w14:textId="008C24E5" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>This</w:t>
-[...1232 lines deleted...]
-              <w:t xml:space="preserve"> life.</w:t>
+              <w:t>This course aims to help students understand the basic concepts of information technologies and develop computer usage skills. The course covers topics such as computer systems, hardware and software components, operating systems, internet usage, and basic office programs. In addition, students are expected to learn ten-finger typing techniques to gain speed and accuracy in keyboard usage. By doing so, students will acquire the competence to use information technologies effectively and efficiently in academic and professional life.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="640C9D59" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F8C45B6" w14:textId="77777777" w:rsidR="0072235C" w:rsidRPr="0072235C" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learning </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Learning Outcomes</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6979EBE3" w14:textId="735B4782" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2861,285 +1355,87 @@
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1A065718" w14:textId="2874FA75" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>By</w:t>
-[...155 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>By the end of the course, students will be able to:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0047F848" w14:textId="134482CF" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00603175" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00603175">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Relations</w:t>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Relations to Program Outcomes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="7DC61BE5" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="52FD4C34" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -3182,120 +1478,97 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7394B7F7" w14:textId="14094B75" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="00603175">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Prog</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Prog. </w:t>
             </w:r>
             <w:r w:rsidR="00603175">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B628647" w14:textId="17EA98FE" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00603175" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00603175">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Contribution</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Level</w:t>
+              <w:t>Contribution Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E48A6" w:rsidRPr="007E4548" w14:paraId="43C82A80" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="219"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="342912AF" w14:textId="77777777" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3327,193 +1600,57 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="770EDB2E" w14:textId="74F1C474" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Explain</w:t>
-[...134 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Explain the basic components and functioning of computer systems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FFB7078" w14:textId="6C791E1B" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3599,193 +1736,57 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0992EE77" w14:textId="71085AB8" w:rsidR="003E48A6" w:rsidRPr="00CC6EB9" w:rsidRDefault="003E48A6" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Use</w:t>
-[...134 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Use operating systems and basic office programs effectively.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64D2F5A3" w14:textId="6CA4B888" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3870,229 +1871,57 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="036F0EE6" w14:textId="5881C0F7" w:rsidR="003E48A6" w:rsidRPr="00CC6EB9" w:rsidRDefault="003E48A6" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Work</w:t>
-[...170 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Work in digital environments in accordance with information security and ethical rules.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="569B30B2" w14:textId="1A0AFC1D" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4197,229 +2026,57 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="23340FE2" w14:textId="0295F0A9" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Learn</w:t>
-[...170 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Learn and apply ten-finger keyboard techniques to increase typing speed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F52203A" w14:textId="0CC08519" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4511,267 +2168,51 @@
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="23A55280" w14:textId="680DA3D1" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Access </w:t>
-[...215 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Access reliable digital resources using information technologies, conduct research effectively, and analyze data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="185AB3C5" w14:textId="4346E0C4" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4856,247 +2297,57 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0436A10F" w14:textId="220536EA" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Improve</w:t>
-[...188 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Improve efficiency in academic and professional processes by effectively using information technologies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ECD6476" w14:textId="02ECB7AA" w:rsidR="003E48A6" w:rsidRPr="007E4548" w:rsidRDefault="003E48A6" w:rsidP="00E62F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5155,1793 +2406,103 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="745C7C91" w14:textId="050FC5D5" w:rsidR="00A84EC3" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="0072235C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Description</w:t>
+            </w:r>
             <w:r w:rsidR="00223EDE" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CC6EB9" w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>In</w:t>
-[...1664 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>In this course, students will learn the concepts specific to basic information technologies and gain the ability to use computer systems, operating systems, and office programs effectively. In addition, they will practice ten-finger typing techniques to improve typing speed and accuracy. Throughout the course, students’ competencies in working effectively in digital environments, accessing reliable information, and adhering to information security and ethical rules will be developed. These skills will enable them to adapt to technology more consciously and productively in their academic and professional lives, accelerating business processes, managing data more effectively, and using information technologies securely.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF5444" w:rsidRPr="007E4548" w14:paraId="49BBE398" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="470FF1CB" w14:textId="0C16AE71" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072235C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Weekly</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Course Schedule</w:t>
+              <w:t>Weekly Course Schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="798565A1" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="481718CF" w14:textId="7FF398A3" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="0072235C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -6992,96 +2553,62 @@
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="72C48DEB" w14:textId="23047EEF" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="-288" w:firstLine="288"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learning </w:t>
-[...32 lines deleted...]
-              <w:t>M</w:t>
+              <w:t>Learning Activities &amp; M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ethods</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="32E2FA54" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D98DC09" w14:textId="5F12D29A" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -7100,206 +2627,78 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C3DF333" w14:textId="4280AB98" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="004E1D7D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...118 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Objectives, Operation, and Assessment. Definition and History of Computers</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73162053" w14:textId="78B2C871" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> &amp; Presentation</w:t>
+              <w:t>Lecture &amp; Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="132226A2" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="186"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48AA2AD4" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
@@ -7320,124 +2719,78 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4339D757" w14:textId="12010081" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic Technologies </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> Hardware</w:t>
+              <w:t>Basic Technologies and Computer Hardware</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="539EEE20" w14:textId="32D1C93A" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> &amp; Presentation</w:t>
+              <w:t>Lecture &amp; Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="2581B73C" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2030C2A3" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
@@ -7458,127 +2811,79 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09A79A05" w14:textId="5B698121" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="004E1D7D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Operating </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Operating Systems, Internet, Software, Basic Security Concepts</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2636F5D5" w14:textId="4E0B70EB" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="34869B53" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C5F3DE1" w14:textId="77777777" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -7597,117 +2902,79 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CD5CCB5" w14:textId="72C750B9" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00115FCC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsoft Word </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>Microsoft Word Usage I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B624890" w14:textId="1BC8AD07" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="4D4E839A" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B017EEB" w14:textId="77777777" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -7726,125 +2993,87 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="736EC6F3" w14:textId="02E86C53" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00115FCC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsoft Word </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>Microsoft Word Usage I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7258A212" w14:textId="18CB4D88" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="0B78BDD7" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="581B768C" w14:textId="77777777" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -7863,125 +3092,87 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="309FBD44" w14:textId="0679AB9F" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsoft Word </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>Microsoft Word Usage I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>II + Application</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="797B54FF" w14:textId="34325514" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="11141DAD" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="321796AE" w14:textId="77777777" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8000,117 +3191,79 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DFC662E" w14:textId="0F484A97" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerPoint </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>PowerPoint Introduction I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BDF5031" w14:textId="70C68855" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="0F0BB6BF" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BC34053" w14:textId="77777777" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8123,78 +3276,58 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C879F20" w14:textId="6388CDE2" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Midterm</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31331079" w14:textId="44D5A0EC" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="633F0056" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
@@ -8225,78 +3358,58 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51756BB5" w14:textId="5C876AD9" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Midterm</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20B1E230" w14:textId="77777777" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="64735063" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
@@ -8352,78 +3465,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PowerPoint Applications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54A54C77" w14:textId="080D2DD7" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="08AFD2C9" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10C4C3C5" w14:textId="6129E786" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8463,78 +3556,58 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Excel Applications I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="326285B2" w14:textId="3F5A54E0" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="73ECBC52" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C3629AE" w14:textId="70070501" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8593,78 +3666,58 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EA325C5" w14:textId="420D905B" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="62DFDAC3" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C019A1C" w14:textId="42879E6D" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8694,163 +3747,79 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44821BFB" w14:textId="1E3F2E4A" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Q </w:t>
-[...64 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Q and F Keyboards, Ten-Finger Typing, Posture</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79AFA87E" w14:textId="4ECC0ABC" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="6F501B71" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40D867BF" w14:textId="0562F76D" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -8874,162 +3843,86 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4910DC5C" w14:textId="19997986" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Speed</w:t>
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Speed and Accuracy-Focused Typing Exercises</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AFB21E4" w14:textId="1D27E20C" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="772A066C" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F39A24D" w14:textId="59B8AAC9" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -9053,170 +3946,86 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="111465AD" w14:textId="78519DD4" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="004151F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Technology-Based</w:t>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>Technology-Based Research and Presentation Techniques I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08E292E5" w14:textId="176F3B95" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004307C7" w:rsidRPr="007E4548" w14:paraId="34DF52D9" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="229E81F4" w14:textId="7B46D6FE" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -9240,170 +4049,86 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35EC2D8E" w14:textId="3FBF9B34" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Technology-Based</w:t>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> II</w:t>
+              <w:t>Technology-Based Research and Presentation Techniques II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DB85D47" w14:textId="56349BBB" w:rsidR="004307C7" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture &amp; Practice</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="7A7D3344" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0527EABC" w14:textId="4F496B48" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -9436,60 +4161,58 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6764E73E" w14:textId="04B46651" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4187315A" w14:textId="780FD49C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="51892C4C" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
@@ -9541,905 +4264,445 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="681D710F" w14:textId="3FC4B29F" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A9216FF" w14:textId="125C58D0" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="5901D029" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22455605" w14:textId="63B3623E" w:rsidR="004151F8" w:rsidRPr="00CC6EB9" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>References</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="595A5D9B" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="359BA6A3" w14:textId="02AEE129" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Textbook</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2F548AB7" w14:textId="0DD620C1" w:rsidR="004151F8" w:rsidRPr="004151F8" w:rsidRDefault="004307C7" w:rsidP="004151F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Celal AŞKIN, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Fast</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Fast Keyboard Typing with Ten-Finger Method</w:t>
+            </w:r>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Keyboard Typing </w:t>
-[...149 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>, Ministry of Justice, Republic of Turkey.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="3266885B" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AC5D5F4" w14:textId="137CBF9E" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Course Notes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="12ADD8E5" w14:textId="5594DAA4" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...98 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Lecture notes, slides, and practice documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="2B052293" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2289E99F" w14:textId="6B9F44BB" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Suggested</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Suggested Resources</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1FD43515" w14:textId="19AAD44C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Books</w:t>
-[...62 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Books on MS Office Programs, online documents, online courses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="669C3D30" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F0C20DD" w14:textId="311BED9C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Material</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Material Sharing</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="03721B5F" w14:textId="0A417F29" w:rsidR="004307C7" w:rsidRDefault="004307C7" w:rsidP="004307C7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture Slides</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF06C51" w14:textId="4B90ABE1" w:rsidR="004307C7" w:rsidRPr="004307C7" w:rsidRDefault="004307C7" w:rsidP="004307C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Course Notes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F55B8B9" w14:textId="7898F0A8" w:rsidR="004151F8" w:rsidRPr="004307C7" w:rsidRDefault="004307C7" w:rsidP="007E4548">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Slides</w:t>
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Practice Documents</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="7350F6BD" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B4B5035" w14:textId="6B123C06" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Assessment</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> Evaluation</w:t>
+              <w:t>Assessment and Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="6124EAA4" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0416A9AC" w14:textId="295F6335" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -10832,191 +5095,131 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Practices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="482A4AB5" w14:textId="0807CA4A" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+          <w:p w14:paraId="482A4AB5" w14:textId="489CB4E7" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00B2533C" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>4</w:t>
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1980E303" w14:textId="41C09727" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>%10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4421" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0091BB17" w14:textId="3A3B4E91" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Grades</w:t>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Grades based on in-class applications</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="57776561" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F8A87C4" w14:textId="519469A7" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -11094,154 +5297,89 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4421" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D2D21D2" w14:textId="089B649C" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evaluation of </w:t>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Evaluation of presentation techniques</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="57574137" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E3F8ED5" w14:textId="7E973B57" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECTS </w:t>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>ECTS Workload Table</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="5C045ED6" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38FDA24F" w14:textId="4C13B229" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -11253,93 +5391,89 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="7548909B" w14:textId="7CD01FFF" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Count</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="74A76E8C" w14:textId="29D71EF2" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="04C38650" w14:textId="690C6A49" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="00CC6EB9" w:rsidP="00CC6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11350,84 +5484,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="7B0BF9A4" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3742449C" w14:textId="09BC570F" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecture</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lecture Hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="044EE18D" w14:textId="37E521FC" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
@@ -11484,84 +5594,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="2D4514FB" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46CC993D" w14:textId="32B6D76D" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Independent</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Independent Study</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="321F8E21" w14:textId="58CC7B27" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
@@ -11618,84 +5704,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066579D" w:rsidRPr="007E4548" w14:paraId="6C503A2C" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46CDA8BE" w14:textId="65A7AE14" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Practice</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Practice Preparation</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5ACF6CB2" w14:textId="2CC67502" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -11752,71 +5814,59 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066579D" w:rsidRPr="007E4548" w14:paraId="10A9B413" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="029C5581" w14:textId="03B305E1" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Research</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> &amp; Presentation</w:t>
+              <w:t>Research &amp; Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4288DB1A" w14:textId="4FE0115C" w:rsidR="0066579D" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
@@ -11874,84 +5924,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="6D0B50F1" w14:textId="77777777" w:rsidTr="00603175">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3813" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2895F4BA" w14:textId="39E74EE1" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004307C7" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004307C7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Midterm</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3251" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1BDA491B" w14:textId="2F179370" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -12479,151 +6505,151 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B3D5E36" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidSect="00286050">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="719" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7ADDE89F" w14:textId="77777777" w:rsidR="007F6963" w:rsidRDefault="007F6963" w:rsidP="00135370">
+    <w:p w14:paraId="007E5E09" w14:textId="77777777" w:rsidR="0073394B" w:rsidRDefault="0073394B" w:rsidP="00135370">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52DDAAAF" w14:textId="77777777" w:rsidR="007F6963" w:rsidRDefault="007F6963" w:rsidP="00135370">
+    <w:p w14:paraId="570E0B06" w14:textId="77777777" w:rsidR="0073394B" w:rsidRDefault="0073394B" w:rsidP="00135370">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="383245CF" w14:textId="77777777" w:rsidR="007F6963" w:rsidRDefault="007F6963" w:rsidP="00135370">
+    <w:p w14:paraId="310254C5" w14:textId="77777777" w:rsidR="0073394B" w:rsidRDefault="0073394B" w:rsidP="00135370">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3456633F" w14:textId="77777777" w:rsidR="007F6963" w:rsidRDefault="007F6963" w:rsidP="00135370">
+    <w:p w14:paraId="21A3E7C4" w14:textId="77777777" w:rsidR="0073394B" w:rsidRDefault="0073394B" w:rsidP="00135370">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06121C61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20281ADE"/>
     <w:lvl w:ilvl="0" w:tplc="3B441128">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -12699,51 +6725,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D31532E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC08C4A8"/>
     <w:lvl w:ilvl="0" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0706D078">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -12819,51 +6845,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11063C97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D88311C"/>
     <w:lvl w:ilvl="0" w:tplc="6B9473A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12935,51 +6961,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6195"/>
         </w:tabs>
         <w:ind w:left="6195" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6915"/>
         </w:tabs>
         <w:ind w:left="6915" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="178A4178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E00E1100"/>
     <w:lvl w:ilvl="0" w:tplc="60D8D432">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E28EE110">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13059,51 +7085,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6195"/>
         </w:tabs>
         <w:ind w:left="6195" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6915"/>
         </w:tabs>
         <w:ind w:left="6915" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A5F5AD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93CA5736"/>
     <w:lvl w:ilvl="0" w:tplc="3972231A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -13179,51 +7205,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E223AC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="298C35D6"/>
     <w:lvl w:ilvl="0" w:tplc="B2A6095A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="795"/>
         </w:tabs>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13298,51 +7324,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5835"/>
         </w:tabs>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6555"/>
         </w:tabs>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="235F3124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95D0EEDC"/>
     <w:lvl w:ilvl="0" w:tplc="1F9876A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -13387,51 +7413,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E6F25EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B14C33C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13536,51 +7562,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38C76335"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="845C548A"/>
     <w:lvl w:ilvl="0" w:tplc="0A0E3A22">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -13656,51 +7682,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B100350"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2F8CBDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -13776,51 +7802,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CFE2C17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FFE9F66"/>
     <w:lvl w:ilvl="0" w:tplc="BD0C021E">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13895,51 +7921,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="437942F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="845C548A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -14015,51 +8041,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FE425F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57420566"/>
     <w:lvl w:ilvl="0" w:tplc="0A0E3A22">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -14135,51 +8161,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="506029F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9C28F1C"/>
     <w:lvl w:ilvl="0" w:tplc="F358FE84">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -14224,51 +8250,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="545761BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8EAC06A"/>
     <w:lvl w:ilvl="0" w:tplc="33966164">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1068"/>
         </w:tabs>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14343,51 +8369,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6108"/>
         </w:tabs>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6828"/>
         </w:tabs>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A470CBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A442C66"/>
     <w:lvl w:ilvl="0" w:tplc="041F000B">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -14456,51 +8482,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E750819"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8166CC3E"/>
     <w:lvl w:ilvl="0" w:tplc="35D82AC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="926E03E4">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14634,53 +8660,52 @@
   <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2N7AwMzO2MDcyNzcwMjdR0lEKTi0uzszPAykwrQUAX/wFiSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00E67127"/>
     <w:rsid w:val="000012B4"/>
@@ -14916,50 +8941,51 @@
     <w:rsid w:val="00664DB8"/>
     <w:rsid w:val="0066579D"/>
     <w:rsid w:val="00666731"/>
     <w:rsid w:val="0067490F"/>
     <w:rsid w:val="006841B9"/>
     <w:rsid w:val="006843D4"/>
     <w:rsid w:val="00695D6D"/>
     <w:rsid w:val="006A53E3"/>
     <w:rsid w:val="006A7D98"/>
     <w:rsid w:val="006B43EB"/>
     <w:rsid w:val="006B6D29"/>
     <w:rsid w:val="006C07B9"/>
     <w:rsid w:val="006C5377"/>
     <w:rsid w:val="006D2A20"/>
     <w:rsid w:val="006E2407"/>
     <w:rsid w:val="006E3E85"/>
     <w:rsid w:val="006E5EB2"/>
     <w:rsid w:val="006F3522"/>
     <w:rsid w:val="007013B7"/>
     <w:rsid w:val="007079E9"/>
     <w:rsid w:val="00710F45"/>
     <w:rsid w:val="00711990"/>
     <w:rsid w:val="0072235C"/>
     <w:rsid w:val="00726B0A"/>
     <w:rsid w:val="0073082E"/>
+    <w:rsid w:val="0073394B"/>
     <w:rsid w:val="007342E1"/>
     <w:rsid w:val="00742887"/>
     <w:rsid w:val="00743084"/>
     <w:rsid w:val="00746D6F"/>
     <w:rsid w:val="00750958"/>
     <w:rsid w:val="007549BC"/>
     <w:rsid w:val="00756B03"/>
     <w:rsid w:val="00766259"/>
     <w:rsid w:val="00773568"/>
     <w:rsid w:val="00773F76"/>
     <w:rsid w:val="00776C3E"/>
     <w:rsid w:val="007946FA"/>
     <w:rsid w:val="00794C87"/>
     <w:rsid w:val="00796E60"/>
     <w:rsid w:val="00797A4D"/>
     <w:rsid w:val="007A08BA"/>
     <w:rsid w:val="007A3223"/>
     <w:rsid w:val="007A69D8"/>
     <w:rsid w:val="007B5ACB"/>
     <w:rsid w:val="007C22BF"/>
     <w:rsid w:val="007C300E"/>
     <w:rsid w:val="007C54D8"/>
     <w:rsid w:val="007C64A7"/>
     <w:rsid w:val="007C7923"/>
     <w:rsid w:val="007D1AE5"/>
@@ -15059,50 +9085,51 @@
     <w:rsid w:val="00A83DBF"/>
     <w:rsid w:val="00A84EC3"/>
     <w:rsid w:val="00A87BC8"/>
     <w:rsid w:val="00A931B4"/>
     <w:rsid w:val="00A957F3"/>
     <w:rsid w:val="00AC0116"/>
     <w:rsid w:val="00AC157D"/>
     <w:rsid w:val="00AD1847"/>
     <w:rsid w:val="00AE1DA3"/>
     <w:rsid w:val="00AE26AD"/>
     <w:rsid w:val="00AE4348"/>
     <w:rsid w:val="00AF0D12"/>
     <w:rsid w:val="00AF0DA5"/>
     <w:rsid w:val="00AF3BA1"/>
     <w:rsid w:val="00AF5CEF"/>
     <w:rsid w:val="00AF77A7"/>
     <w:rsid w:val="00B0180B"/>
     <w:rsid w:val="00B01B9E"/>
     <w:rsid w:val="00B038FA"/>
     <w:rsid w:val="00B07A07"/>
     <w:rsid w:val="00B10435"/>
     <w:rsid w:val="00B121C8"/>
     <w:rsid w:val="00B159A9"/>
     <w:rsid w:val="00B15FCB"/>
     <w:rsid w:val="00B211E6"/>
+    <w:rsid w:val="00B2533C"/>
     <w:rsid w:val="00B25989"/>
     <w:rsid w:val="00B30E3E"/>
     <w:rsid w:val="00B30FBB"/>
     <w:rsid w:val="00B31604"/>
     <w:rsid w:val="00B31A05"/>
     <w:rsid w:val="00B374A6"/>
     <w:rsid w:val="00B40451"/>
     <w:rsid w:val="00B45AB0"/>
     <w:rsid w:val="00B47CA0"/>
     <w:rsid w:val="00B529A3"/>
     <w:rsid w:val="00B6044B"/>
     <w:rsid w:val="00B6328E"/>
     <w:rsid w:val="00B65143"/>
     <w:rsid w:val="00B80BC5"/>
     <w:rsid w:val="00B8301C"/>
     <w:rsid w:val="00B84DCD"/>
     <w:rsid w:val="00BA0600"/>
     <w:rsid w:val="00BA3779"/>
     <w:rsid w:val="00BA623E"/>
     <w:rsid w:val="00BA6F5E"/>
     <w:rsid w:val="00BB0571"/>
     <w:rsid w:val="00BB2A17"/>
     <w:rsid w:val="00BB5AEC"/>
     <w:rsid w:val="00BB674A"/>
     <w:rsid w:val="00BB7280"/>
@@ -15255,124 +9282,214 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3A6FA098"/>
+  <w15:docId w15:val="{66E89D0D-3972-4155-B01A-EAB208ACCB70}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -15441,50 +9558,154 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E67127"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk1Char"/>
     <w:qFormat/>
     <w:rsid w:val="009575CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
@@ -15521,50 +9742,51 @@
   <w:style w:type="paragraph" w:styleId="Balk3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk3Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0072235C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
@@ -15763,681 +9985,88 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
     <w:name w:val="Çözümlenmeyen Bahsetme1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00247AF5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
     <w:name w:val="Başlık 1 Char"/>
     <w:link w:val="Balk1"/>
     <w:rsid w:val="009575CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stbilgi">
+  <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stbilgiChar"/>
+    <w:link w:val="stBilgiChar"/>
     <w:rsid w:val="00135370"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
-    <w:name w:val="Üstbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="stbilgi"/>
+    <w:link w:val="stBilgi"/>
     <w:rsid w:val="00135370"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Altbilgi">
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltbilgiChar"/>
+    <w:link w:val="AltBilgiChar"/>
     <w:rsid w:val="00135370"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
-    <w:name w:val="Altbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="Altbilgi"/>
-[...592 lines deleted...]
-    <w:link w:val="Altbilgi"/>
+    <w:link w:val="AltBilgi"/>
     <w:rsid w:val="00135370"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B25989"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
     <w:name w:val="Başlık 2 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk2"/>
     <w:semiHidden/>
     <w:rsid w:val="0072235C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -16445,51 +10074,51 @@
       <w:bCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
     <w:name w:val="Başlık 3 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk3"/>
     <w:semiHidden/>
     <w:rsid w:val="0072235C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="4869271">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="133791500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16754,51 +10383,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1945192063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -17046,77 +10675,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70634C1C-5017-49E4-8B26-701AF1682A26}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D98CC0C7-8EDE-4CF0-8E1A-4275F62087D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>653</Words>
   <Characters>3724</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">