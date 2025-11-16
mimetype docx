--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -32,8387 +32,7841 @@
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
         <w:tblW w:w="10967" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1233"/>
         <w:gridCol w:w="719"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="797"/>
         <w:gridCol w:w="909"/>
         <w:gridCol w:w="978"/>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="1074"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2B8A" w:rsidRPr="0062459F" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00392D08" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="0062459F" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="00392D08" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0062459F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>SYLLABUS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71F9B79E" w14:textId="7F7B7000" w:rsidR="005A2B8A" w:rsidRPr="0062459F" w:rsidRDefault="0062459F" w:rsidP="0062459F">
+          <w:p w14:paraId="71F9B79E" w14:textId="7F7B7000" w:rsidR="005A2B8A" w:rsidRPr="00392D08" w:rsidRDefault="0062459F" w:rsidP="0062459F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0062459F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Faculty of Science and Letters / Department of Turkish Language and Literature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00482527" w:rsidRPr="0062459F" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00482527" w:rsidRPr="00392D08" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5543" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ECTS Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="0062459F" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00392D08" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5645F289" w14:textId="28EC2AB8" w:rsidR="00681162" w:rsidRPr="0062459F" w:rsidRDefault="002A699E" w:rsidP="0031691D">
+          <w:p w14:paraId="5645F289" w14:textId="28EC2AB8" w:rsidR="00681162" w:rsidRPr="00392D08" w:rsidRDefault="002A699E" w:rsidP="0031691D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TDE 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5543" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54764CA8" w14:textId="7F5E743B" w:rsidR="00681162" w:rsidRPr="0062459F" w:rsidRDefault="0006760D" w:rsidP="00833C72">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="54764CA8" w14:textId="7F5E743B" w:rsidR="00681162" w:rsidRPr="00392D08" w:rsidRDefault="0006760D" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>From Word to Data: Turkish Folk Literature in the Age of Artificial Intelligence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5967AF88" w14:textId="22823DF4" w:rsidR="00681162" w:rsidRPr="0062459F" w:rsidRDefault="00EE5630" w:rsidP="00833C72">
+          <w:p w14:paraId="5967AF88" w14:textId="22823DF4" w:rsidR="00681162" w:rsidRPr="00392D08" w:rsidRDefault="00EE5630" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-0-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79C5E0D3" w14:textId="16454E36" w:rsidR="00681162" w:rsidRPr="0062459F" w:rsidRDefault="00EE5630" w:rsidP="00833C72">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="79C5E0D3" w14:textId="16454E36" w:rsidR="00681162" w:rsidRPr="00392D08" w:rsidRDefault="00EE5630" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="0062459F" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00392D08" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prerequisite Courses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="640BECDB" w14:textId="09B3EE37" w:rsidR="00681162" w:rsidRPr="0062459F" w:rsidRDefault="00EE5630" w:rsidP="00833C72">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="640BECDB" w14:textId="09B3EE37" w:rsidR="00681162" w:rsidRPr="00392D08" w:rsidRDefault="00EE5630" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B4DBF" w:rsidRPr="0062459F" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="001B4DBF" w:rsidRPr="00392D08" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="0062459F" w:rsidRDefault="001B4DBF" w:rsidP="0031691D">
+          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00392D08" w:rsidRDefault="001B4DBF" w:rsidP="0031691D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="485B0539" w14:textId="05B4FCEC" w:rsidR="001B4DBF" w:rsidRPr="0062459F" w:rsidRDefault="00EE5630" w:rsidP="00833C72">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="485B0539" w14:textId="05B4FCEC" w:rsidR="001B4DBF" w:rsidRPr="00392D08" w:rsidRDefault="00EE5630" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Turkish</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="0062459F" w:rsidRDefault="001B4DBF">
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00392D08" w:rsidRDefault="001B4DBF">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Delivery Mode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="082FB09F" w14:textId="11909D6B" w:rsidR="001B4DBF" w:rsidRPr="0062459F" w:rsidRDefault="00982DAC" w:rsidP="001B4DBF">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="082FB09F" w14:textId="11909D6B" w:rsidR="001B4DBF" w:rsidRPr="00392D08" w:rsidRDefault="00982DAC" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Face to face</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="0062459F" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00392D08" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Type and Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40C618F0" w14:textId="4057E952" w:rsidR="00681162" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00833C72">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="40C618F0" w14:textId="4057E952" w:rsidR="00681162" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CA54F1" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00CA54F1" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Compulsory / Undergraduate / 1st Year / Fall Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="0062459F" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00392D08" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5401" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Instructor's Title, Name, and Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1753" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9">
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Office Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="0062459F" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00392D08" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5401" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10E9F61A" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="0062459F" w:rsidRDefault="00F96934" w:rsidP="0031691D">
+          <w:p w14:paraId="10E9F61A" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00392D08" w:rsidRDefault="00F96934" w:rsidP="0031691D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1753" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A92F4D2" w14:textId="20D5EAFA" w:rsidR="00F96934" w:rsidRPr="0062459F" w:rsidRDefault="00F6405B" w:rsidP="00833C72">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="7A92F4D2" w14:textId="20D5EAFA" w:rsidR="00F96934" w:rsidRPr="00392D08" w:rsidRDefault="00F6405B" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tuesday 13:20-15:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72C71106" w14:textId="1F55FEE5" w:rsidR="00F96934" w:rsidRPr="0062459F" w:rsidRDefault="00F6405B" w:rsidP="00833C72">
+          <w:p w14:paraId="72C71106" w14:textId="1F55FEE5" w:rsidR="00F96934" w:rsidRPr="00392D08" w:rsidRDefault="00F6405B" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Thursday 10:00-12:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59E51361" w14:textId="2579C689" w:rsidR="00F96934" w:rsidRPr="0062459F" w:rsidRDefault="00AC15B7" w:rsidP="00833C72">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="59E51361" w14:textId="2579C689" w:rsidR="00F96934" w:rsidRPr="00392D08" w:rsidRDefault="00AC15B7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>alilsevin@cag.edu.tr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="0062459F" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00392D08" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Coordinator:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED79668" w14:textId="50DF8C72" w:rsidR="00F96934" w:rsidRPr="0062459F" w:rsidRDefault="00F6405B" w:rsidP="0034027E">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0ED79668" w14:textId="50DF8C72" w:rsidR="00F96934" w:rsidRPr="00392D08" w:rsidRDefault="00F6405B" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prof. Dr. Sevin Arslan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003537D4" w:rsidRPr="0062459F" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003537D4" w:rsidRPr="00392D08" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65E7B619" w14:textId="0C101F12" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
+          <w:p w14:paraId="65E7B619" w14:textId="0C101F12" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="0031691D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Objectives</w:t>
             </w:r>
-            <w:r w:rsidR="0031691D" w:rsidRPr="0062459F">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> the digitalization process of oral culture through artificial intelligence technologies. The course seeks to enable students to examine traditional narrative forms using both literary and digital tools, fostering awareness about the preservation and reproduction of cultural heritage.</w:t>
+            <w:r w:rsidR="0031691D" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The aim of this course is to introduce the fundamental concepts, genres, and representatives of Turkish folk literature, and to teach students how to analyse the digitalization process of oral culture through artificial intelligence technologies. The course seeks to enable students to examine traditional narrative forms using both literary and digital tools, fostering awareness about the preservation and reproduction of cultural heritage.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="0062459F" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00392D08" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Learning Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Upon successful completion of this course, the student will be able to;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Relations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="0062459F" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00392D08" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
-[...6 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Program Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Net Contribution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="0062459F" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00392D08" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E40272B" w14:textId="693F1302" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="00EA40F9" w:rsidP="00466279">
+          <w:p w14:paraId="2E40272B" w14:textId="693F1302" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="00EA40F9" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Apply Artificial Intelligence technologies in Folk Literature research.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2B5677" w14:textId="332917BD" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="00BA3DFA" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="6E2B5677" w14:textId="332917BD" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="00BA3DFA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA0F5C4" w14:textId="4A80888C" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="00BA3DFA" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0FA0F5C4" w14:textId="4A80888C" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="00BA3DFA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="0062459F" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00392D08" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0185FF67" w14:textId="140647EF" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="00EA40F9" w:rsidP="00466279">
+          <w:p w14:paraId="0185FF67" w14:textId="140647EF" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="00EA40F9" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comprehend the basic concepts and terms of folk literature and visualize their interrelations using AI-based concept maps.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA3CF30" w14:textId="33A944AC" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="005D00EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0CA3CF30" w14:textId="33A944AC" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="005D00EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="035023D5" w14:textId="5E0F775F" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="005D00EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="035023D5" w14:textId="5E0F775F" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="005D00EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="0062459F" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00392D08" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C314DDE" w14:textId="220290C9" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="007844FE" w:rsidP="00466279">
+          <w:p w14:paraId="4C314DDE" w14:textId="220290C9" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="007844FE" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluate the formation and development of folk literature and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>analyze</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> historical periods using digital timelines and data visualization tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A850E46" w14:textId="133B96D5" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="005D00EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="1A850E46" w14:textId="133B96D5" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="005D00EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1, 7, 10, 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8157FC" w14:textId="737279EA" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="005D00EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="7D8157FC" w14:textId="737279EA" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="005D00EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5, 5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="0062459F" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00392D08" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F332E2A" w14:textId="44F17820" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="007844FE" w:rsidP="00466279">
+          <w:p w14:paraId="6F332E2A" w14:textId="44F17820" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="007844FE" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Classify oral and written sources of folk literature through digital text analysis methods.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="197EF09B" w14:textId="310BB24B" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="002E28D1" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="197EF09B" w14:textId="310BB24B" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="002E28D1" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35E11ACA" w14:textId="2E6E32C1" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="002E28D1" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="35E11ACA" w14:textId="2E6E32C1" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="002E28D1" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="0062459F" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00392D08" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C97D80A" w14:textId="34066194" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="007844FE" w:rsidP="00466279">
+          <w:p w14:paraId="1C97D80A" w14:textId="34066194" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="007844FE" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Develop applications for automatic storytelling, motif recognition, and voice-based narration systems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0847AFD5" w14:textId="6D952457" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="00ED48AC" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0847AFD5" w14:textId="6D952457" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="00ED48AC" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10, 12, 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41313AB2" w14:textId="737A31ED" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="002E28D1" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="41313AB2" w14:textId="737A31ED" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="002E28D1" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="0062459F" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00392D08" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63906508" w14:textId="4EC3BF1E" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="007844FE" w:rsidP="00466279">
+          <w:p w14:paraId="63906508" w14:textId="4EC3BF1E" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="007844FE" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Recognize important artists of folk literature and </w:t>
             </w:r>
-            <w:r w:rsidR="0062459F" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="0062459F" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>analyse</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> their works digitally to evaluate stylistic features in a data-driven manner.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3580C7C9" w14:textId="3825A0B3" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="00ED48AC" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="3580C7C9" w14:textId="3825A0B3" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="00ED48AC" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10, 12, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="287D48BB" w14:textId="015F95D1" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="00ED48AC" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="287D48BB" w14:textId="015F95D1" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="00ED48AC" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="0062459F" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00392D08" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1257CC14" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="1257CC14" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3CE84B" w14:textId="4FD0A925" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="00BA3DFA" w:rsidP="00466279">
+          <w:p w14:paraId="4D3CE84B" w14:textId="4FD0A925" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="00BA3DFA" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Discuss the transformation of folk literature from oral to digital culture and use AI as an effective tool in preserving and reproducing cultural heritage.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34A85499" w14:textId="2C842CC5" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="00932BD2" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="34A85499" w14:textId="2C842CC5" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="00932BD2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11, 12, 17, 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38C232C5" w14:textId="0CE5DCBB" w:rsidR="003A0CE5" w:rsidRPr="0062459F" w:rsidRDefault="00932BD2" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="38C232C5" w14:textId="0CE5DCBB" w:rsidR="003A0CE5" w:rsidRPr="00392D08" w:rsidRDefault="00932BD2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4, 4, 5, 5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5C97" w:rsidRPr="0062459F" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="00392D08" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Content:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D60200" w14:textId="10B9DF91" w:rsidR="001B5C97" w:rsidRPr="0062459F" w:rsidRDefault="00932BD2" w:rsidP="001B5C97">
+          <w:p w14:paraId="39D60200" w14:textId="10B9DF91" w:rsidR="001B5C97" w:rsidRPr="00392D08" w:rsidRDefault="00932BD2" w:rsidP="001B5C97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">This course goes beyond teaching the forms and genres of Turkish folk literature by focusing on protecting, </w:t>
             </w:r>
-            <w:r w:rsidR="0062459F" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="0062459F" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>analysing</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, and interpreting this cultural heritage using artificial intelligence and digital tools. It aims to sustain folk literature by connecting it with contemporary art and digital culture.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="003208C3">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="003208C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Schedule (Weekly Plan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Topic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Preparation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teaching Methods and Techniques</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43B9E913" w14:textId="6C7A551F" w:rsidR="003923D0" w:rsidRPr="0062459F" w:rsidRDefault="008B7916" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="43B9E913" w14:textId="6C7A551F" w:rsidR="003923D0" w:rsidRPr="00392D08" w:rsidRDefault="008B7916" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Course Introduction: Objectives, Scope, and Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2F6454" w14:textId="3ABEF34B" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="0097150E" w:rsidP="00466279">
+          <w:p w14:paraId="4E2F6454" w14:textId="3ABEF34B" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="0097150E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Review syllabus; introduction to AI tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B28CFF9" w14:textId="42EE0A23" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00B1167E" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0B28CFF9" w14:textId="42EE0A23" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00B1167E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Presentation, Discussion, Brainstorming</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0195B8CF" w14:textId="155B343B" w:rsidR="003923D0" w:rsidRPr="0062459F" w:rsidRDefault="00E87A4B" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0195B8CF" w14:textId="155B343B" w:rsidR="003923D0" w:rsidRPr="00392D08" w:rsidRDefault="00E87A4B" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Concept, Scope, and General Features of Folk Literature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DFA02F" w14:textId="65484945" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00B67F52" w:rsidP="00466279">
+          <w:p w14:paraId="67DFA02F" w14:textId="65484945" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00B67F52" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Read basic concepts; discuss the idea of "folk".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="091113C1" w14:textId="604C6C5C" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00B1167E" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="091113C1" w14:textId="604C6C5C" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00B1167E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lecture, Q&amp;A, Example Analysis, Concept Mapping, Digital Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49527597" w14:textId="16A19784" w:rsidR="003923D0" w:rsidRPr="0062459F" w:rsidRDefault="001E4976" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="49527597" w14:textId="16A19784" w:rsidR="003923D0" w:rsidRPr="00392D08" w:rsidRDefault="001E4976" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sources of Turkish Folk Literature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B75F9D1" w14:textId="4E7C7AED" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00B67F52" w:rsidP="00466279">
+          <w:p w14:paraId="7B75F9D1" w14:textId="4E7C7AED" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00B67F52" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Examine compilation </w:t>
             </w:r>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>examples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77FDD091" w14:textId="7595B9FF" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00B1167E" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="77FDD091" w14:textId="7595B9FF" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00B1167E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Group Work, Digital </w:t>
             </w:r>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Source Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBFAA8E" w14:textId="3671F5DF" w:rsidR="003923D0" w:rsidRPr="0062459F" w:rsidRDefault="001E4976" w:rsidP="00466279">
-[...17 lines deleted...]
-              <w:t>Forms and Types of Folk Poetry</w:t>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="3671F5DF" w:rsidR="003923D0" w:rsidRPr="00392D08" w:rsidRDefault="001E4976" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forms and Types of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Folk</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Poetry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72FEE239" w14:textId="317E25A7" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00B67F52" w:rsidP="00466279">
+          <w:p w14:paraId="72FEE239" w14:textId="317E25A7" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00B67F52" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Study verse structure and metrics.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3739A057" w14:textId="33F28E26" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00F573EA" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="3739A057" w14:textId="33F28E26" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00F573EA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AI-Assisted Poetry Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8C3390" w14:textId="2F4F2B24" w:rsidR="003923D0" w:rsidRPr="0062459F" w:rsidRDefault="001E4976" w:rsidP="00466279">
-[...6 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="5E8C3390" w14:textId="2F4F2B24" w:rsidR="003923D0" w:rsidRPr="00392D08" w:rsidRDefault="001E4976" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mâni</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Türkü: Structure, Theme, Melody, Function</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43A2FED1" w14:textId="161B36B0" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00D11311" w:rsidP="00466279">
+          <w:p w14:paraId="43A2FED1" w14:textId="161B36B0" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00D11311" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Listen to samples of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mâni</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Türkü.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F167A28" w14:textId="59BABC18" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00F573EA" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="5F167A28" w14:textId="59BABC18" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00F573EA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Melody Analysis, Voice-Based Storytelling Practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="206DAB37" w14:textId="528D2DF4" w:rsidR="003923D0" w:rsidRPr="0062459F" w:rsidRDefault="0097150E" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="206DAB37" w14:textId="528D2DF4" w:rsidR="003923D0" w:rsidRPr="00392D08" w:rsidRDefault="0097150E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lament, Lullaby, Tongue Twister, Riddle, Proverb, Idiom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4E24EA" w14:textId="67536EAE" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00D11311" w:rsidP="00466279">
+          <w:p w14:paraId="2A4E24EA" w14:textId="67536EAE" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00D11311" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Compilation work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12EAE6DF" w14:textId="3361D036" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00F573EA" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="12EAE6DF" w14:textId="3361D036" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00F573EA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Classification, Functional Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65547CF4" w14:textId="4371EEA7" w:rsidR="003923D0" w:rsidRPr="0062459F" w:rsidRDefault="0097150E" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="65547CF4" w14:textId="4371EEA7" w:rsidR="003923D0" w:rsidRPr="00392D08" w:rsidRDefault="0097150E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Analysis of Anonymous Genres through Digital Culture and AI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="754A76C7" w14:textId="34918035" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00D11311" w:rsidP="00466279">
+          <w:p w14:paraId="754A76C7" w14:textId="34918035" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00D11311" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Digitalization of previous examples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44BB9DD7" w14:textId="231525C8" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00F573EA" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="44BB9DD7" w14:textId="231525C8" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00F573EA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Use of Digital Tools, Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Midterm Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...6 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Midterm Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="305D5438" w14:textId="5335CC14" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00F04197" w:rsidP="00466279">
+          <w:p w14:paraId="305D5438" w14:textId="5335CC14" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00F04197" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Project draft preparation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0774A7A9" w14:textId="5BFC2D81" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00B720C7" w:rsidP="00466279">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0774A7A9" w14:textId="1F263118" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="645FD6BD" w14:textId="0D50CC44" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00D01D58" w:rsidP="00466279">
-[...17 lines deleted...]
-              <w:t>Epic, Fairy Tale, Folk Stories (Dede Korkut)</w:t>
+          <w:p w14:paraId="645FD6BD" w14:textId="0D57D55D" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00C9671E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Analysis of Anonymous Genres through Digital Culture and Artificial Intelligence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBDEF72" w14:textId="1CF8AC79" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="000769A5" w:rsidP="00466279">
+          <w:p w14:paraId="4BBDEF72" w14:textId="58B36D17" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00776A82" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...75 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Digitalization of previous examples; creation of an AI-supported folk literature map</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5097B9A3" w14:textId="196E1393" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00BC0322" w:rsidP="00466279">
-[...17 lines deleted...]
-              <w:t>Story Analysis, Narrative Mapping, Character Analysis</w:t>
+          <w:p w14:paraId="5097B9A3" w14:textId="7A53D2BB" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00DA7BE4" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Discussion, Interactive Analysis</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA5604" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA5604" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AI-based text classification; comparison of digital culture samples</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2531C78E" w14:textId="23F57C14" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00627B6A" w:rsidP="00466279">
-[...39 lines deleted...]
-              <w:t>: Karagöz, Orta Oyunu, Meddah</w:t>
+          <w:p w14:paraId="2531C78E" w14:textId="0C3F8FD2" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00B53F2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Epics and Their Features</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01C14D55" w14:textId="7A26B8A7" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="000769A5" w:rsidP="00466279">
+          <w:p w14:paraId="01C14D55" w14:textId="12BDD1CE" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00A028BD" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-              <w:t>Watch sample videos; character recognition.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reading and </w:t>
+            </w:r>
+            <w:r w:rsidR="00392D08" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>analysing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the text “Oğuz Kağan Epic”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC078F0" w14:textId="44B429D6" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00BC0322" w:rsidP="00466279">
-[...17 lines deleted...]
-              <w:t>Drama, Role-Play, Performance</w:t>
+          <w:p w14:paraId="6FC078F0" w14:textId="5412E2AA" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="002816A6" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Text Analysis, Interpretation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AI-supported character analysis, interactive timeline</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22B5E4B9" w14:textId="5B29A344" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="00627B6A" w:rsidP="00466279">
-[...17 lines deleted...]
-              <w:t>Minstrel Literature and the Tradition of Minstrelsy</w:t>
+          <w:p w14:paraId="22B5E4B9" w14:textId="0759141A" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00D414A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Creation, Emergence, and Migration Epics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37145211" w14:textId="087606B9" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="000769A5" w:rsidP="00466279">
+          <w:p w14:paraId="37145211" w14:textId="09682BD2" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00A028BD" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-              <w:t>Watch a documentary on minstrel tradition.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Comparative analysis of “Ergenekon” and “Bozkurt” epics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="219D2D3F" w14:textId="19B9019F" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="004A499D" w:rsidP="00466279">
-[...17 lines deleted...]
-              <w:t>Interview, Creative Writing</w:t>
+          <w:p w14:paraId="219D2D3F" w14:textId="1E8C751E" w:rsidR="006C7AD3" w:rsidRPr="00392D08" w:rsidRDefault="00317247" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Discussion, Group Work</w:t>
+            </w:r>
+            <w:r w:rsidR="006C7AD3" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006C7AD3" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Visualization with digital map and genealogy creation tools</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005221D8" w:rsidRPr="0062459F" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="005221D8" w:rsidRPr="00392D08" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="005221D8" w:rsidRPr="0062459F" w:rsidRDefault="005221D8" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="005221D8" w:rsidRPr="00392D08" w:rsidRDefault="005221D8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1506B42E" w14:textId="2C1F512F" w:rsidR="005221D8" w:rsidRPr="0062459F" w:rsidRDefault="00627B6A" w:rsidP="00466279">
-[...61 lines deleted...]
-              <w:t>, Epic)</w:t>
+          <w:p w14:paraId="1506B42E" w14:textId="1A83B3AB" w:rsidR="005221D8" w:rsidRPr="00392D08" w:rsidRDefault="00D414A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tales: Turkish Tales, Their Features and Classification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3AFD50" w14:textId="657B642F" w:rsidR="005221D8" w:rsidRPr="0062459F" w:rsidRDefault="00376839" w:rsidP="00466279">
+          <w:p w14:paraId="3D3AFD50" w14:textId="03B286C3" w:rsidR="005221D8" w:rsidRPr="00392D08" w:rsidRDefault="00FA1274" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-              <w:t>Comparative study of verse forms.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Watching the “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Keloğlan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tale” film; character analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B14AD2C" w14:textId="7EB33FB5" w:rsidR="005221D8" w:rsidRPr="0062459F" w:rsidRDefault="00282CF1" w:rsidP="00466279">
-[...17 lines deleted...]
-              <w:t>Poem Analysis, Digital Comparison</w:t>
+          <w:p w14:paraId="1B14AD2C" w14:textId="65F8D29B" w:rsidR="005221D8" w:rsidRPr="00392D08" w:rsidRDefault="00317247" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tale Analysis, Character Analysis</w:t>
+            </w:r>
+            <w:r w:rsidR="006C7AD3" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006C7AD3" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AI-supported tale analysis tool (e.g., emotional tone of characters)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883290" w:rsidRPr="0062459F" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00883290" w:rsidRPr="00392D08" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="0062459F" w:rsidRDefault="00883290" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="00883290" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A60206C" w14:textId="59FDC135" w:rsidR="00883290" w:rsidRPr="0062459F" w:rsidRDefault="00534166" w:rsidP="00466279">
-[...52 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="5A60206C" w14:textId="1E72E6C7" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="00112B7C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Folk Stories (Dede Korkut)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34C8B00B" w14:textId="6561CD57" w:rsidR="00883290" w:rsidRPr="0062459F" w:rsidRDefault="00376839" w:rsidP="00466279">
+          <w:p w14:paraId="34C8B00B" w14:textId="6AD2439C" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="00FA1274" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-              <w:t>Listen to audio poems.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reading “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Basat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tepegöz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>” section; creating a narrative map</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1216638D" w14:textId="18880D1F" w:rsidR="00883290" w:rsidRPr="0062459F" w:rsidRDefault="00282CF1" w:rsidP="00466279">
-[...17 lines deleted...]
-              <w:t>Digital Sound Analysis, Sentiment Analysis</w:t>
+          <w:p w14:paraId="1216638D" w14:textId="0EED0988" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="0067507E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Story Analysis, Narrative Mapping</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007152C2" w:rsidRPr="0062459F" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="007152C2" w:rsidRPr="00392D08" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="007152C2" w:rsidRPr="0062459F" w:rsidRDefault="007152C2" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="007152C2" w:rsidRPr="00392D08" w:rsidRDefault="007152C2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00883290" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00883290" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="507B399A" w14:textId="50EFDC42" w:rsidR="007152C2" w:rsidRPr="0062459F" w:rsidRDefault="00534166" w:rsidP="00466279">
-[...52 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="507B399A" w14:textId="03F7D201" w:rsidR="007152C2" w:rsidRPr="00392D08" w:rsidRDefault="00112B7C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Folk Theatre: Karagöz, Orta Oyunu, Meddah</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="225D9DC4" w14:textId="73628AFB" w:rsidR="007152C2" w:rsidRPr="0062459F" w:rsidRDefault="00376839" w:rsidP="00466279">
+          <w:p w14:paraId="225D9DC4" w14:textId="15546CCD" w:rsidR="007152C2" w:rsidRPr="00392D08" w:rsidRDefault="00FA1274" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> documentary.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Watching videos, identifying characters and stage elements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7A335A" w14:textId="5DD4D89C" w:rsidR="007152C2" w:rsidRPr="0062459F" w:rsidRDefault="00DE7DA5" w:rsidP="00466279">
-[...17 lines deleted...]
-              <w:t>Visual Analysis, Comparison</w:t>
+          <w:p w14:paraId="7C7A335A" w14:textId="6116954A" w:rsidR="007152C2" w:rsidRPr="00392D08" w:rsidRDefault="0067507E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Performance, Discussion</w:t>
+            </w:r>
+            <w:r w:rsidR="003A7FB8" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="003A7FB8" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AI-supported narrative analysis (using Story</w:t>
+            </w:r>
+            <w:r w:rsidR="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A7FB8" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Map or ChatGPT-based mapping)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883290" w:rsidRPr="0062459F" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00883290" w:rsidRPr="00392D08" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="0062459F" w:rsidRDefault="00CC1866" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="00CC1866" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F656482" w14:textId="77777777" w:rsidR="00534166" w:rsidRPr="00392D08" w:rsidRDefault="00534166" w:rsidP="00534166">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:vanish/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="15" w:type="dxa"/>
+              <w:tblCellMar>
+                <w:top w:w="15" w:type="dxa"/>
+                <w:left w:w="15" w:type="dxa"/>
+                <w:bottom w:w="15" w:type="dxa"/>
+                <w:right w:w="15" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7375"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00534166" w:rsidRPr="00392D08" w14:paraId="6ED90E7C" w14:textId="77777777">
+              <w:trPr>
+                <w:tblCellSpacing w:w="15" w:type="dxa"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7315" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="5FCDA252" w14:textId="25A7CDBF" w:rsidR="00534166" w:rsidRPr="00392D08" w:rsidRDefault="00534166" w:rsidP="00534166">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="34D275E4" w14:textId="5ACC0EC4" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="00F74A3E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Karagöz Practice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09017603" w14:textId="6994B764" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="00895AFD" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Writing and performing a short scene</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1818FDD3" w14:textId="3D96B904" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="007176C6" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Drama, Role Playing</w:t>
+            </w:r>
+            <w:r w:rsidR="003A7FB8" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00883290" w:rsidRPr="00392D08" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="00CC1866" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EA682F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BABA8DD" w14:textId="595AA6DD" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="00895AFD" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Writing and performing a short scene</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="037A25AB" w14:textId="17D83CB4" w:rsidR="00883290" w:rsidRPr="00392D08" w:rsidRDefault="003A7FB8" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00187E68" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Digital stage simulation; character voice-over tools</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC1866" w:rsidRPr="00392D08" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="00CC1866" w:rsidRPr="00392D08" w:rsidRDefault="00CC1866" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="466131D0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C0D284" w14:textId="54CE4896" w:rsidR="00CC1866" w:rsidRPr="00392D08" w:rsidRDefault="000057A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Preparation of digital portfolio.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1558DAF0" w14:textId="698B8497" w:rsidR="00CC1866" w:rsidRPr="00392D08" w:rsidRDefault="009C1D6A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Presentation, Project Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF085FE" w14:textId="76B5282D" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="005C1D17" w:rsidP="00BB56A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">M. Öcal Oğuz et al., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Turkish Folk Literature: Handbook</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 10th Edition, Ankara, 2013.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Prof. Dr. Sevin Arslan’s lecture notes.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Recommended References:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D75E96" w14:textId="43F8F689" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="005C1D17" w:rsidP="00BB56A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pertev</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Naili Boratav, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Turkish Folk Literature in 100 Questions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bilgesu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Publishing.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Prof. Dr. Erman Artur, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Introduction to Turkish Folk Literature</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Karahan Publishing, 2021.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Mehmet Kaplan, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Studies on Turkish Literature I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kitapyurdu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 1999.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ignacz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kunos, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Turkish Folk Literature</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Edited by </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tüncer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gülensoy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Akçağ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Publishing, 2019.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Assessment and Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="0009745F" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206EDFB6" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5888FADE" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB49BA" w:rsidRPr="00392D08" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9DB5E8" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C58554F" w14:textId="616CD93D" w:rsidR="00BB49BA" w:rsidRPr="00392D08" w:rsidRDefault="005C1D17" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CD7661" w14:textId="056A9E6D" w:rsidR="00BB49BA" w:rsidRPr="00392D08" w:rsidRDefault="00436C4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="00BB49BA" w:rsidRPr="00392D08" w:rsidRDefault="00BB49BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A566C4" w:rsidRPr="00392D08" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="741351E7" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Assignment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2439FEE9" w14:textId="01A41977" w:rsidR="00A566C4" w:rsidRPr="00392D08" w:rsidRDefault="00436C4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF4EB03" w14:textId="51D289AA" w:rsidR="00A566C4" w:rsidRPr="00392D08" w:rsidRDefault="00436C4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="00A566C4" w:rsidRPr="00392D08" w:rsidRDefault="00A566C4" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB49BA" w:rsidRPr="00392D08" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C386AF4" w14:textId="0F71A175" w:rsidR="00BB49BA" w:rsidRPr="00392D08" w:rsidRDefault="00436C4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6BF518" w14:textId="62E95015" w:rsidR="00BB49BA" w:rsidRPr="00392D08" w:rsidRDefault="00436C4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="00BB49BA" w:rsidRPr="00392D08" w:rsidRDefault="00BB49BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00880F10" w:rsidRPr="00392D08" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B4D944" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Portfolio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFFE551" w14:textId="77777777" w:rsidR="00880F10" w:rsidRPr="00392D08" w:rsidRDefault="00880F10" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="500CFF36" w14:textId="77777777" w:rsidR="00880F10" w:rsidRPr="00392D08" w:rsidRDefault="00880F10" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA78998" w14:textId="77777777" w:rsidR="00880F10" w:rsidRPr="00392D08" w:rsidRDefault="00880F10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A41C7C" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E598CA" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ECTS Table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="588A7CE7" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00E56168" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133035B" w14:textId="5EB38301" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00170344" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Out-of-Class Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00942B57" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="6BC7394F" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00170344" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305EBC64" w14:textId="7FEEAF99" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="00170344" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D24AE5" w:rsidRPr="00392D08" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DC74E3" w14:textId="6C9ED945" w:rsidR="00D24AE5" w:rsidRPr="00392D08" w:rsidRDefault="0009745F" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:r w:rsidR="00880F10" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="15" w:type="dxa"/>
               <w:tblCellMar>
                 <w:top w:w="15" w:type="dxa"/>
                 <w:left w:w="15" w:type="dxa"/>
                 <w:bottom w:w="15" w:type="dxa"/>
                 <w:right w:w="15" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="110"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00534166" w:rsidRPr="0062459F" w14:paraId="55DA3663" w14:textId="77777777">
+            <w:tr w:rsidR="00E56168" w:rsidRPr="00392D08" w14:paraId="53E34735" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="36" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="61FA2E97" w14:textId="77777777" w:rsidR="00534166" w:rsidRPr="0062459F" w:rsidRDefault="00534166" w:rsidP="00534166">
+                <w:p w14:paraId="1F09BEA3" w14:textId="77777777" w:rsidR="00E56168" w:rsidRPr="00392D08" w:rsidRDefault="00E56168" w:rsidP="00E56168">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="2F656482" w14:textId="77777777" w:rsidR="00534166" w:rsidRPr="0062459F" w:rsidRDefault="00534166" w:rsidP="00534166">
+          <w:p w14:paraId="512FADD8" w14:textId="77777777" w:rsidR="00E56168" w:rsidRPr="00392D08" w:rsidRDefault="00E56168" w:rsidP="00E56168">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:vanish/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...2158 lines deleted...]
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="15" w:type="dxa"/>
               <w:tblCellMar>
                 <w:top w:w="15" w:type="dxa"/>
                 <w:left w:w="15" w:type="dxa"/>
                 <w:bottom w:w="15" w:type="dxa"/>
                 <w:right w:w="15" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1583"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00E56168" w:rsidRPr="0062459F" w14:paraId="371A3D0F" w14:textId="77777777">
+            <w:tr w:rsidR="00E56168" w:rsidRPr="00392D08" w14:paraId="371A3D0F" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1523" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="2D2D1F65" w14:textId="77777777" w:rsidR="00E56168" w:rsidRPr="0062459F" w:rsidRDefault="00E56168" w:rsidP="00E56168">
+                <w:p w14:paraId="2D2D1F65" w14:textId="77777777" w:rsidR="00E56168" w:rsidRPr="00392D08" w:rsidRDefault="00E56168" w:rsidP="00E56168">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0062459F">
+                  <w:r w:rsidRPr="00392D08">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>1 (for midterm)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="357D0288" w14:textId="77777777" w:rsidR="00D24AE5" w:rsidRPr="0062459F" w:rsidRDefault="00D24AE5" w:rsidP="00466279">
-[...7 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="357D0288" w14:textId="77777777" w:rsidR="00D24AE5" w:rsidRPr="00392D08" w:rsidRDefault="00D24AE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17D6DB9F" w14:textId="05D29E6D" w:rsidR="00D24AE5" w:rsidRPr="0062459F" w:rsidRDefault="00170344" w:rsidP="00466279">
+          <w:p w14:paraId="17D6DB9F" w14:textId="05D29E6D" w:rsidR="00D24AE5" w:rsidRPr="00392D08" w:rsidRDefault="00170344" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28B42FCA" w14:textId="093168FE" w:rsidR="00D24AE5" w:rsidRPr="0062459F" w:rsidRDefault="003B7A8E" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="28B42FCA" w14:textId="093168FE" w:rsidR="00D24AE5" w:rsidRPr="00392D08" w:rsidRDefault="003B7A8E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00880F10" w:rsidRPr="0062459F" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00880F10" w:rsidRPr="00392D08" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67FF27EF" w14:textId="5AEB1BF9" w:rsidR="00880F10" w:rsidRPr="0062459F" w:rsidRDefault="003B7A8E" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="67FF27EF" w14:textId="5AEB1BF9" w:rsidR="00880F10" w:rsidRPr="00392D08" w:rsidRDefault="003B7A8E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42ABE267" w14:textId="34D6CD03" w:rsidR="00880F10" w:rsidRPr="0062459F" w:rsidRDefault="00170344" w:rsidP="00466279">
+          <w:p w14:paraId="42ABE267" w14:textId="34D6CD03" w:rsidR="00880F10" w:rsidRPr="00392D08" w:rsidRDefault="00170344" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57195671" w14:textId="4EA09C1D" w:rsidR="00880F10" w:rsidRPr="0062459F" w:rsidRDefault="003B7A8E" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="57195671" w14:textId="4EA09C1D" w:rsidR="00880F10" w:rsidRPr="00392D08" w:rsidRDefault="003B7A8E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00880F10" w:rsidRPr="0062459F" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00880F10" w:rsidRPr="00392D08" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26407A65" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="26407A65" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12A42939" w14:textId="5B1084EA" w:rsidR="00880F10" w:rsidRPr="0062459F" w:rsidRDefault="00E56168" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="12A42939" w14:textId="5B1084EA" w:rsidR="00880F10" w:rsidRPr="00392D08" w:rsidRDefault="00E56168" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 (for final)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECE207C" w14:textId="6B58E3A2" w:rsidR="00880F10" w:rsidRPr="0062459F" w:rsidRDefault="00170344" w:rsidP="00466279">
+          <w:p w14:paraId="3ECE207C" w14:textId="6B58E3A2" w:rsidR="00880F10" w:rsidRPr="00392D08" w:rsidRDefault="00170344" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04C11868" w14:textId="2F692D6E" w:rsidR="00880F10" w:rsidRPr="0062459F" w:rsidRDefault="003B7A8E" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="04C11868" w14:textId="2F692D6E" w:rsidR="00880F10" w:rsidRPr="00392D08" w:rsidRDefault="003B7A8E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="0009745F" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="0009745F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Midterm Exam</w:t>
             </w:r>
-            <w:r w:rsidR="00880F10" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00880F10" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A566C4" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Midterm Exam Duration </w:t>
             </w:r>
-            <w:r w:rsidR="00A566C4" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">+ </w:t>
             </w:r>
-            <w:r w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Midterm Exam Preparation</w:t>
             </w:r>
-            <w:r w:rsidR="00A566C4" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D88A7C9" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...7 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="4D88A7C9" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E99A2E3" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="0E99A2E3" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="370AA247" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...7 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="370AA247" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="0062459F" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00392D08" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
-            <w:r w:rsidR="0009745F" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="0009745F" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
-            <w:r w:rsidR="00880F10" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00880F10" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A566C4" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(Final </w:t>
             </w:r>
-            <w:r w:rsidR="0009745F" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="0009745F" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Exam Duration </w:t>
             </w:r>
-            <w:r w:rsidR="00A566C4" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">+ Final </w:t>
             </w:r>
-            <w:r w:rsidR="0009745F" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="0009745F" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Exam Preparation</w:t>
             </w:r>
-            <w:r w:rsidR="00A566C4" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1005A983" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...7 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="1005A983" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4444D1E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="4444D1E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3506B9" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="0062459F" w:rsidRDefault="003360EF" w:rsidP="00466279">
-[...7 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="1F3506B9" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00392D08" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC693D" w:rsidRPr="0062459F" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00EC693D" w:rsidRPr="00392D08" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00EC693D" w:rsidRPr="0062459F" w:rsidRDefault="0009745F" w:rsidP="00EC693D">
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00EC693D" w:rsidRPr="00392D08" w:rsidRDefault="0009745F" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
-            <w:r w:rsidR="00EC693D" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00EC693D" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21B894EB" w14:textId="219B1F93" w:rsidR="00EC693D" w:rsidRPr="0062459F" w:rsidRDefault="003B7A8E" w:rsidP="00D41B6B">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="21B894EB" w14:textId="219B1F93" w:rsidR="00EC693D" w:rsidRPr="00392D08" w:rsidRDefault="003B7A8E" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>178</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC693D" w:rsidRPr="0062459F" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00EC693D" w:rsidRPr="00392D08" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00EC693D" w:rsidRPr="0062459F" w:rsidRDefault="0009745F" w:rsidP="00EC693D">
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00EC693D" w:rsidRPr="00392D08" w:rsidRDefault="0009745F" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
-            <w:r w:rsidR="00EC693D" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00EC693D" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27F77D59" w14:textId="0310A3F7" w:rsidR="00EC693D" w:rsidRPr="0062459F" w:rsidRDefault="003B7A8E" w:rsidP="00D41B6B">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="27F77D59" w14:textId="0310A3F7" w:rsidR="00EC693D" w:rsidRPr="00392D08" w:rsidRDefault="003B7A8E" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5,93</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC693D" w:rsidRPr="0062459F" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00EC693D" w:rsidRPr="00392D08" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00EC693D" w:rsidRPr="0062459F" w:rsidRDefault="0009745F" w:rsidP="00EC693D">
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00EC693D" w:rsidRPr="00392D08" w:rsidRDefault="0009745F" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ECTS Credit</w:t>
             </w:r>
-            <w:r w:rsidR="00EC693D" w:rsidRPr="0062459F">
-[...5 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidR="00EC693D" w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C524EC3" w14:textId="306EFE78" w:rsidR="00EC693D" w:rsidRPr="0062459F" w:rsidRDefault="003B7A8E" w:rsidP="00D41B6B">
-[...16 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="6C524EC3" w14:textId="306EFE78" w:rsidR="00EC693D" w:rsidRPr="00392D08" w:rsidRDefault="003B7A8E" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0062459F" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00392D08" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0062459F" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00392D08" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0062459F">
+      <w:r w:rsidRPr="00392D08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="0062459F" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00392D08" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="0062459F" w:rsidRDefault="00FB68D9">
-[...15 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00392D08" w:rsidRDefault="00FB68D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Past Term Achievements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="0062459F" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00392D08" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0062459F" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
+          <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00392D08" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F14C64E" wp14:editId="53E565EE">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0062459F" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00392D08" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3086B60B" wp14:editId="02FA6EF5">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2071116311" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="0062459F" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00392D08" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0062459F" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00392D08" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="66D46301">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="900991778" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="0062459F" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00392D08" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="7471AC73">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="0062459F" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="0062459F" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5875187D" w14:textId="77777777" w:rsidR="00237B20" w:rsidRDefault="00237B20" w:rsidP="0034027E">
-      <w:r>
+    <w:p w14:paraId="5875187D" w14:textId="77777777" w:rsidR="00237B20" w:rsidRPr="00392D08" w:rsidRDefault="00237B20" w:rsidP="0034027E">
+      <w:r w:rsidRPr="00392D08">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="759193B1" w14:textId="77777777" w:rsidR="00237B20" w:rsidRDefault="00237B20" w:rsidP="0034027E">
-      <w:r>
+    <w:p w14:paraId="759193B1" w14:textId="77777777" w:rsidR="00237B20" w:rsidRPr="00392D08" w:rsidRDefault="00237B20" w:rsidP="0034027E">
+      <w:r w:rsidRPr="00392D08">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
@@ -8424,77 +7878,76 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D92F2F1" w14:textId="77777777" w:rsidR="00237B20" w:rsidRDefault="00237B20" w:rsidP="0034027E">
-      <w:r>
+    <w:p w14:paraId="4D92F2F1" w14:textId="77777777" w:rsidR="00237B20" w:rsidRPr="00392D08" w:rsidRDefault="00237B20" w:rsidP="0034027E">
+      <w:r w:rsidRPr="00392D08">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3696289A" w14:textId="77777777" w:rsidR="00237B20" w:rsidRDefault="00237B20" w:rsidP="0034027E">
-      <w:r>
+    <w:p w14:paraId="3696289A" w14:textId="77777777" w:rsidR="00237B20" w:rsidRPr="00392D08" w:rsidRDefault="00237B20" w:rsidP="0034027E">
+      <w:r w:rsidRPr="00392D08">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRPr="00392D08" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00911FE6">
+    <w:r w:rsidRPr="00392D08">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-        <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
@@ -8503,330 +7956,353 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="000057A7"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="0006760D"/>
+    <w:rsid w:val="00072AF5"/>
     <w:rsid w:val="000769A5"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="0009745F"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00112B7C"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00154070"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00170344"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="00187D1F"/>
+    <w:rsid w:val="00187E68"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001E4976"/>
+    <w:rsid w:val="001E7D8C"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="00237B20"/>
     <w:rsid w:val="00252D65"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002816A6"/>
     <w:rsid w:val="00282CF1"/>
     <w:rsid w:val="002A699E"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E28D1"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031691D"/>
+    <w:rsid w:val="00317247"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003208C3"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="00376839"/>
     <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="00392D08"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003A7FB8"/>
     <w:rsid w:val="003B7A8E"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="00436C4D"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A499D"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="00534166"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005C1D17"/>
     <w:rsid w:val="005D00EF"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="0062459F"/>
     <w:rsid w:val="00627B6A"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="0065015E"/>
+    <w:rsid w:val="0067507E"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006C7AD3"/>
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="007176C6"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
+    <w:rsid w:val="00776A82"/>
     <w:rsid w:val="007844FE"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895AFD"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008B7916"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00932BD2"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="0097150E"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00982DAC"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C1D6A"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A028BD"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A41B96"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00AC15B7"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B1167E"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B50846"/>
     <w:rsid w:val="00B52C20"/>
+    <w:rsid w:val="00B53F2C"/>
+    <w:rsid w:val="00B61399"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B67F52"/>
     <w:rsid w:val="00B720C7"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BA3DFA"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BB56A7"/>
     <w:rsid w:val="00BC0322"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C314CA"/>
     <w:rsid w:val="00C31E1C"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C9671E"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA54F1"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D01D58"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D11311"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D414A8"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DA7BE4"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00DE7DA5"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E56168"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E87A4B"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA40F9"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED48AC"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EE5630"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04197"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F573EA"/>
     <w:rsid w:val="00F6405B"/>
+    <w:rsid w:val="00F74A3E"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA1274"/>
     <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FA5604"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FB68D9"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC5B80"/>
     <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -9117,50 +8593,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
@@ -11592,73 +11069,73 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>838</Words>
-  <Characters>4782</Characters>
+  <Words>901</Words>
+  <Characters>5141</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5609</CharactersWithSpaces>
+  <CharactersWithSpaces>6030</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>