--- v0 (2025-10-05)
+++ v1 (2026-03-03)
@@ -1,8922 +1,11970 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:tbl>
-[...7973 lines deleted...]
-    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00282035" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="059F15BB" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
       <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="112"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2078A9E9" w14:textId="2CBFDC73" w:rsidR="003237AD" w:rsidRPr="00282035" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="431169EB" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
       <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:ind w:left="4" w:right="48"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>SYLLABUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E19450D" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="127"/>
+        <w:ind w:right="48"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Economics</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Administrative</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7AADAE" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F65E19F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="21"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5410"/>
-        <w:gridCol w:w="5447"/>
+        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="272"/>
+        <w:gridCol w:w="715"/>
+        <w:gridCol w:w="3815"/>
+        <w:gridCol w:w="1729"/>
+        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00282035" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="00D93499" w14:paraId="1F7CDFFB" w14:textId="77777777">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="128D82E1" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5544" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E2BDB7" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="19"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A94F65C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="678"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBC224D" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="6F647345" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14A96B57" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="439"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>IRE213</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5544" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4287A333" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Theories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="688CB703" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="635"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(3-0-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7955E5F9" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="47C7EECE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA71AF8" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Prerequisite Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54C29481" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="1D465584" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C213BC9" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110" w:right="375"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01FF7DE4" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="418D4E92" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Mode:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="650C2077" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="98"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Face-to-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="25D37421" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4B6C17" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E7E7E9B" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75CBC863" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="173"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Compulsory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Year</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Fall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Semester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="00260898" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="511"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5425" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1ADAB3" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Instructor's</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Title,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Name,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D44CE28" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A5B92A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Office</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BD31A4" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="1CF1ACFD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5425" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E24628B" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Özge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Çetiner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64E55898" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="235" w:right="242" w:firstLine="197"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tuesday </w:t>
+            </w:r>
+            <w:r>
+              <w:t>10:15-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>12:35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D84AF3C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="750" w:hanging="368"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Wednesday</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Friday</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76437FD6" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="438"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10:00-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="168C3C4A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="418" w:hanging="300"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>ozgecetiner@c</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ag.edu.tr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="4637A8B5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E863209" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="88"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course Coordinator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D3A7216" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="216"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Özge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Çetiner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="78E3EFAE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10965" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="60500530" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Objectives</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="201707C9" w14:textId="77777777">
+        <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6EDFF8" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="182"/>
+              <w:ind w:left="859"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7522" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47930D60" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F75055F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Upon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>successful</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>course,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>student</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>will</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>able</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>to;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="775C041F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="912"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="57AF159F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="582"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E925A80" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7522" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FA6A7FB" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="77872CF6" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="196" w:firstLine="79"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Program Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17D4BEF9" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="119" w:firstLine="422"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Net </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="151998E3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="72DD5352" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD25379" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D904FA" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>define</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>fundamental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>concepts,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>principles,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>theories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of International Relations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA0B141" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="5" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="11BCDA91" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="32D98D13" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="120AF663" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="499AF71A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="590670B1" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>compare different</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>International Relations theories based on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>their core assumptions.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="671E24BE" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="5" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A748330" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="3A568D32" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="501"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F05D410" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA5528F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5D359B" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>explain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="66"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>current</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>developments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="65"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="67"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="64"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="67"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74DE464F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>perspective.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3C3E16" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="38268F5C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="005E521A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="257389A9" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C74F1B5" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D699A61" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>evaluate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>adequacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>different</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>approaches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in explaining contemporary policy issues in international relations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="275424C0" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="5" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6212A55A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="68FE5155" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D807235" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="03AA2F07" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DAE441" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>apply a chosen International Relations theory to a contemporary case/event and formulate an original argument.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="12735ABF" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6D0FA6" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="64C39120" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F8317CC" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6334D8DB" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D702B30" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>collaborate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>conduct</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>academic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>utilizing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>teamwork</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5335C447" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>skills.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50B7AABD" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="5" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="311DF16C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="4D6195E8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA3711C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="987" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="42371C02" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="573A5496" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>synthesize</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>key</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>concepts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>approaches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Relations to generate original interpretations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="73CBF2DA" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="5" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="723098C4" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="392E914B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1769"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C0C51E" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0556CF97" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E669677" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="581"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70A73F6D" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="89"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>This course examines the fundamental theoretical approaches within the discipline of International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>debates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>which</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>these</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>approaches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>grounded.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>Throughout the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>semester,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>central</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>issues of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>field—such</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>power,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>conflict,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>war,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>system–actor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>relations, and the balance of power—will be addressed. The primary aim of the course is to introduce students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>different</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>schools</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>thought</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>equip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>them</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>enables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t>them</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B391D86" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110" w:right="96"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to critically evaluate the contributions of these theories to the understanding of international </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>politics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="7D66DFAF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10965" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A88CE80" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="19"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Schedule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Weekly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="3C78CDC1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA03EF2" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4530" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="149BCC38" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="33"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37F62F06" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="787"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A76D93C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="825" w:right="177" w:hanging="581"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Techniques</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="7AF3B1BD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="017A41CE" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A3B2366" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59C9D64C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4530" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2F0989" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sharing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Expectations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>within the Course</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A8DA423" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1550"/>
+                <w:tab w:val="left" w:pos="2027"/>
+                <w:tab w:val="left" w:pos="3529"/>
+              </w:tabs>
+              <w:spacing w:before="235" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="71"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Relations Theories</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DEA49C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="134"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="065DE2F8" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="134"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>1–36)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AD905F4" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="236" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="134" w:right="3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Introduction &amp; Chapter 1 (pp. 1–35)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C654E1" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DB32384" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C664861" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="158"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="71F68D47" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:sectPr w:rsidR="00D93499">
+          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="283" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="896"/>
+        <w:gridCol w:w="4554"/>
+        <w:gridCol w:w="2747"/>
+        <w:gridCol w:w="2776"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D93499" w14:paraId="5ED820C5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A96D31B" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="272D8575" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18659A65" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE0D3B6" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Recap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>previous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>week</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28269761" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B8A28CC" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1215"/>
+                <w:tab w:val="left" w:pos="1942"/>
+                <w:tab w:val="left" w:pos="3448"/>
+                <w:tab w:val="left" w:pos="4064"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107" w:right="97"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Realism:</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Core</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Assumptions</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Key </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Pioneers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4BFBAB" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="340295C8" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>39–128)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6238D825" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="251"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C8F003" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>59–76)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CAC847F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3163DB12" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>via</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">&amp; Presentation and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="4205AFA0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="246E209A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FE5712A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10331B19" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A34276" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79395B11" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28678FD7" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Realism:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Fundamental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Concepts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2805FDE7" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08EA55BF" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>39–128)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E83729" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0798F145" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="116CA196" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="231" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>59-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>76)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7FAFD7" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3089955C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2933C47D" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="57F17122" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1266"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2F5A26" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06A25985" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D510495" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4829839F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107" w:right="97"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Group Presentations: Examining Realism through Film (The film must be watched before class)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BAB4D24" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="251" w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Neo-realism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BB4ADF" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D344353" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>39–128)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="490799CC" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43A40E5C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07C7C4CE" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>77–93)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D5BD19" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43C42CA4" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106" w:right="127"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Small Group Presentations,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Lecture and Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="672BA71B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="648E1238" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="395DEBA0" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63252793" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="236C1310" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04240C6E" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75FD939A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Liberalism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C146B44" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5663CDF8" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>129–188)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DE17AC2" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E2F523F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="587318B2" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>94-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>113)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="52874E63" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BD7111F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74B88DFA" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="3A30F93F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1516"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B6973F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47D4F698" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50051396" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCD50AF" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="789D38B1" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="237"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Recap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>previous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">week </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Neo-liberalism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4294C687" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6090F5FE" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">129–188) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>(continued)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="343A0005" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="301F8520" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4442F723" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="231" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>114–131)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="580FE3BD" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74A0A452" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51CCD5C0" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Review via Socrative, Lecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="380F3337" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1771"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D6BF35" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6071F525" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ED682AE" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="566018D0" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA4C7F7" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="954"/>
+                <w:tab w:val="left" w:pos="2082"/>
+                <w:tab w:val="left" w:pos="3087"/>
+                <w:tab w:val="left" w:pos="3787"/>
+              </w:tabs>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Case</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Studies:</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Realist</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liberal </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Developments in International Politics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F9837DB" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DA3A053" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1148"/>
+                <w:tab w:val="left" w:pos="2907"/>
+                <w:tab w:val="left" w:pos="4128"/>
+              </w:tabs>
+              <w:ind w:left="107" w:right="94"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>(Group</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Presentations:</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are </w:t>
+            </w:r>
+            <w:r>
+              <w:t>expected to analyze selected case studies.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="094A9335" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFDFFE5" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="074EAB0B" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="700476F8" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76550E36" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106" w:right="127"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Small Group Presentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Case Analysis, Q&amp;A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="432F410D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2C99BA" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1238C1" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42182931" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F117EA" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="405840F6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="06DF6FC9" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D02040" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7213DC" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5670CC3E" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="006A5F58" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C1006D" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B3A0E05" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D38A70B" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="516D0093" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DBBEE5A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DB3E291" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Constructivism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49078F6B" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4215E54C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>277–321)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D0A5DE3" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71C0C007" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A93C255" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>187–204)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6192FF08" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F4ED309" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E02E725" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="22C2CDC2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1265"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD871D6" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0993E16F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="093C1145" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="606F26CB" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="97"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Group Presentations: Examining Realism through Film (The film must be watched before class)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23302E13" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A64557D" w14:textId="3A97FFEF" w:rsidR="00D93499" w:rsidRDefault="00340D4A" w:rsidP="002459B8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002459B8">
+              <w:t>Social</w:t>
+            </w:r>
+            <w:r w:rsidR="002459B8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002459B8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Constructivism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9E57C9" w14:textId="77777777" w:rsidR="002459B8" w:rsidRDefault="002459B8" w:rsidP="002459B8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="089AA28C" w14:textId="77777777" w:rsidR="002459B8" w:rsidRDefault="002459B8" w:rsidP="002459B8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>277–321)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F5A973F" w14:textId="77777777" w:rsidR="002459B8" w:rsidRDefault="002459B8" w:rsidP="002459B8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4169232E" w14:textId="77777777" w:rsidR="002459B8" w:rsidRDefault="002459B8" w:rsidP="002459B8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79B749F2" w14:textId="797766A3" w:rsidR="00D93499" w:rsidRDefault="002459B8" w:rsidP="002459B8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>187–204)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="079CBB1C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="106" w:right="127"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Small Group Presentations,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Lecture and Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="0B9AF774" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1518"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="265C41E0" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C580345" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17824031" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE54E45" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49F8AF4B" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64699E65" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Marxism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42EE73D7" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50DECF34" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">189–238) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>(continued)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EBFDE67" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71C3C718" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>153–170)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB9CDF7" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="391F6C73" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05904B07" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="3A401DE4" w14:textId="77777777" w:rsidTr="002459B8">
+        <w:trPr>
+          <w:trHeight w:val="1264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5313E18D" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CC0B1D8" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47737A38" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="000B29A8" w:rsidRDefault="00206A95" w:rsidP="000B29A8">
-            <w:pPr>
+          <w:p w14:paraId="34248C83" w14:textId="74424D96" w:rsidR="00D93499" w:rsidRDefault="00340D4A" w:rsidP="002459B8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="506" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002459B8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Marxism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A27255B" w14:textId="77777777" w:rsidR="00714545" w:rsidRDefault="00714545" w:rsidP="00714545">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD0CB6F" w14:textId="77777777" w:rsidR="00714545" w:rsidRDefault="00714545" w:rsidP="00714545">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">189–238) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>(continued)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57191DB7" w14:textId="77777777" w:rsidR="00714545" w:rsidRDefault="00714545" w:rsidP="00714545">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1077261B" w14:textId="7995DEC0" w:rsidR="00D93499" w:rsidRDefault="00714545" w:rsidP="00714545">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>153–170)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FD8544" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29EE6908" w14:textId="2010E1F9" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="28432AF8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C78054" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...15 lines deleted...]
-              <w:t>Past Term Achievements</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CDA15F9" w14:textId="77777777" w:rsidR="00714545" w:rsidRDefault="00714545">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Marxism</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002459B8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="289301D1" w14:textId="2EA7648F" w:rsidR="00D93499" w:rsidRDefault="00340D4A" w:rsidP="00714545">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> Feminism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Green</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB96699" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25A1D3D9" w14:textId="0154B95B" w:rsidR="00D93499" w:rsidRDefault="00714545" w:rsidP="00714545">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(pp.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>360–387)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C49049F" w14:textId="42B9DCCE" w:rsidR="00D93499" w:rsidRDefault="00714545">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Review via Socrative, Lecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00282035" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
+    </w:tbl>
+    <w:p w14:paraId="33D43274" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:sectPr w:rsidR="00D93499">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="283" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="896"/>
+        <w:gridCol w:w="2554"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="765"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="1949"/>
+        <w:gridCol w:w="1074"/>
+        <w:gridCol w:w="1703"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D93499" w14:paraId="74700E85" w14:textId="77777777">
         <w:trPr>
-          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="4530"/>
+          <w:trHeight w:val="2022"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECA5B68" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54216D16" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2162C9B3" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65E0904C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="730C9D41" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Presentations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45F9CB29" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="91"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Research Question: Which theory do you think explains developments in International Relations more comprehensively? Which theory’s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>assumptions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>feel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>closest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to? Why did you choose this theory? Please support</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="72"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>answer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="73"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="71"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>examples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF3CA2D" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>politics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="159FD181" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F34FB56" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E9AD1EF" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34748070" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Problem-Based</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Learning and Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="41F357E9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E9E940" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA5E323" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="100799F9" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAA9A6F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Q&amp;A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="3C882AAD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F805957" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F03452" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F142633" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="030A4866" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="63EF437D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED9FC7A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB7A5B2" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5C5B2D" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4522D26C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="3E08C489" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10971" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFCEC79" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="3897E1E7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1770"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="716888DE" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5257A954" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0807DEF3" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3100C52E" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7521" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="05993255" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="612C9854" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Paul</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>R.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Viotti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Mark</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>V.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Kauppi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(2012).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Relations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Theory. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Pearson.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06DCCA3A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F46C246" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tim</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Dunne,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Milja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kurki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Steve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Smith</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(2013).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Relations Theories. Oxford University Press.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="20AEC6F7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C23907" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Recommended</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>References:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7521" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7712A0C6" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="4A3122DB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10971" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C13AF18" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="4476FD8C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A12FE34" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="25AEF825" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="44726275" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="254"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7337F320" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="06B2B137" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E9C57E" w14:textId="77777777" w:rsidR="00D93499" w:rsidRPr="006D055D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4A403F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8FAA0B" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7B5D2F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="3371B6E2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ABA0AC3" w14:textId="77777777" w:rsidR="00D93499" w:rsidRPr="006D055D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assignment </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3BCA1C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C563F8" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D990C18" w14:textId="7BF834AC" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:r w:rsidR="00E0129D">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>- Posts on the Website</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="00723368" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C81BE7D" w14:textId="77777777" w:rsidR="00D93499" w:rsidRPr="006D055D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Group</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Presentations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="087598B5" w14:textId="77777777" w:rsidR="00D93499" w:rsidRPr="006D055D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(Participation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">In-Class </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Activities)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="226FFC52" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2FA1D7" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="67609CF4" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="1B38A943" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2907D4FA" w14:textId="77777777" w:rsidR="00D93499" w:rsidRPr="006D055D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D055D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C824E24" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DFC9452" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD2CE13" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="21509479" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10971" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C23AA4" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="106DEFC7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5CB934" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F39D22A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="365"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="084059AC" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="27BCC8BE" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="1B7ED174" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="64945518" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="29917594" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="13" w:right="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C586BE8" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77308582" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="2D360418" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B36011E" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Out-of-Class</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D5BBA9" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="13" w:right="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8CFB44" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E90345F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="29E9A388" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C47CFA2" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F53532" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="13" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F06939D" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A59965A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="2F3BDF53" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="03337206" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="67AA0CF2" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="13" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BF85AC" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B77D53A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="05610567" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="416B8454" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>+ Midterm Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C062DB" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="13" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="739D4B50" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="15" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="745F4182" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="601ECFF9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7618E68E" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110" w:right="105"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Final Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3451C0E2" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="13" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F617C23" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="15" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E422FC" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="191D66AA" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00D93499">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="283" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9268"/>
+        <w:gridCol w:w="1702"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D93499" w14:paraId="568A976E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F84E1E" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:right="92"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BD99DE1" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="1D1CB7FA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE036DF" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:right="92"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DA5CFAB" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>170/30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">≈ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="4A70DA36" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="71CAB807" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:right="93"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Credit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0902C5F4" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="667028C6" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A8CC0AB" w14:textId="77777777" w:rsidR="006D055D" w:rsidRDefault="006D055D">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D927FE" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="58"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="98" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5411"/>
+        <w:gridCol w:w="5450"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D93499" w14:paraId="11AA9349" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10861" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="155F82"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E022F9" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Term</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Achievements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D93499" w14:paraId="578B83A6" w14:textId="77777777" w:rsidTr="00885503">
+        <w:trPr>
+          <w:trHeight w:val="4531"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57E10F6A" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="701942AD" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00D93499">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="153"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="141FD9A4" w14:textId="77777777" w:rsidR="00D93499" w:rsidRPr="00112CB6" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="2352" w:right="879" w:hanging="829"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00112CB6">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2024-2025</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112CB6">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112CB6">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Fall</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112CB6">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112CB6">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semester </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112CB6">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>IRE213</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24ED268C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="139"/>
+              <w:ind w:right="4908"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38EC84A7" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:right="4909"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487155712" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BB7BDB4" wp14:editId="22F5496E">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>409320</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>91908</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2818765" cy="1272540"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2" name="Group 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2818765" cy="1272540"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="2818765" cy="1272540"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="3" name="Graphic 3"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="4762"/>
+                                  <a:ext cx="2818765" cy="1104900"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="1030858" y="1104900"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1224407" y="1104900"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="1104900"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="378586" y="1104900"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="466979" y="1104900"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="942467" y="1104900"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="2722498" y="1104900"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2818765" y="1104900"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="1594739" y="1104900"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2634107" y="1104900"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="1312799" y="1104900"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1506346" y="1104900"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="946403"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1224407" y="946403"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="1312799" y="946403"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1506346" y="946403"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="1594739" y="946403"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2634107" y="946403"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="2722498" y="946403"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2818765" y="946403"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="789431"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1224407" y="789431"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="2722498" y="789431"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2818765" y="789431"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="1312799" y="789431"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1506346" y="789431"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="1594739" y="789431"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2634107" y="789431"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="630935"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2634107" y="630935"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="2722498" y="630935"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2818765" y="630935"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="473964"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2634107" y="473964"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="2722498" y="473964"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2818765" y="473964"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="315468"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2634107" y="315468"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="2722498" y="315468"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2818765" y="315468"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="158496"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2634107" y="158496"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="2722498" y="158496"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2818765" y="158496"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2818765" h="1104900">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2818765" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="4" name="Graphic 4"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="378587" y="4762"/>
+                                  <a:ext cx="2344420" cy="1263015"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2344420" h="1263015">
+                                      <a:moveTo>
+                                        <a:pt x="88392" y="946404"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="946404"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="1262634"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="88392" y="1262634"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="88392" y="946404"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="2344420" h="1263015">
+                                      <a:moveTo>
+                                        <a:pt x="652272" y="946404"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="563880" y="946404"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="563880" y="1262634"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="652272" y="1262634"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="652272" y="946404"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="2344420" h="1263015">
+                                      <a:moveTo>
+                                        <a:pt x="934212" y="630936"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="845820" y="630936"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="845820" y="1262634"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="934212" y="1262634"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="934212" y="630936"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="2344420" h="1263015">
+                                      <a:moveTo>
+                                        <a:pt x="1216152" y="630936"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1127760" y="630936"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1127760" y="1262634"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1216152" y="1262634"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1216152" y="630936"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="2344420" h="1263015">
+                                      <a:moveTo>
+                                        <a:pt x="2343912" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2255520" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="2255520" y="1262634"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="2343912" y="1262634"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="2343912" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="155F82"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="5" name="Graphic 5"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="1267396"/>
+                                  <a:ext cx="2818765" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2818765">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2818765" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="51EFEE63" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:32.25pt;margin-top:7.25pt;width:221.95pt;height:100.2pt;z-index:-16160768;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28187,12725" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCeAiKPGgUAAB4cAAAOAAAAZHJzL2Uyb0RvYy54bWzsWdGOozYUfa/Uf0C8d4KNIYAms6p2OqNK&#10;q92Vdqo+O4QkqARTm0kyf99rGyf2JNmBYdOnVaTEhHvN8fEx1wduP+w3lbctuChZPfPRTeB7RZ2z&#10;RVmvZv5fTw+/Jb4nWlovaMXqYua/FML/cPfrL7e7JiswW7NqUXAPOqlFtmtm/rptm2wyEfm62FBx&#10;w5qihpNLxje0hUO+miw43UHvm2qCgyCe7BhfNJzlhRDw770+6d+p/pfLIm+/LJeiaL1q5gO2Vn1z&#10;9T2X35O7W5qtOG3WZd7BoO9AsaFlDRc9dHVPW+o98/Kkq02ZcybYsr3J2WbClssyL9QYYDQoeDWa&#10;R86eGzWWVbZbNQeagNpXPL272/zz9pE335qvXKOH5ieW/yOAl8muWWX2eXm8Ogbvl3wjk2AQ3l4x&#10;+nJgtNi3Xg5/4gQl0zjyvRzOITzFEek4z9cwMSd5+fqPNzInNNMXVvAOcHYN6EccKRLjKPq2pk2h&#10;mBeSgq/cKxczP/S9mm5AxY+dYEKpH3lpiJEcdkeio/MsQ2QaYy278yShgKSBIukwVJrlz6J9LJji&#10;m24/iVbrdmFadG1a+b42TQ7ql7qvlO5b3wPdc98D3c81gIa2Mk9Oomx6O2vC1jBfHRR5fsO2xRNT&#10;ka2cNRSEQRLB4pbz6kA+Rla1k4ExIcH0TIaOg9FKEO8BAwu7N4xwCrDjMwmjUZA4TqfpmZ4vMZIS&#10;TOKrEAILDZN0yOwcFuoJkaN5QVFKpuEQYnAcEnQdqaAQ7kLpEDAoCgDOVRSjdZuSmATqTgJL4JJW&#10;kLV6nITx02Mx4vR8EYpFiJMwHoqlFKfnS1BsoTgJo6HYK8jp+SIUU+lgATkJo6FolUyTlIRI3rd7&#10;qsRJGA3C5sPpuQ8fTsJoKPYSdnq+BMVewU7CeCiWYJ2eL0GxBeskjIaiVRKHQRpGb6jEBuEkjAZh&#10;q8Tp+SIf1qpxEkZD0XzIwhOTAXw4CaNB2Hw4Pffhw0kYDUXzEaKIxMkAPpyE0SBsPpye+/DhJIyG&#10;ovlAUULSeAAfTsJoEDYfTs99+HASRkPRfBjf0ef6JvbVpbt9vPIV0LadS1VLi5FGOFJeWbCqXDyU&#10;VSX3/IKv5h8r7m0pOJb7VH66aXHCGi7aeyrWOk6d6sKqWllWkWn3JV3ZnC1ewLrtwK3NfPHvM+WF&#10;71V/1mAOYbitaXDTmJsGb6uPTD0xUHYErvm0/5vyxpOXn/ktOLfPzHhEmhlHJod+iJWZNfv9uWXL&#10;Uto18KsGUXcAflW7x6sbV/LauKpbYm/jqjyTNipn3GtICMHAp7b4cBdHpgAZ/2trwHAFj0qu4F4N&#10;FuleocxJKHIejnJulHtNkjDFyqmprdpbBUKvDSdUi55m5lf3qwPhyrLEHnSpXbAbeUQwLPosiLxi&#10;otA7wxML3ZOROMJwM+pPSRSHSdKbFyu6z3AtMAPDr0VPGhKMND1qm/JWyUhIlMg1AWbAiTciML+d&#10;HI/RfcZrgRkYfhbLD1APwihG0QB+ELjwadybIDu8z5BtPEPjr8URDkmYdhoypfN4X3IFgXEURZ1+&#10;TKyJML9aOnZkn5HaKIbGv0ZyIpzvlH6niDu1HkXRQ6KeiEK6Fabq5c9afvIQGh6muw+hVbXtXcsP&#10;JUo6I1miaHb+OTSemvn+/8t45wrPlW6N30C7uIAsX2li9cLpNKoeoxyef8Of9h7l5z5V75ztfap6&#10;3QIvoRRx3Qsz+ZbLPlbxx9d6d/8BAAD//wMAUEsDBBQABgAIAAAAIQByO/IV4AAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3aQmpcZsSinqqQi2gnibZqdJaHY2ZLdJ+u/d&#10;nuxpmHmPN9/LV5NpxUC9aywriGcRCOLS6oYrBd/796clCOeRNbaWScGFHKyK+7scM21H/qJh5ysR&#10;QthlqKD2vsukdGVNBt3MdsRBO9reoA9rX0nd4xjCTSvnUbSQBhsOH2rsaFNTedqdjYKPEcf1c/w2&#10;bE/HzeV3n37+bGNS6vFhWr+C8DT5fzNc8QM6FIHpYM+snWgVLJI0OMP9OoOeRssExEHBPE5eQBa5&#10;vG1Q/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCeAiKPGgUAAB4cAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQByO/IV4AAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAHQHAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgQgAAAAA&#10;">
+                      <v:shape id="Graphic 3" o:spid="_x0000_s1027" style="position:absolute;top:47;width:28187;height:11049;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2818765,1104900" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDCKWjSxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvC32HcATvatZaSl2NUgqChYr4A+LdcXPcLG5O1iRdt336plDo5TAz3zDTeWdr0ZIPlWMFw0EG&#10;grhwuuJSwX63eHgBESKyxtoxKfiiAPPZ/d0Uc+1uvKF2G0uRIBxyVGBibHIpQ2HIYhi4hjh5Z+ct&#10;xiR9KbXHW4LbWj5m2bO0WHFaMNjQm6Hisv20Cr7Lo1ldn/yp1auPw2h9ec/W40apfq97nYCI1MX/&#10;8F97qRWM4PdKugFy9gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDCKWjSxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m1030858,1104900r193549,em,1104900r378586,em466979,1104900r475488,em2722498,1104900r96267,em1594739,1104900r1039368,em1312799,1104900r193547,em,946403r1224407,em1312799,946403r193547,em1594739,946403r1039368,em2722498,946403r96267,em,789431r1224407,em2722498,789431r96267,em1312799,789431r193547,em1594739,789431r1039368,em,630935r2634107,em2722498,630935r96267,em,473964r2634107,em2722498,473964r96267,em,315468r2634107,em2722498,315468r96267,em,158496r2634107,em2722498,158496r96267,em,l2818765,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 4" o:spid="_x0000_s1028" style="position:absolute;left:3785;top:47;width:23445;height:12630;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2344420,1263015" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDH7qIewwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8oTedBMRlegqtrRFEARtDx4f2Wc2mH0bsmuS/ntXEDwOM/MNs9r0thItNb50rCAdJyCI&#10;c6dLLhT8/X6PFiB8QNZYOSYF/+Rhs34brDDTruMjtadQiAhhn6ECE0KdSelzQxb92NXE0bu4xmKI&#10;simkbrCLcFvJSZLMpMWS44LBmj4N5dfTzSo4t+cqTX8uppsk/rbv5ofpx9dBqfdhv12CCNSHV/jZ&#10;3mkFU3hciTdAru8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAx+6iHsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m88392,946404l,946404r,316230l88392,1262634r,-316230xem652272,946404r-88392,l563880,1262634r88392,l652272,946404xem934212,630936r-88392,l845820,1262634r88392,l934212,630936xem1216152,630936r-88392,l1127760,1262634r88392,l1216152,630936xem2343912,r-88392,l2255520,1262634r88392,l2343912,xe" fillcolor="#155f82" stroked="f">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 5" o:spid="_x0000_s1029" style="position:absolute;top:12673;width:28187;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2818765,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC8Y2C3xQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gpepG4aUCS6CUX6z0tR68HjS/aZhGbfhuyq67d3C4Ueh5n5DbMqgunEhQbXWlbwPE1A&#10;EFdWt1wrOHy/PS1AOI+ssbNMCm7koMgfRivMtL3yji57X4sIYZehgsb7PpPSVQ0ZdFPbE0fvZAeD&#10;PsqhlnrAa4SbTqZJMpcGW44LDfa0bqj62Z+NgvC1Ld9fy3Sz+Jhs12kyD/pY7pQaP4aXJQhPwf+H&#10;/9qfWsEMfq/EGyDzOwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC8Y2C3xQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l2818765,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487156224" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="370ECCCA" wp14:editId="4DD33454">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>409320</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-65571</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2818765" cy="9525"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="6" name="Group 6"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2818765" cy="9525"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="2818765" cy="9525"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="7" name="Graphic 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="4762"/>
+                                  <a:ext cx="2818765" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2818765">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2818765" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="68D07974" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:32.25pt;margin-top:-5.15pt;width:221.95pt;height:.75pt;z-index:-16160256;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28187,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWBtccagIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjgxlkuNOMXQrMGA&#10;oivQFHtWZPmCyZJGKXHy96PkS9K02EOHAAJpUiTP4YmWt8dakoMAW2mV0sloTIlQXGeVKlL6sr3/&#10;sqDEOqYyJrUSKT0JS29Xnz8tG5OIWJdaZgIIFlE2aUxKS+dMEkWWl6JmdqSNUBjMNdTMoQtFlAFr&#10;sHoto3g8nkWNhsyA5sJa/Lpug3QV6ue54O5nnlvhiEwpzubCCeHc+TNaLVlSADNlxbsx2AemqFml&#10;sOlQas0cI3uo3pSqKw7a6tyNuK4jnecVFwEDopmMr9BsQO9NwFIkTWEGmpDaK54+XJY/HjZgns0T&#10;tNOj+aD5b4u8RI0pksu494tz8jGH2l9CEOQYGD0NjIqjIxw/xovJYj6bUsIxdjONpy3hvMStvLnE&#10;y+//uhaxpG0ZBhsGaQwqx57Jsf9HznPJjAicWw/+CUiVpXROiWI16nfTSWXugfjWmOPZ6zzbEfku&#10;N1/ns7jF/y49k3ge9DjgZAnfW7cROtDMDg/WtXLNeouVvcWPqjcBRe/lLoPcHSUod6AE5b5ruxvm&#10;/D2/O2+S5rwn/63WB7HVIequdoSjnaNSXWYNm+5FgLltBhq+DQqqNUJrtC/BSeWnCALxja2WVXZf&#10;SRkcKHZ3EsiBIaj1jf95HFjhVZoB69bMlm1eCHVpUgUx26Tdjt/aTmcnXG2D20yp/bNnICiRPxSK&#10;x78SvQG9sesNcPJOh7ckEIQ9t8dfDAzx7VPqcLOPutcQS/qleehDrr+p9Le903nlN4p67ifqHNRz&#10;sMLfHq1X78qlH7LOD+nqLwAAAP//AwBQSwMEFAAGAAgAAAAhAARL1zngAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FqwkAQhu+FvsMyQm+6STUSYjYi0vYkhWqh9DZmxySYnQ3ZNYlv3+2pPc7M&#10;xz/fn28n04qBetdYVhAvIhDEpdUNVwo+T6/zFITzyBpby6TgTg62xeNDjpm2I3/QcPSVCCHsMlRQ&#10;e99lUrqyJoNuYTvicLvY3qAPY19J3eMYwk0rn6NoLQ02HD7U2NG+pvJ6vBkFbyOOu2X8Mhyul/39&#10;+5S8fx1iUuppNu02IDxN/g+GX/2gDkVwOtsbaydaBetVEkgF8zhagghAEqUrEOewSVOQRS7/Nyh+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFYG1xxqAgAAkAUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAARL1zngAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAxAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
+                      <v:shape id="Graphic 7" o:spid="_x0000_s1027" style="position:absolute;top:47;width:28187;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2818765,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAj/VtbxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Lb8Iw&#10;EITvSPwHa5F6QeCQA0UpBiHEq5eKRw89buJtEhGvo9gF8+9xpUo9jmbmG818GUwjbtS52rKCyTgB&#10;QVxYXXOp4POyHc1AOI+ssbFMCh7kYLno9+aYaXvnE93OvhQRwi5DBZX3bSalKyoy6Ma2JY7et+0M&#10;+ii7UuoO7xFuGpkmyVQarDkuVNjSuqLiev4xCsLHMd9t8vR9th8e12kyDforPyn1MgirNxCegv8P&#10;/7UPWsEr/F6JN0AungAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAj/VtbxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l2818765,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64A9D28F" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:right="4908"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61FF9442" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:right="4909"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E79FCA" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:right="4908"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64E9CCDE" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:right="4909"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78653B3C" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:right="4908"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E9E5DCA" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:right="4909"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C80E4EC" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:right="4908"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77DB2A11" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:right="4909"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DE9C397" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="781"/>
+                <w:tab w:val="left" w:pos="1215"/>
+                <w:tab w:val="left" w:pos="3879"/>
+                <w:tab w:val="left" w:pos="4323"/>
+              </w:tabs>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="322"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>FF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>FD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>BB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="585858"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5450" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B0E83B" w14:textId="44494586" w:rsidR="003237AD" w:rsidRPr="00282035" w:rsidRDefault="00703F13" w:rsidP="00F17985">
-            <w:pPr>
+          <w:p w14:paraId="7C01439B" w14:textId="141F1160" w:rsidR="00D93499" w:rsidRDefault="00885503" w:rsidP="00885503">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49FCF388" wp14:editId="78BCCF48">
-                  <wp:extent cx="3298190" cy="2260121"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06EA4A19" wp14:editId="69CF2935">
+                  <wp:extent cx="3076575" cy="2036445"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="Grafik 2"/>
+                  <wp:docPr id="20" name="Grafik 20"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...23 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00282035" w:rsidRDefault="003A4CE2">
-[...12 lines deleted...]
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
+    <w:p w14:paraId="1E465857" w14:textId="77777777" w:rsidR="001E29E0" w:rsidRDefault="001E29E0"/>
+    <w:sectPr w:rsidR="001E29E0">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="1280" w:right="283" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62F37D44" w14:textId="77777777" w:rsidR="00A8153A" w:rsidRDefault="00A8153A" w:rsidP="0034027E">
+    <w:p w14:paraId="44962E8B" w14:textId="77777777" w:rsidR="0016153A" w:rsidRDefault="0016153A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15A2EEF6" w14:textId="77777777" w:rsidR="00A8153A" w:rsidRDefault="00A8153A" w:rsidP="0034027E">
+    <w:p w14:paraId="00803AA3" w14:textId="77777777" w:rsidR="0016153A" w:rsidRDefault="0016153A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...9 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ArialMT">
-[...10 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EA41E34" w14:textId="77777777" w:rsidR="00A8153A" w:rsidRDefault="00A8153A" w:rsidP="0034027E">
+    <w:p w14:paraId="180F7FF5" w14:textId="77777777" w:rsidR="0016153A" w:rsidRDefault="0016153A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02E435EB" w14:textId="77777777" w:rsidR="00A8153A" w:rsidRDefault="00A8153A" w:rsidP="0034027E">
+    <w:p w14:paraId="69ED0022" w14:textId="77777777" w:rsidR="0016153A" w:rsidRDefault="0016153A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+  <w:p w14:paraId="1BE1B3A7" w14:textId="77777777" w:rsidR="00D93499" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="GvdeMetni"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00911FE6">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:b w:val="0"/>
         <w:noProof/>
-        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
-          <wp:extent cx="2160000" cy="651484"/>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487155712" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="386CD1D3" wp14:editId="41BA6D6F">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>2804609</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>331672</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1966935" cy="390448"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPr id="1" name="Image 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2160000" cy="651484"/>
+                    <a:ext cx="1966935" cy="390448"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="708"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003A4CE2"/>
-[...283 lines deleted...]
-    <w:rsid w:val="00FC6B48"/>
+    <w:rsidRoot w:val="00D93499"/>
+    <w:rsid w:val="000E2EC5"/>
+    <w:rsid w:val="00112CB6"/>
+    <w:rsid w:val="00156348"/>
+    <w:rsid w:val="0016153A"/>
+    <w:rsid w:val="001E29E0"/>
+    <w:rsid w:val="002459B8"/>
+    <w:rsid w:val="0026336A"/>
+    <w:rsid w:val="00340D4A"/>
+    <w:rsid w:val="005A34CB"/>
+    <w:rsid w:val="006D055D"/>
+    <w:rsid w:val="00714545"/>
+    <w:rsid w:val="00885503"/>
+    <w:rsid w:val="009F3351"/>
+    <w:rsid w:val="00A4021B"/>
+    <w:rsid w:val="00B164DD"/>
+    <w:rsid w:val="00D6543D"/>
+    <w:rsid w:val="00D93499"/>
+    <w:rsid w:val="00D948FD"/>
+    <w:rsid w:val="00E0129D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="382978FE"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{37064ACD-A132-4FB8-8220-5060ED1930AD}"/>
+  <w14:docId w14:val="66461B36"/>
+  <w15:docId w15:val="{5A6E8A89-2D92-4167-86AB-E819AF419069}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...12 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -9065,844 +12113,212 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-[...2 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
-[...1 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:strike w:val="0"/>
-[...166 lines deleted...]
-    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005829EC"/>
-[...3 lines deleted...]
-    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:divs>
-[...468 lines deleted...]
-  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:sysClr val="windowText" lastClr="000000">
-[...2 lines deleted...]
-                  </a:sysClr>
+                  <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>2024-2025 Fall Semester</a:t>
+              <a:t>2025-2026 Fall Semester</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:sysClr val="windowText" lastClr="000000">
-[...2 lines deleted...]
-                  </a:sysClr>
+                  <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>IRE213 </a:t>
+              <a:t>IRE213</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
-                <a:sysClr val="windowText" lastClr="000000">
-[...2 lines deleted...]
-                </a:sysClr>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
@@ -9918,58 +12334,117 @@
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sayfa1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Öğrenci Sayısı</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:schemeClr val="accent1"/>
+              <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-FAFB-467F-9A69-F5FC07FC90AF}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-FAFB-467F-9A69-F5FC07FC90AF}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="9"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-FAFB-467F-9A69-F5FC07FC90AF}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
           <c:trendline>
             <c:spPr>
               <a:ln w="19050" cap="rnd">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:prstDash val="sysDot"/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
               <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
@@ -9988,82 +12463,82 @@
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>2</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>4</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-8BD2-481A-8134-BFF9014F7E2A}"/>
+              <c16:uniqueId val="{00000007-FAFB-467F-9A69-F5FC07FC90AF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="1492079743"/>
         <c:axId val="1492079263"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="1492079743"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
@@ -10730,394 +13205,370 @@
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4880</Characters>
+  <Pages>1</Pages>
+  <Words>858</Words>
+  <Characters>4891</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Cag University</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5718</CharactersWithSpaces>
+  <CharactersWithSpaces>5738</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-10-06T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2026-01-27T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
+  </property>
+</Properties>
+</file>