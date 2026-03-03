--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -1,7988 +1,11056 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
-  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/theme/themeOverride2.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10980" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
+        <w:tblW w:w="11358" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="38"/>
-[...25 lines deleted...]
-        <w:gridCol w:w="38"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="439"/>
+        <w:gridCol w:w="280"/>
+        <w:gridCol w:w="47"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="719"/>
+        <w:gridCol w:w="190"/>
+        <w:gridCol w:w="978"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="331"/>
+        <w:gridCol w:w="743"/>
+        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1809"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001164B1" w:rsidRPr="00183415" w:rsidTr="00917FF9">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00047268" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="550"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10942" w:type="dxa"/>
-            <w:gridSpan w:val="26"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="00047268" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>SYLLABUS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F9B79E" w14:textId="50616C0B" w:rsidR="005A2B8A" w:rsidRPr="00047268" w:rsidRDefault="000D1476" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D1476">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Faculty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D1476">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D1476">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Economics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D1476">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D1476">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D1476">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D1476">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Administrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D1476">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D1476">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Sciences</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="00047268" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Code</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...4 lines deleted...]
-              <w:t>ECONOMICS AND ADMINISTRATIVE SCIENCES</w:t>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>ECTS Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001164B1" w:rsidRPr="00183415" w:rsidTr="00917FF9">
+      <w:tr w:rsidR="00D73A86" w:rsidRPr="00047268" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="38" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5645F289" w14:textId="7A58D5BF" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00B7047C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>FLG 304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54764CA8" w14:textId="513704CD" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Second </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Foreign</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> Language I (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>German</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5967AF88" w14:textId="46BFFE85" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>(1-1-3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C5E0D3" w14:textId="4E940A2F" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="00047268" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Prerequisite</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="640BECDB" w14:textId="0E38C932" w:rsidR="00681162" w:rsidRPr="00047268" w:rsidRDefault="00B7047C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>FLG 303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B4DBF" w:rsidRPr="00047268" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00047268" w:rsidRDefault="001B4DBF">
+            <w:r w:rsidRPr="00047268">
+              <w:t>Course Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3790" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="485B0539" w14:textId="0F08C47B" w:rsidR="001B4DBF" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>German</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00047268" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...78 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course Delivery </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Mode</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="082FB09F" w14:textId="55A5BF25" w:rsidR="001B4DBF" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Face-to-face</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001164B1" w:rsidTr="00917FF9">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00047268" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="38" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1990" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Type</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C618F0" w14:textId="77A0F4DE" w:rsidR="00681162" w:rsidRPr="00047268" w:rsidRDefault="003360EF" w:rsidP="00021CC0">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D024C6" w:rsidRPr="00D024C6">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Compulsory</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D024C6" w:rsidRPr="00D024C6">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D024C6" w:rsidRPr="00D024C6">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Elective</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D024C6">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D024C6" w:rsidRPr="00D024C6">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D024C6" w:rsidRPr="00D024C6">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00021CC0" w:rsidRPr="00021CC0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Spring</w:t>
+            </w:r>
+            <w:r w:rsidR="00021CC0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D024C6" w:rsidRPr="00D024C6">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Semester</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D024C6" w:rsidRPr="00D024C6">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D024C6" w:rsidRPr="00D024C6">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Undergraduate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00047268" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5121" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Instructor's</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">, Name, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Surname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...84 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2302" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="333333"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Office </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Contact</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D73A86" w:rsidRPr="00047268" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5121" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E9F61A" w14:textId="5B784815" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Lecturer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Selda Sekendur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A92F4D2" w14:textId="2395E845" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Thurs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:rStyle w:val="citation-340"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10.15-12.30 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C71106" w14:textId="48FC54CA" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Tues</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:rStyle w:val="citation-339"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11-12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E51361" w14:textId="134DAC4B" w:rsidR="00D73A86" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="009125D9">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:rStyle w:val="citation-338"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">seldasekendur@cag.edu.tr </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00047268" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Coordinator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED79668" w14:textId="30724704" w:rsidR="00F96934" w:rsidRPr="00047268" w:rsidRDefault="00D73A86" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Lecturer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Selda Sekendur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003537D4" w:rsidRPr="00047268" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E7B619" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Objectives</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00047268" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Course Learning </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Outcomes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Upon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>successful</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>completion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>this</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>student</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3226" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Relations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00047268" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00047268" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00047268" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Program </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Outcomes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="008A3309" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Net </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F6E3B" w:rsidRPr="00047268" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="00383345">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E40272B" w14:textId="6D8A875F" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Understand</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>simple</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>spoken</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>written</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>German</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>expressions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>used</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>everyday</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>contexts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (time, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>family</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>leisure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>appointments</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>invitations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>eating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>drinking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2B5677" w14:textId="05FF1F56" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA60E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA0F5C4" w14:textId="6D7D5573" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA60E0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F6E3B" w:rsidRPr="00047268" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="00383345">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0185FF67" w14:textId="7F55A9F2" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Exchange </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>expressions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> of time, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>date</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>clock</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> time.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA3CF30" w14:textId="4C51268E" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="00C9579B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="035023D5" w14:textId="2DBB0045" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="002006A9" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F6E3B" w:rsidRPr="00047268" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="00383345">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C314DDE" w14:textId="1465A4EC" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Communicate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>appropriately</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>routine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>social</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>interactions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>introducing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>oneself</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>making</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>appointments</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>inviting</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ordering</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A850E46" w14:textId="38085065" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="00C9579B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8157FC" w14:textId="592D75DC" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="002006A9" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F6E3B" w:rsidRPr="00047268" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="00383345">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F332E2A" w14:textId="0B7F316D" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>grammar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>structures</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>correct</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>context</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>present</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> tense, modal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>verbs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>separable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>verbs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>accusative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="197EF09B" w14:textId="6D9B0B74" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="00C9579B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E11ACA" w14:textId="2811C710" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="002006A9" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F6E3B" w:rsidRPr="00047268" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="00383345">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C97D80A" w14:textId="413BA5BB" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Produce</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>short</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>simple</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>written</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>messages</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>invitations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>short</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0847AFD5" w14:textId="56ECDC17" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41313AB2" w14:textId="212D7F7D" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA60E0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F6E3B" w:rsidRPr="00047268" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="00383345">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63906508" w14:textId="639B266E" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Develop</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>speaking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>reading</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>digital</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>tools</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>e.g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Quizizz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Wordwall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3580C7C9" w14:textId="326D8003" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="00C9579B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287D48BB" w14:textId="57E63E1A" w:rsidR="008F6E3B" w:rsidRPr="00047268" w:rsidRDefault="008F6E3B" w:rsidP="008F6E3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF">
+            <w:r w:rsidRPr="00047268">
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D60200" w14:textId="7848A3BB" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00E518F8" w:rsidP="00E518F8">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>This</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>covers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A1.1-level </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>topics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>such</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>daily</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>routines</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>expressions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of time </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>family</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>friends</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>leisure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>making</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>appointments</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>inviting</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>food</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>social</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>interactions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>focuses</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>communicative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>knowledge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>supported</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>speaking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>reading</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E518F8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:b w:val="0"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="003208C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Course Schedule (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Weekly</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F843BF" w:rsidRPr="00047268" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Week</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-            <w:tcW w:w="1614" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...23 lines deleted...]
-            <w:tcW w:w="2427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="00F843BF" w:rsidRPr="00047268" w:rsidRDefault="00F843BF" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Methods</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Techniques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E41301" w14:textId="6638BB18" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B9E913" w14:textId="0FBD61C8" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Communicative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>function</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>understanding</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>reconstructing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>daily</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>routine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Sprachhandlungen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>einen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Tagesablauf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>verstehen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>und</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>rekonstruieren</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>daily</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>routine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Tagesablauf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2F6454" w14:textId="5B0C67A7" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>supplementary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B28CFF9" w14:textId="142714B2" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>reading</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D550460" w14:textId="6AC1F759" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0195B8CF" w14:textId="2A648EB8" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Understanding</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>telling</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> time </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Die</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Uhrzeit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>verstehen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>und</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>nennen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: time </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>expressions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Uhrzeiten</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DFA02F" w14:textId="6FDE8E4C" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>supplementary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="091113C1" w14:textId="257912E7" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D95DD2B" w14:textId="3F0D1375" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49527597" w14:textId="4BAFF583" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Giving</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> time </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>talking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>about</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>family</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Zeitangaben</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>machen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>über</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Familie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>sprechen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Grammar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: time </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>expressions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(am, um, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>von</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>bis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>possessive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>articles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>mein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>dein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>…)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Pronunciation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>: “r”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B75F9D1" w14:textId="6A2E42DF" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>supplementary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FDD091" w14:textId="1C98BD70" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="656340F4" w14:textId="1263EE61" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="46D936E5" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FEE239" w14:textId="4454FA0F" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>digital</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3739A057" w14:textId="17240117" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>individual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EC913B" w14:textId="58164E2F" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8C3390" w14:textId="389A31D6" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Making</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>arrangements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Sich</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>verabreden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Grammar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: modal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>verbs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>müssen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>können</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>wollen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">; Word </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>order</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>subject</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>position</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A2FED1" w14:textId="796C16A1" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>supplementary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F167A28" w14:textId="044617A8" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>speaking-focused</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="047BE786" w14:textId="5CAC7ECC" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206DAB37" w14:textId="0F0272C4" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Apologizing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>making</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> an </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>appointment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>phone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Sich</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>entschuldigen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>einen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Termin </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>telefonisch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>vereinbaren</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Culture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>punctuality</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> in D-A-CH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4E24EA" w14:textId="5D11524E" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>supplementary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EAE6DF" w14:textId="229A08A4" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>, role-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>play</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>speaking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375F7D3E" w14:textId="5E155A10" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65547CF4" w14:textId="7D338ED5" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>all</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>contents</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A76C7" w14:textId="765BEF37" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BB9DD7" w14:textId="36B8345F" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C9A48E" w14:textId="3A87BCE0" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BAB785" w14:textId="4DB3E4D5" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1F64A7" w14:textId="0E0BE0CD" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08650D66" w14:textId="5A6EB9B6" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Written</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0078D606" w14:textId="36167354" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B7484C" w14:textId="111DB421" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305D5438" w14:textId="3CEAC17C" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0774A7A9" w14:textId="150D8273" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Written</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3290497C" w14:textId="6472DAE1" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="645FD6BD" w14:textId="3661D788" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Leisure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>spending</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> time </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>friends</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Freizeitaktivitäten</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Zeit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mit </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Freunden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>leisure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>date</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>birthday</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBDEF72" w14:textId="38868DF4" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>supplementary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5097B9A3" w14:textId="3AC92BA9" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Wordwall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Quizizz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51437D7B" w14:textId="637C552B" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2531C78E" w14:textId="20E49991" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6 – Time </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>friends</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>date</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>expressions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>birthday</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Zeit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mit </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Freunden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Datumsangaben</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Geburtstag</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C14D55" w14:textId="55537E91" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>supplementary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC078F0" w14:textId="403EA8F7" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>, Q&amp;A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCA94A9" w14:textId="6F72D642" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B5E4B9" w14:textId="4A565C9D" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Understanding</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> an </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>invitation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Einladung</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>verstehen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>und</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>schreiben</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Grammar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>separable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>verbs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Trennbare</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Verben</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37145211" w14:textId="22E94D55" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>supplementary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="219D2D3F" w14:textId="559107A0" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Speaking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>individual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D80E60F" w14:textId="68A8FE81" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1506B42E" w14:textId="3223898F" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3AFD50" w14:textId="5D42FDEB" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>supplementary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B14AD2C" w14:textId="0F83FA84" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>, Q&amp;A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A625B94" w14:textId="6E572FDE" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A60206C" w14:textId="6AB3D282" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 6 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ordering</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>paying</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> in a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>restaurant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Im</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Restaurant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>bestellen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>bezahlen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>food</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>drinks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Communicative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>function</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>talking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>about</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>events</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>Ereignisse</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>erzählen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C8B00B" w14:textId="7D6ED543" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Workbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>supplementary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1216638D" w14:textId="1709336B" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Role-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>play</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>short</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> video </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>viewing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="139183D5" w14:textId="26AB9AFF" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="507B399A" w14:textId="0282CAA1" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>all</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>chapters</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (5–6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225D9DC4" w14:textId="2B7DC481" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Online </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>exercises</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7A335A" w14:textId="7414939E" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Wordwall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Quizizz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E07417" w14:textId="68DF0031" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D275E4" w14:textId="6FCBD937" w:rsidR="00A8244C" w:rsidRPr="0072180D" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> + Oral </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09017603" w14:textId="440B7D60" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">General </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>dialogue</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1818FDD3" w14:textId="277A4F3A" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Lissening+</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Oral</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3245F590" w14:textId="5EB7BDE3" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EA682F" w14:textId="7A29F29F" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:r>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BABA8DD" w14:textId="5FEAB990" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="037A25AB" w14:textId="344A3B05" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Written</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8244C" w:rsidRPr="00047268" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="00EB70DB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A638139" w14:textId="5586FC7C" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="466131D0" w14:textId="75D866E6" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:r>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C0D284" w14:textId="67B8FE4B" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3166" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1558DAF0" w14:textId="3F006C98" w:rsidR="00A8244C" w:rsidRPr="00047268" w:rsidRDefault="00A8244C" w:rsidP="00A8244C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Written</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA7AF0">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Resources</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE841D5" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00002F8B" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00002F8B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Netzwerk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00002F8B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A1.1 Kurs- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00002F8B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>und</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00002F8B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00002F8B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Arbeitsbuch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1AF085FE" w14:textId="1532430D" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>ISBN:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>978-3-12-606131-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Recommended</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>References</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7909" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D75E96" w14:textId="7CB70154" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Additional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>materials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>unit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Lernportal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VHS/ A1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Deutsch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ Youtube </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Easygerman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Videos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve"> Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381533BE" w14:textId="10CE81E6" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206EDFB6" w14:textId="5D5A0063" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5888FADE" w14:textId="60CDB9C5" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>%20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0D07DE" w14:textId="4F5C924F" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Written</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9DB5E8" w14:textId="30FA4598" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C58554F" w14:textId="0C4C9BF5" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CD7661" w14:textId="1C92D131" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>%15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C432BAF" w14:textId="2E8E67E8" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Test </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="741351E7" w14:textId="623C002B" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+ Oral </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2439FEE9" w14:textId="57078B46" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF4EB03" w14:textId="5B5A6A78" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="0028497C">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E8BF09" w14:textId="55110321" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Test</w:t>
+            </w:r>
+            <w:r w:rsidR="004955B9">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+ Oral </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004955B9">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3127BADD" w14:textId="66100E10" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C386AF4" w14:textId="10F85907" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6BF518" w14:textId="227C1386" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>%50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5113" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A68D7B" w14:textId="387EB660" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>ritten</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="11358" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t xml:space="preserve">ECTS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...23 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2710" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01311" w14:textId="5C82CE66" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="0900B213" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="7ABC2A3D" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1648" w:type="dxa"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133035B" w14:textId="1FAD4DDD" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7963B142" w14:textId="0DFE52A6" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Out</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>-of-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>class</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00942B57" w14:textId="7BC131F5" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="3DA68EB2" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305EBC64" w14:textId="39BD24E5" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DC74E3" w14:textId="52FFBA50" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="004955B9" w:rsidP="0072180D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955B9">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955B9">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+ Oral </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955B9">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="357D0288" w14:textId="30D9A8D5" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>Contacts</w:t>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D6DB9F" w14:textId="292EB458" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B42FCA" w14:textId="7FC959F3" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4717B" w:rsidRPr="00183415" w:rsidTr="00917FF9">
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="38" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF3187B" w14:textId="329AFA74" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FF27EF" w14:textId="7E86F2C7" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42ABE267" w14:textId="1A1CB6CE" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57195671" w14:textId="5A9DAFB6" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26407A65" w14:textId="104BBC90" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>prep</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A42939" w14:textId="448DAB9E" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...10 lines deleted...]
-            <w:tcW w:w="2710" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...55 lines deleted...]
-            <w:tcW w:w="1648" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECE207C" w14:textId="09FD94EF" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C11868" w14:textId="604741B4" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B25C38" w14:textId="186BC3F5" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>prep</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D88A7C9" w14:textId="79493B42" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99A2E3" w14:textId="09734818" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AA247" w14:textId="26A1709A" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA53C42" w14:textId="5B7BD761" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...3 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1005A983" w14:textId="4881E515" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...53 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4444D1E5" w14:textId="77777777" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...5291 lines deleted...]
-            <w:tcW w:w="2170" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001164B1" w:rsidRPr="00183415" w:rsidRDefault="00DD49CB" w:rsidP="002572C6">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3506B9" w14:textId="3A3E2BE6" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>184</w:t>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>165</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001164B1" w:rsidRPr="00183415" w:rsidTr="00917FF9">
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="009125D9">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="38" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8772" w:type="dxa"/>
-[...75 lines deleted...]
-            <w:vMerge/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="2170" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB0C66A" w14:textId="4AF8B3C9" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Total/ 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001164B1" w:rsidRPr="00183415" w:rsidRDefault="00DD49CB" w:rsidP="002572C6">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B894EB" w14:textId="4215F9B7" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>165/30=5,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072180D" w:rsidRPr="00047268" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="009125D9">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4852B506" w14:textId="5595F193" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECTS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F77D59" w14:textId="74616A44" w:rsidR="0072180D" w:rsidRPr="00047268" w:rsidRDefault="0072180D" w:rsidP="0072180D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:rPr>
+                <w:b w:val="0"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001164B1" w:rsidRPr="00183415" w:rsidTr="00917FF9">
+    </w:tbl>
+    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00047268" w:rsidRDefault="003237AD"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10857"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00047268" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="004E3D9A">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="38" w:type="dxa"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10942" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001164B1" w:rsidRPr="00183415" w:rsidRDefault="001164B1" w:rsidP="002572C6">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="501B085D" w14:textId="4FAC561D" w:rsidR="001C134A" w:rsidRPr="00047268" w:rsidRDefault="003237AD" w:rsidP="00FF2526">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...16 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00047268">
+              <w:br w:type="page"/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008A3309" w:rsidRPr="00047268">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Past</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008A3309" w:rsidRPr="00047268">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008A3309" w:rsidRPr="00047268">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Term</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008A3309" w:rsidRPr="00047268">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008A3309" w:rsidRPr="00047268">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Achievements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917FF9" w:rsidTr="00917FF9">
+      <w:tr w:rsidR="004E3D9A" w14:paraId="5952FD03" w14:textId="77777777" w:rsidTr="004E3D9A">
         <w:tblPrEx>
-          <w:tblBorders>
-[...9 lines deleted...]
-          </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="60"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5511" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:b/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D8F352" w14:textId="153771AE" w:rsidR="004E3D9A" w:rsidRDefault="004E3D9A" w:rsidP="004E3D9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="19"/>
-[...32 lines deleted...]
-                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1162E5F5" wp14:editId="1A1CA8D2">
-[...2 lines deleted...]
-                  <wp:docPr id="5" name="Grafik 5"/>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3100B155" wp14:editId="5F27A5FF">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>3690620</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>154940</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="3005455" cy="2072640"/>
+                  <wp:effectExtent l="0" t="0" r="4445" b="3810"/>
+                  <wp:wrapSquare wrapText="bothSides"/>
+                  <wp:docPr id="1067512206" name="Resim 2" descr="metin, ekran görüntüsü, çizgi, yazı tipi içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
                   <wp:cNvGraphicFramePr>
-                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Resim 3" descr="metin, ekran görüntüsü, çizgi, yazı tipi içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="3005455" cy="2072640"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                </wp:inline>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
               </w:drawing>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-                <w:b/>
+            <w:r>
+              <w:br w:type="page"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33B246CD" w14:textId="5A875792" w:rsidR="004E3D9A" w:rsidRDefault="004E3D9A" w:rsidP="004E3D9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
-                <w:sz w:val="19"/>
-[...143 lines deleted...]
-                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="588543D6" wp14:editId="0B884C23">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="029FDE67" wp14:editId="411333C8">
+                  <wp:extent cx="3009900" cy="2026920"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="11430"/>
+                  <wp:docPr id="2144670684" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00917FF9" w:rsidRDefault="00917FF9">
-[...102 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001164B1" w:rsidRDefault="001164B1" w:rsidP="001164B1">
-[...17 lines deleted...]
-    <w:sectPr w:rsidR="00A178E7" w:rsidSect="00E67127">
+    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00047268" w:rsidRDefault="003A4CE2"/>
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00047268" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6014AA22" w14:textId="77777777" w:rsidR="004F1224" w:rsidRDefault="004F1224" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="25B305C6" w14:textId="77777777" w:rsidR="004F1224" w:rsidRDefault="004F1224" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1905CF45" w14:textId="77777777" w:rsidR="004F1224" w:rsidRDefault="004F1224" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3DA3F793" w14:textId="77777777" w:rsidR="004F1224" w:rsidRDefault="004F1224" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A3691B"/>
-[...36 lines deleted...]
-    <w:rsid w:val="00FC6CB1"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="00002F8B"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00021CC0"/>
+    <w:rsid w:val="00047268"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00071709"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="0009745F"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000D1476"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00124587"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="00151EF7"/>
+    <w:rsid w:val="00154070"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="00170CC3"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="00182751"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B4DBF"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C134A"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="002006A9"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="00252D65"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="0028497C"/>
+    <w:rsid w:val="002A7AB2"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003208C3"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="00395BD3"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A1EA8"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="004955B9"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="00496C93"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="004E3D9A"/>
+    <w:rsid w:val="004F1224"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="00560D30"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005B2730"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005D7B8E"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="0065015E"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006B1AB5"/>
+    <w:rsid w:val="006D47E9"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="00712C0F"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="0072180D"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="00821C23"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008A3309"/>
+    <w:rsid w:val="008C18F6"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008F686A"/>
+    <w:rsid w:val="008F6E3B"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="009125D9"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="009524C2"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A675B7"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00A8244C"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B52C20"/>
+    <w:rsid w:val="00B6158F"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B7047C"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB08D4"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C076D1"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C84472"/>
+    <w:rsid w:val="00C9579B"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D024C6"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D73A86"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E518F8"/>
+    <w:rsid w:val="00E5279E"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00ED6436"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00EF1FB7"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F64FA1"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F843BF"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC5B80"/>
+    <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FF2526"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="tr-TR"/>
+  <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="382978FE"/>
+  <w15:docId w15:val="{47B77564-C1B7-404C-AAAC-6A9B136A083C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001164B1"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="001164B1"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="001164B1"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stBilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001164B1"/>
+    <w:rsid w:val="00D73A86"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
-    <w:uiPriority w:val="99"/>
-[...245 lines deleted...]
-    <w:rsid w:val="001164B1"/>
+    <w:rsid w:val="00D73A86"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
-    <w:name w:val="Balon Metni Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="citation-340">
+    <w:name w:val="citation-340"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="00D73A86"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="citation-339">
+    <w:name w:val="citation-339"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00D73A86"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="citation-338">
+    <w:name w:val="citation-338"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00D73A86"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="001164B1"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BB08D4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="citation-312">
+    <w:name w:val="citation-312"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00BB08D4"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A8244C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-      <w:u w:val="single"/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="109060030">
+    <w:div w:id="24184187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://xportal.klett-sprachen.de/netzwerka1/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///G:\syllbus%202022-2023\grafiktasar.xls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\oem\Desktop\syllbus%202022-2023\grafiktasar.xls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...346 lines deleted...]
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="147"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="47"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000080"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR"/>
               <a:t>2023-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> </a:t>
+              <a:t> SPRING</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="tr-TR"/>
-              <a:t>SPRING SEMESTR
+              <a:t> SEMESTER
 FLG</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> 102/304/102 GERMAN II</a:t>
+              <a:t> 102/304/104 GERMAN II</a:t>
             </a:r>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.27325584301962258"/>
-          <c:y val="3.9130250898732441E-2"/>
+          <c:x val="0.28169474068905942"/>
+          <c:y val="3.2841083543802309E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.13015913367786991"/>
           <c:y val="0.29857889000224785"/>
           <c:w val="0.82539938429868664"/>
           <c:h val="0.48815278841636833"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
@@ -8017,50 +11085,55 @@
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Calibri"/>
                     <a:ea typeface="Calibri"/>
                     <a:cs typeface="Calibri"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="tr-TR"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="0"/>
+              </c:ext>
+            </c:extLst>
           </c:dLbls>
           <c:trendline>
             <c:spPr>
               <a:ln w="3175">
                 <a:solidFill>
                   <a:srgbClr val="000080"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:trendlineType val="poly"/>
             <c:order val="4"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$3:$A$12</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
@@ -8080,773 +11153,527 @@
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$3:$B$12</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="2">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>2</c:v>
                 </c:pt>
-                <c:pt idx="3">
-[...11 lines deleted...]
-                <c:pt idx="7">
+                <c:pt idx="8">
                   <c:v>3</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-09BE-4DCA-8F6E-53E5770D2DA0}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
-        <c:axId val="48390144"/>
-        <c:axId val="157090368"/>
+        <c:axId val="236263424"/>
+        <c:axId val="42303488"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="48390144"/>
+        <c:axId val="236263424"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="3175">
             <a:solidFill>
               <a:srgbClr val="000080"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="003366"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="157090368"/>
+        <c:crossAx val="42303488"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:tickLblSkip val="1"/>
         <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="157090368"/>
+        <c:axId val="42303488"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="000080"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="48390144"/>
+        <c:crossAx val="236263424"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="3175">
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="accent5">
         <a:lumMod val="60000"/>
         <a:lumOff val="40000"/>
       </a:schemeClr>
     </a:solidFill>
     <a:ln w="3175">
       <a:solidFill>
         <a:srgbClr val="3366FF"/>
       </a:solidFill>
       <a:prstDash val="solid"/>
     </a:ln>
   </c:spPr>
   <c:externalData r:id="rId2">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
-    <a:clrScheme name="Ofis">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Ofis">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Ofis">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=word/theme/themeOverride1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:themeOverride xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...279 lines deleted...]
-<file path=word/theme/themeOverride2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:themeOverride xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <a:clrScheme name="Ofis">
     <a:dk1>
       <a:sysClr val="windowText" lastClr="000000"/>
     </a:dk1>
     <a:lt1>
       <a:sysClr val="window" lastClr="FFFFFF"/>
     </a:lt1>
     <a:dk2>
       <a:srgbClr val="1F497D"/>
     </a:dk2>
     <a:lt2>
       <a:srgbClr val="EEECE1"/>
     </a:lt2>
     <a:accent1>
       <a:srgbClr val="4F81BD"/>
     </a:accent1>
     <a:accent2>
       <a:srgbClr val="C0504D"/>
     </a:accent2>
     <a:accent3>
       <a:srgbClr val="9BBB59"/>
     </a:accent3>
     <a:accent4>
       <a:srgbClr val="8064A2"/>
@@ -9088,65 +11915,75 @@
               <a:tint val="80000"/>
               <a:satMod val="300000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="100000">
             <a:schemeClr val="phClr">
               <a:shade val="30000"/>
               <a:satMod val="200000"/>
             </a:schemeClr>
           </a:gs>
         </a:gsLst>
         <a:path path="circle">
           <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
         </a:path>
       </a:gradFill>
     </a:bgFillStyleLst>
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>824</Words>
-  <Characters>4698</Characters>
+  <Words>705</Words>
+  <Characters>4412</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>294</Lines>
+  <Paragraphs>222</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>-=[By NeC]=-</Company>
+  <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5511</CharactersWithSpaces>
+  <CharactersWithSpaces>4895</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>oem</dc:creator>
+  <dc:title>ÇAĞ UNIVERSITY</dc:title>
+  <dc:subject/>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>